--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="44d29e9" w14:textId="44d29e9">
+    <w:p w14:paraId="e65b4ac" w14:textId="e65b4ac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -272,71 +272,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Смирновского сельского округа Аккайынского района на 2025-2027 годы согласно приложениям 1, 2 и 3 к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 162307,1 тысяч тенге:</w:t>
+      1) доходы – 168867,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 104441 тысяч тенге;</w:t>
+      налоговые поступления – 111001 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
@@ -372,51 +372,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 57866,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 181599,7 тысяч тенге;</w:t>
+      2) затраты – 188159,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
@@ -551,95 +551,113 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) ненефтяной дефицит (профицит) бюджета – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) финансирование дефицита (использование профицита) бюджета - 19292,6 тысяч тенге:</w:t>
+        <w:t xml:space="preserve">
+      6) финансирование дефицита (использование профицита) бюджета </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов – 0 тысяч тенге;</w:t>
+      - 19292,6 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      поступление займов – 0 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       погашение займов - 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 19292,6 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -659,51 +677,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Аккайынского района Северо-Казахстанской области от 03.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 27-21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 17.10.2025 № 28-17 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1388,63 +1406,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7772"/>
+        <w:gridCol w:w="4228"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7772" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1462,51 +1479,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Аккайынского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1910,83 +1927,82 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 в редакции решения маслихата Аккайынского района Северо-Казахстанской области от 03.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 27-21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 17.10.2025 № 28-17 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1104"/>
+        <w:gridCol w:w="711"/>
+        <w:gridCol w:w="1500"/>
+        <w:gridCol w:w="1500"/>
+        <w:gridCol w:w="4207"/>
+        <w:gridCol w:w="3278"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2017,338 +2033,359 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-162307,1</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168867,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2358,1955 +2395,2109 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-104441</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-71846</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-71846</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 829</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 791</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Плата за размещение наружной (визуальной) рекламы на объектах стационарного размещения рекламы в полосе отвода автомобильных дорог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4316,175 +4507,189 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4494,175 +4699,189 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4672,5720 +4891,6350 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57866,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57866,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57866,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-181599,7</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+188159,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-56785</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-56785</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-56785</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-53292</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-124814,7</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-124814,7</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-124814,7</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-82365,7</w:t>
+            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86875,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -19292,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19292,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10414,164 +11263,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10581,490 +11430,532 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19292,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19292,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11430,67 +12321,66 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Смирновского сельского округа Аккайынского района на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1160"/>
+        <w:gridCol w:w="748"/>
+        <w:gridCol w:w="1576"/>
+        <w:gridCol w:w="1576"/>
+        <w:gridCol w:w="4420"/>
+        <w:gridCol w:w="2820"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11519,338 +12409,359 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11860,1955 +12771,2109 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80841</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 829</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Плата за размещение наружной (визуальной) рекламы на объектах стационарного размещения рекламы в полосе отвода автомобильных дорог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13818,175 +14883,189 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13996,175 +15075,189 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14174,5511 +15267,6120 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34840</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19707,164 +21409,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19874,490 +21576,532 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20723,67 +22467,66 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Смирновского сельского округа Аккайынского района на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1160"/>
+        <w:gridCol w:w="748"/>
+        <w:gridCol w:w="1576"/>
+        <w:gridCol w:w="1576"/>
+        <w:gridCol w:w="4420"/>
+        <w:gridCol w:w="2820"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20812,338 +22555,359 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21153,1955 +22917,2109 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80841</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 829</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Плата за размещение наружной (визуальной) рекламы на объектах стационарного размещения рекламы в полосе отвода автомобильных дорог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23111,175 +25029,189 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23289,175 +25221,189 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23467,5511 +25413,6120 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34840</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29000,164 +31555,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29167,490 +31722,532 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29712,55 +32309,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>