--- v1 (2025-12-27)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e65b4ac" w14:textId="e65b4ac">
+    <w:p w14:paraId="7878040" w14:textId="7878040">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1406,62 +1406,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7772"/>
-        <w:gridCol w:w="4228"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7772" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1479,51 +1480,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата Аккайынского района Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4228" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1943,66 +1944,67 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); от 17.10.2025 № 28-17 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1104"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3278"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2033,359 +2035,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 168867,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2395,2109 +2376,1955 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 111001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 829</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 791</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Плата за размещение наружной (визуальной) рекламы на объектах стационарного размещения рекламы в полосе отвода автомобильных дорог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4507,189 +4334,175 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4699,189 +4512,175 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4891,6350 +4690,5720 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57866,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57866,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57866,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 188159,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="711" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="711" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129324,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86875,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -19292,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19292,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11263,164 +10432,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11430,532 +10599,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19292,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1500" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19292,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1500" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3278" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12321,66 +11448,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Смирновского сельского округа Аккайынского района на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1160"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2820"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12409,359 +11537,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12771,2109 +11878,1955 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80841</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 829</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Плата за размещение наружной (визуальной) рекламы на объектах стационарного размещения рекламы в полосе отвода автомобильных дорог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14883,189 +13836,175 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15075,189 +14014,175 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15267,6120 +14192,5511 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="748" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="748" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34840</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21409,164 +19725,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21576,532 +19892,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22467,66 +20741,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Смирновского сельского округа Аккайынского района на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1160"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2820"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22555,359 +20830,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22917,2109 +21171,1955 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80841</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48246</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 829</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Плата за размещение наружной (визуальной) рекламы на объектах стационарного размещения рекламы в полосе отвода автомобильных дорог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25029,189 +23129,175 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25221,189 +23307,175 @@
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25413,6120 +23485,5511 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126702</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="748" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="748" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="748" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Содержание мест захоронений и погребение безродных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34840</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31555,164 +29018,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31722,532 +29185,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1160" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1576" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4420" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>