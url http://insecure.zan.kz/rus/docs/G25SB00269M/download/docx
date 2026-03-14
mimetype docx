--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d33d81b" w14:textId="d33d81b">
+    <w:p w14:paraId="7caae7a" w14:textId="7caae7a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1815,50 +1815,12085 @@
               </w:rPr>
               <w:t xml:space="preserve">№ 26-9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z64" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Полтавского сельского округа Аккайынского района на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата Аккайынского района Северо-Казахстанской области от 17.10.2025 № 28-16 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z65" w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6723</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1294</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1294</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3804</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+308</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+308</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продаж основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59388</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59388</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59388</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67031,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37003,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37003,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37003,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37003,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5206,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5206,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5206,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3448</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+475</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1283,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24288,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24288,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24288,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24288,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+533</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+533</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+533</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+533</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-905,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+905,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+905,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+905,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+905,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 2 к решению </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">маслихата Аккайынского района </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 8 мая 2025 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 26-9 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Полтавского сельского округа Аккайынского района на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2193,51 +14228,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66126</w:t>
+66349</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2371,51 +14406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6723</w:t>
+13349</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2549,51 +14584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1294</w:t>
+2588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2727,51 +14762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1294</w:t>
+2588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2905,51 +14940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5121</w:t>
+10145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3083,51 +15118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139</w:t>
+278</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3261,51 +15296,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3439,51 +15474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3804</w:t>
+7511</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3617,51 +15652,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1164</w:t>
+2328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3795,51 +15830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-308</w:t>
+616</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3973,51 +16008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-308</w:t>
+616</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4151,267 +16186,271 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-15</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4426,352 +16465,344 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-15</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4786,705 +16817,767 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-59388</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...145 lines deleted...]
-59388</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-59388</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66349</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функциональная группа</w:t>
-[...179 lines deleted...]
-Сумма, тысяч тенге</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5504,401 +17597,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-67031,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-37003,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5918,405 +18015,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-37003,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-37003,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6884</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6336,405 +18433,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-37003,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6884</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-5081</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6884</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6754,196 +18851,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-5081</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4037</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6995,164 +19092,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-5081</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+725</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7245,332 +19342,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-3448</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-533</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7590,405 +19687,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1100</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-24414</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8008,405 +20105,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-24414</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-24414</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+725</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8426,405 +20523,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-24414</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+725</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-533</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+725</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8844,196 +20941,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-533</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+725</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9085,164 +21182,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-533</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9326,341 +21419,333 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-533</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9680,196 +21765,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9921,164 +22002,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10162,132 +22239,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10412,51 +22485,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10617,51 +22690,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10822,51 +22895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+6) Финансирование дефицита (использование профицита) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11027,51 +23100,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Сальдо по операциям с финансовыми активами</w:t>
+Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11232,51 +23305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11300,598 +23373,525 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
--905,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-5-1) Ненефтяной дефицит (профицит) бюджета</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11926,1229 +23926,72 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...617 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...536 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13218,51 +24061,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-905,4</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13301,51 +24144,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 2 к решению </w:t>
+              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13567,10646 +24410,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 26-9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
-[...10577 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Полтавского сельского округа Аккайынского района на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -34824,31 +35089,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>