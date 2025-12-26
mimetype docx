--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a076363" w14:textId="a076363">
+    <w:p w14:paraId="a564e31" w14:textId="a564e31">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -348,63 +348,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее постановление вводится в действие со дня его первого официального опубликования и распространяется на правоотношения, возникшие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -422,51 +421,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аким Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -770,191 +769,210 @@
               </w:rPr>
               <w:t xml:space="preserve">от "19" марта 2025 года №73 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Государственный образовательный заказ на дошкольное воспитание и обучение на 2025 год в Северо-Казахстанской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции постановления акимата Северо-Казахстанской области от 25.07.2025 № 190 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1116"/>
+        <w:gridCol w:w="1784"/>
+        <w:gridCol w:w="3115"/>
+        <w:gridCol w:w="519"/>
+        <w:gridCol w:w="2115"/>
+        <w:gridCol w:w="3651"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z18" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+          <w:bookmarkEnd w:id="9"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Административно-территориальное расположение организаций дошкольного воспитания и обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование группы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1041,310 +1059,310 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество воспитанников организаций дошкольного воспитания и обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя стоимость расходов на одного воспитанника в организациях дошкольного воспитания и обучения в месяц (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Петропавловск</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с неполным днем пребывания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1367,159 +1385,159 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 974</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1542,159 +1560,159 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаторная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1717,1598 +1735,1620 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Специальные группы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101 461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кызылжарский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Группа с неполным днем пребывания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28 029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 526</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...73 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+район имени Габита Мусрепова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 365</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 97 740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...61 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уалихановский район</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Группа с пребыванием детей в течение 10,5 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 308</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...146 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаторная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95 226</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+район Магжана Жумабаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Группа с пребыванием детей в течение 10,5 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173 390</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айыртауский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 449</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3331,383 +3371,383 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаторная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95 226</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тайыншинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 281</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3743,123 +3783,123 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3882,603 +3922,603 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаторная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84 613</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аккайынский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102 114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акжарский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4501,1043 +4541,1043 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаторная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95 226</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 район Шал акына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76 885</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбылский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 219</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72 980</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есильский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104 270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тимирязевский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5807,430 +5847,447 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "19" марта 2025 года № 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Размер родительской платы на 2025 год в Северо-Казахстанской области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 2 в редакции постановления акимата Северо-Казахстанской области от 25.07.2025 № 190 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1398"/>
+        <w:gridCol w:w="1895"/>
+        <w:gridCol w:w="3309"/>
+        <w:gridCol w:w="551"/>
+        <w:gridCol w:w="5147"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Административно-территориальное расположение организаций дошкольного воспитания и обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование группы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Населенный пункт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер родительской платы в организациях дошкольного воспитания и обучения в месяц (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Петропавловск</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6279,240 +6336,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с трех до шести (семи) лет – 22 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кызылжарский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6561,240 +6618,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с трех до шести (семи) лет - 21 393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамлютский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6843,168 +6900,168 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет - 20 293</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 20 234</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7053,240 +7110,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет - 20 293</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет - 20 234</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 район имени Габита Мусрепова</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7335,51 +7392,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7402,125 +7459,125 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7569,270 +7626,270 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с трех до шести (семи) лет - 19 569</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уалихановский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-до трех лет – 14 756</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до трех лет – 14 083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -7851,270 +7908,270 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет – 17 573</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 17 593</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 район Магжана Жумабаева</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с неполным днем пребывания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-до трех лет – 4 823</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до трех лет – 4803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -8133,192 +8190,192 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет – 6 627</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 6862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8367,168 +8424,168 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет – 19 134</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 19 051</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8577,192 +8634,192 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет – 19 134</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 19 051</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8811,168 +8868,168 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет – 19 134</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 19 051</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9021,240 +9078,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет – 19 134</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 19 051</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айыртауский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9303,240 +9360,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с трех до шести (семи) лет – 17 181</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тайыншинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9585,51 +9642,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9665,88 +9722,88 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9795,240 +9852,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с трех до шести (семи) лет – 18 488</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аккайынский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10077,51 +10134,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10144,125 +10201,125 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10311,240 +10368,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с трех до шести (семи) лет – 20 868</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акжарский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10593,51 +10650,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10660,125 +10717,125 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10827,240 +10884,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с трех до шести (семи) лет – 18 053</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 район Шал акына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов пребывания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11109,51 +11166,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11176,125 +11233,125 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11343,51 +11400,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11423,88 +11480,88 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11553,240 +11610,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с трех до шести (семи) лет – 16421</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбылский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с неполным днем пребывания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11835,51 +11892,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11902,125 +11959,125 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12069,51 +12126,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12136,125 +12193,125 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12303,51 +12360,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12370,125 +12427,125 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 12 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12537,270 +12594,270 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с трех до шести (семи) лет – 19 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есильский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-до трех лет – 16 129</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до трех лет – 16 481</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12819,222 +12876,222 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет – 20 458</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 21 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 10,5 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-до трех лет – 16 129</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до трех лет – 16 481</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -13053,240 +13110,240 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет – 20 458</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 21 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тимирязевский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа с пребыванием детей в течение 9 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13335,81 +13392,81 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-с трех до шести (семи) лет – 20 346</w:t>
+            <w:tcW w:w="5147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с трех до шести (семи) лет – 20 347</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>