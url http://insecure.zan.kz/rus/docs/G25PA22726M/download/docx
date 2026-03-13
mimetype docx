--- v0 (2025-10-05)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="32df0bf" w14:textId="32df0bf">
+    <w:p w14:paraId="f8f4056" w14:textId="f8f4056">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,51 +103,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Павлодарского городского маслихата Павлодарской области от 25 февраля 2025 года № 227/26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 2-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -217,131 +217,131 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О пастбищах", Павлодарский городской маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>План</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по управлению пастбищами и их использованию села Павлодарское города Павлодара на 2025 - 2029 годы.</w:t>
+        <w:t xml:space="preserve"> по управлению пастбищами и их использованию села Павлодарское города Павлодара на 2025-2029 годы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Павлодарского городского маслихата Павлодарской области "Об утверждении Плана по управлению пастбищами и их использованию села Павлодарское города Павлодара на 2024 - 2025 годы" от 27 апреля 2023 года № 22/2 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 180489).</w:t>
+        <w:t xml:space="preserve"> Павлодарского городского маслихата Павлодарской области "Об утверждении Плана по управлению пастбищами и их использованию села Павлодарское города Павлодара на 2024-2025 годы" от 27 апреля 2023 года № 22/2 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 180489).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -376,51 +376,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Председатель Павлодарского городского маслихата </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Председатель Павлодарского городского маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -548,851 +558,896 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>решением Павлодарского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>городского маслихата от 25</w:t>
+              <w:t>городского маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>февраля 2025 года № 227/26</w:t>
+              <w:t>от 25 февраля 2025 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 227/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> План по управлению пастбищами и их использованию</w:t>
-[...11 lines deleted...]
-        <w:t>села Павлодарское на 2025 - 2029 годы</w:t>
+        <w:t xml:space="preserve"> План по управлению пастбищами и их использованию села Павлодарское на 2025-2029 годы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящий План по управлению пастбищами и их использованию по селу Павлодарское города Павлодара на 2025 - 2029 годы (далее – План) разработан в соответствии с подпунктом 4-1) </w:t>
+      1. Настоящий План по управлению пастбищами и их использованию по селу Павлодарское города Павлодара на 2025-2029 годы (далее – План) разработан в соответствии с подпунктом 4-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О пастбищах" (далее – Закон) и подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. План принимается в целях рационального использования пастбищ, устойчивого обеспечения потребности в кормах и предотвращения процессов деградации пастбищ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. План по управлению пастбищами и их использованию</w:t>
-[...11 lines deleted...]
-        <w:t>села Павлодарское на 2025 - 2029 годы</w:t>
+        <w:t xml:space="preserve"> Глава 2. План по управлению пастбищами и их использованию села Павлодарское на 2025-2029 годы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При разработке Плана учитываются:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) данные земельного баланса села Павлодарское и информационной системы государственного земельного кадастра по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) сведения геоботанического обследования пастбищ по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сведения о скотомогильниках (биометрических ямах), формируемые в соответствии с Правилами ведения реестра скотомогильников (биотермических ям), утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 3 февраля 2020 года № 35 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 19987);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) сведения об объектах пастбищной инфраструктуры и о сервитутах для прогона сельскохозяйственных животных по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) данные о численности поголовья сельскохозяйственных животных, полученные из базы данных идентификации сельскохозяйственных животных, с указанием их владельцев по форме согласно таблице 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) данные о количестве гуртов, отар, табунов, сформированных по видам и половозрастным группам сельскохозяйственных животных по форме согласно таблице 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) сведения о численности поголовья сельскохозяйственных животных для выпаса на отгонных пастбищах по форме согласно таблице 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) данные об особенностях выпаса сельскохозяйственных животных на культурных и аридных пастбищах, землях лесного, водного фондов и особо охраняемых природных территорий;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) рекомендуемые схемы пастбищеоборотов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) официальная статистическая информация по статистике животноводства и растениеводства.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. План содержит следующие приложения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) схема (карта) расположения пастбищ на территории административно- территориальной единицы в разрезе категорий земель, на которой указываются границы, площади и виды пастбищ, в том числе отгонных, сезонных, аридных и культурных, сведения об их собственниках или землепользователях на основании правоустанавливающих и идентификационных документов на земельный участок;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) схема (карта) с обозначением пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья, в том числе общественных пастбищ, на которой указываются границы и площади пастбищ, в том числе общественных пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) схема (карта) с обозначением рекомендуемых схем пастбищеоборотов, на которой указываются схемы пастбищеоборотов, рекомендуемые на основании геоботанического обследования пастбищ;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) схема (карта) с обозначением сервитутов для прогона сельскохозяйственных животных, скотопрогонных трасс и иных объектов пастбищной инфраструктуры, а также скотомогильников (биометрических ям), на которой указываются сервитуты для прогона сельскохозяйственных животных, скотопрогонные трассы, объекты пастбищной инфраструктуры, месторасположение скотомогильников (биометрических ям);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) схема (карта) с обозначением пастбищ, которые могут быть предоставлены в землепользование пастбищепользователям;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) схема (карта) с обозначением пастбищ, подлежащих резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного подворья, на которой указываются границы и площади пастбищ, подлежащих резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного подворья;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) схема доступа к водоисточникам (озерам, рекам, прудам, копаням, оросительным или обводнительным каналам, трубчатым или шахтным колодцам), составленная согласно норме потребления воды, на которой указываются маршруты передвижения животных к водоисточникам;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) схема размещения поголовья сельскохозяйственных животных на отгонных пастбищах, на которой указываются границы и площади отгонных пастбищ для размещения поголовья сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) проектное распределение (перераспределение) пастбищ между сельскими населенными пунктами, входящими в сельский округ, на котором указывается схема распределения (перераспределения) пастбищ между сельскими населенными пунктами сельского округа для поголовья сельскохозяйственных животных физических и юридических лиц, не обеспеченных пастбищами;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) требования, необходимые для рационального использования пастбищ на соответствующей административно-территориальной единице, к которым относятся:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование пастбищ с учетом пастбищеоборотов и источников водопользований;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разбивка площадей пастбищ на отдельные выпасные участки;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       чередование участков пастбищ по сезонам года в пространстве и во времени (внутри сезона, года);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежегодное оставление одного из участков пастбищеоборота без выпаса и сельскохозяйственных животных.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1452,143 +1507,133 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Плану по управлению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пастбищами и их</w:t>
+              <w:t>пастбищами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>и их использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Данные земельного баланса региона и информационной системы</w:t>
-[...11 lines deleted...]
-        <w:t>государственного земельного кадастра</w:t>
+        <w:t xml:space="preserve"> Данные земельного баланса региона и информационной системы государственного земельного кадастра</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 1. Распределение пастбищ по категориям земель села Павлодарское, тысяч гектаров</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -1631,68 +1676,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z45" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 классификатора административно- территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1862,68 +1909,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z46" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 промышленности,</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 транспорта, связи и иного не сельскохозяйственного назначения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3149,68 +3198,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3956</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 2. Распределение пастбищ населенного пункта, тысяч гектаров</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -3291,84 +3342,96 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z48" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-классификатор а</w:t>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классификатор а</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 административ но- территориальн ых объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -3544,84 +3607,96 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z50" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предназначенные для удовлетворения нужд населения</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-по выпасу</w:t>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по выпасу</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сельскохозяйственн ых животных личного подворья, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
@@ -4583,68 +4658,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 3. Сведения о собственниках и землепользователях на основании правоустанавливающих и идентификационных документов на земельный участок</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4659,125 +4736,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Наименование собственников, землепользователей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z53" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес- идентификационный номер/индивидуальный идентификационный</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4806,50 +4921,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадастровый номер земельного участка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Площадь пастбищ, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5012,68 +5145,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 4. Распределение пастбищ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -5153,68 +5288,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z55" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 классификатора административно- территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5245,68 +5382,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование населенного пункта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z56" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необходимая площадь пастбищ для</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сельскохозяйственных животных, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6315,104 +6454,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для выпаса сельскохозяйственных животных необходимо 7,9 тысяч гектаров.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3018 голов выпасаются на общественных пастбищах, площадью 3,067 тысяч гектаров, 0 голов выпасаются на отгонных пастбищах, площадью 0 тысяч гектаров.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 5. Требуемые дополнительные пастбища</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6427,72 +6572,108 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Требуемые дополнительные пастбища из земель запаса, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6607,68 +6788,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пастбища, которые могут быть предоставлены в землепользование пастбищепользователям, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z60" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пастбища, подлежащие резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 подворья, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7056,100 +7239,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения геоботанического обследования пастбищ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -7159,84 +7342,114 @@
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z63" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата, шифры по легенде и по</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Классификации природных кормовых</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Классификации природных кормовых</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 угодий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -7247,90 +7460,110 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Номера контуров и описаний (скобках)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z65" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Название типов (разностей, модификаций) природных</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кормовых угодий с приуроченностью их к рельефу, почвам. Название прочих угодий и земель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7339,183 +7572,273 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Вид угодья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Процент участия в контуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Площадь, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Современное использование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валовая урожайность, центнеров на гектар (год обследования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7905,143 +8228,215 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 весна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 лето</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 осень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 зима</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8620,84 +9015,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z66" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слабоволнистая равнина</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1Ковыльно-холоднополынные на песчанных почвах</w:t>
+          <w:bookmarkEnd w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1Ковыльно-холоднополынные на песчанных почвах</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (ковыль песчаный, полынь холодная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
@@ -8936,228 +9343,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z68" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,3</w:t>
+          <w:bookmarkEnd w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z70" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,0</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,8</w:t>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z72" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,2</w:t>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -9225,138 +9668,152 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z74" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z75" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слабоволнистая равнина</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-злаково-холоднополынные на каштановых среднемощных рыхлопесчанных почвах</w:t>
+          <w:bookmarkEnd w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>злаково-холоднополынные на каштановых среднемощных рыхлопесчанных почвах</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (овсяница бороздчатая, тонконог тонкий, пырей гребновидный, вострец ветвистый, полынь холодная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
@@ -9595,228 +10052,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z77" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,5</w:t>
+          <w:bookmarkEnd w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z79" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,3</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,7</w:t>
+          <w:bookmarkEnd w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z81" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,7</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,9</w:t>
+          <w:bookmarkEnd w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -9884,138 +10377,152 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z83" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z84" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слабоволнистая равнина</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-Житняково-холоднополынные на каштановых среднемощных связнопесчаных почвах</w:t>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Житняково-холоднополынные на каштановых среднемощных связнопесчаных почвах</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (пырей гребновидный, полынь холодная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
@@ -10254,228 +10761,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z86" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-5,0</w:t>
+          <w:bookmarkEnd w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z88" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,6</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-6,3</w:t>
+          <w:bookmarkEnd w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6,3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z90" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,6</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-3,8</w:t>
+          <w:bookmarkEnd w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -10543,138 +11086,152 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-3а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z92" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z93" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слабоволнистая равнина</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-Холоднополынно-злаковые на песчаных почвах</w:t>
+          <w:bookmarkEnd w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Холоднополынно-злаковые на песчаных почвах</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (полынь холодная, ковыль песчаный, вострец ветвистый)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
@@ -10913,228 +11470,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z95" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,0</w:t>
+          <w:bookmarkEnd w:id="70"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z97" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,1</w:t>
+          <w:bookmarkEnd w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z99" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,0</w:t>
+          <w:bookmarkEnd w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -11202,138 +11795,152 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-4а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z101" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z102" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слабоволнистая равнина</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-Шренковскополынно-злаковые на лугавых каштановых супесчаных почвах</w:t>
+          <w:bookmarkEnd w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шренковскополынно-злаковые на лугавых каштановых супесчаных почвах</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (полынь Шренковская,бескильница тончайшая, тростник обыкновенный)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
@@ -11572,228 +12179,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z104" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,7</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,4</w:t>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z106" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,5</w:t>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z108" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,7</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-3,6</w:t>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -11861,122 +12504,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z110" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XXII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z111" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Житняковые на каштановых среднемощныхпочвах.а) житняково-полвнно-люцерновая</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (пырей гребновидный, полынь холодная, полынь обыкновенная,люцерна посевная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12213,228 +12860,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z112" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,8</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-3,0</w:t>
+          <w:bookmarkEnd w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z114" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-4,1</w:t>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4,1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z116" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,8</w:t>
+          <w:bookmarkEnd w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -12502,122 +13185,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z118" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XXII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z119" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Житняковые на каштановых среднемощныхпочвах.б) житняково-житняково-холоднополынная</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (пырей гребновидный, полынь холодная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12854,228 +13541,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z120" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,2</w:t>
+          <w:bookmarkEnd w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z122" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,9</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,6</w:t>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z124" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,0</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,2</w:t>
+          <w:bookmarkEnd w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -14985,68 +15708,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z126" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15132,50 +15857,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Культуртехническое состояние, наличие лекарственных растений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15451,68 +16194,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0-3,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z127" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ВЛО пастбища для всех видов скота</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весенне-летне-осенние</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15644,112 +16389,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkStart w:name="z129" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сведения об объектах пастбищной инфраструктуры и о сервитутах</w:t>
-[...11 lines deleted...]
-        <w:t>для прогона сельскохозяйственных животных</w:t>
+        <w:t xml:space="preserve"> Сведения об объектах пастбищной инфраструктуры и о сервитутах для прогона сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15765,107 +16498,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Объекты пастбищной инфраструктуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z130" w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество действующих объектов пастбищной</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15876,84 +16665,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 инфраструктуры, единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z131" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество объектов пастбищной</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-инфраструктуры требующих строительства</w:t>
+          <w:bookmarkEnd w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инфраструктуры требующих строительства</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (реконструкции), единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -15963,71 +16764,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Протяженность, километров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Площадь, тысяч квадратных метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16963,104 +17800,124 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z133" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Емкости для купки овец, кошары и отгороженные места, ограждения пастбищ, изгороди (в том числе</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электроизгороди), загоны для загонно-порционного выпаса сельскохозяйственных животных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17492,50 +18349,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -17680,68 +18555,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z134" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объекты водоснабжения и другие виды жизнеобеспечения, сооружения для сезонного проживания персонала и иное имущество, необходимое для</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 содержания и использования пастбищ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17749,71 +18626,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17979,112 +18892,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z136" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Таблица 1. Данные о численности поголовья сельскохозяйственных</w:t>
-[...11 lines deleted...]
-        <w:t>животных, с указанием их владельцев</w:t>
+        <w:t xml:space="preserve"> Таблица 1. Данные о численности поголовья сельскохозяйственных животных, с указанием их владельцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -18105,124 +19006,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z137" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код поселка, села, сельского округа по</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...32 lines deleted...]
--</w:t>
+          <w:bookmarkEnd w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классификатору административно</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -18233,182 +19174,248 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Наименование поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Тип владельца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z140" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес- идентификацион- ный</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-номер/индивиду- альный идентификацион- ный номер</w:t>
+          <w:bookmarkEnd w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер/индивиду- альный идентификацион- ный номер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 владельца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при наличии) физических лиц или наименование юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18590,107 +19597,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Мелкого рогатого скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Лошадей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Верблюдов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19727,68 +20788,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z142" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 2. Данные о количестве гуртов, отар, табунов, сформированных по видам и половозрастным группам сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -19813,163 +20876,221 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z143" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код поселка, села, сельского округа по</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...32 lines deleted...]
--</w:t>
+          <w:bookmarkEnd w:id="99"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классификатору административно</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20304,215 +21425,325 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 коров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 телок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 бычков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 овец и коз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 молодняка (ярок, козочек)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z146" w:id="100"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 молодняка, (баранчиков,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20538,143 +21769,215 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 жеребцов, кобыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 молодняка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 верблюдов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 молодняка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -22171,68 +23474,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z147" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 3. Сведения о численности поголовья сельскохозяйственных животных для выпаса на отгонных пастбищах</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -22254,163 +23559,221 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z148" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код поселка, села, сельского округа по</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...32 lines deleted...]
--</w:t>
+          <w:bookmarkEnd w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классификатору административно</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22781,50 +24144,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 личного подворья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -22853,50 +24234,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 личного подворья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -22910,50 +24309,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сельскохозяйствен ных товаропроизводите лей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 личного подворья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -23769,122 +25186,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z151" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование: государственное учреждение "Отдел земельных отношений города Павлодара" Адрес: Павлодарская область, город Павлодар, ул. Кривенко, 25, каб 615</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z152" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон: 8 (7182) 618807</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z153" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес электронной почты: ozopavlodar111@mail.ru Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z154" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (электронная цифровая подпись) (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23957,100 +25382,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t xml:space="preserve"> использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkStart w:name="z156" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Рекомендуемые схемы пастбищеоборотов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -25127,299 +26552,184 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkStart w:name="z158" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) расположения пастбищ на территории административно- </w:t>
-[...47 lines deleted...]
-        <w:t>правоустанавливающих и идентификационных документов на земельный участок</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) расположения пастбищ на территории административно -территориальной единицы в разрезе категорий земель, на которой указывается границы, площади и виды пастбищ, в том числе отгонных, сезонных, аридных и культурных, сведения об их собственниках или землепользователях на основании правоустанавливающих и идентификационных документов на земельный участок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z159" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7683500" cy="5524500"/>
+            <wp:extent cx="7810500" cy="8089900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7683500" cy="5524500"/>
+                      <a:ext cx="7810500" cy="8089900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...75 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -25507,299 +26817,301 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkStart w:name="z161" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) с обозначением пастбищ, предназначенных для нужд населения по</w:t>
-[...47 lines deleted...]
-        <w:t>сельскохозяйственных животных личного подворья</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) с обозначением пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья, в том числе общественных пастбищ, на которой указываются границы и площади пастбищ, в том числе общественных пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных  личного подворья</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z162" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4737100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7810500" cy="4737100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z163" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z164" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4508500" cy="2540000"/>
+            <wp:extent cx="4953000" cy="5753100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4508500" cy="2540000"/>
+                      <a:ext cx="4953000" cy="5753100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -25887,289 +27199,315 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:bookmarkStart w:name="z166" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) с обозначением рекомендуемых схем пастбищеоборотов,</w:t>
-[...23 lines deleted...]
-        <w:t>на основании геоботанического обследования пастбищ</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) с обозначением рекомендуемых схем пастбищеоборотов, на которой указываются схемы пастбищеоборотов, рекомендуемые на основании геоботанического обследования пастбищ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z167" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7531100" cy="4483100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7531100" cy="4483100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z168" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z169" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4940300" cy="4533900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4940300" cy="4533900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -26243,311 +27581,301 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:bookmarkStart w:name="z171" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) с обозначением сервитутов для прогона сельскохозяйственных</w:t>
-[...59 lines deleted...]
-        <w:t>скотомогильников (биометрических ям)</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) с обозначением сервитутов для прогона сельскохозяйственных животных, скотопрогонных трасс и иных объектов пастбищной инфраструктуры, а также скотомогильников (биометрических ям), на которой указываются сервитуты для прогона сельскохозяйственных животных, скотопрогонные трассы, объекты пастбищной инфраструктуры, местоположения скотомогильников (биометрических ям)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z172" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7531100" cy="4699000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7531100" cy="4699000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z173" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z174" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4940300" cy="4533900"/>
+            <wp:extent cx="4470400" cy="5270500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4940300" cy="4533900"/>
+                      <a:ext cx="4470400" cy="5270500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -26635,277 +27963,315 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:bookmarkStart w:name="z176" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) с обозначением пастбищ, которые могут быть</w:t>
-[...11 lines deleted...]
-        <w:t>предоставлены в землепользование пастбищепользователям</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) с обозначением пастбищ, которые могут быть предоставлены в землепользование пастбищепользователям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z177" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7632700" cy="5689600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7632700" cy="5689600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z178" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z179" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4241800" cy="2425700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4241800" cy="2425700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -26979,313 +28345,315 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:bookmarkStart w:name="z181" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) расположения пастбищ, подлежащих резервированию в целях</w:t>
-[...47 lines deleted...]
-        <w:t>сельскохозяйственных животных личного подворья</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) расположения пастбищ, подлежащих резервированию в целях удовлетворения нужд населения, по выпасу сельскохозяйственных животных личного подворья, на которой указываются границы и площади пастбищ, подлежащих резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного подворья</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z182" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4762500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7810500" cy="4762500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z183" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z184" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4851400" cy="5194300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4851400" cy="5194300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -27359,301 +28727,315 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:bookmarkStart w:name="z186" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема доступа к водоисточникам (озерам, рекам, прудам, копаням,</w:t>
-[...35 lines deleted...]
-        <w:t>указываются маршруты передвижения животных к водоисточникам</w:t>
+        <w:t xml:space="preserve"> Cхема доступа к водоисточникам (озерам, рекам, прудам, копаням, оросительным или обводнительным каналам, трубчатым или шахтным колодцам), составленная согласно норме потребления воды, на которой указываются маршруты передвижения животных к водоисточникам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z187" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7239000" cy="4394200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7239000" cy="4394200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z188" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z189" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4584700" cy="4152900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4584700" cy="4152900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -27727,289 +29109,315 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:bookmarkStart w:name="z191" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема размещения поголовья сельскохозяйственных животных на отгонных</w:t>
-[...23 lines deleted...]
-        <w:t>пастбищ для размещения сельскохозяйственных животных</w:t>
+        <w:t xml:space="preserve"> Cхема размещения поголовья сельскохозяйственных животных на отгонных пастбищах, на которой указываются границы и площади отгонных пастбищ для размещения сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z192" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6781800" cy="5816600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18"/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6781800" cy="5816600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z193" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z194" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4864100" cy="2476500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19"/>
+                    <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4864100" cy="2476500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -28083,299 +29491,301 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию села</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Павлодарское на</w:t>
+              <w:t>села Павлодарское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 - 2029 годы</w:t>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="20"/>
+    <w:bookmarkStart w:name="z196" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Проектное распределение (перераспределение) пастбищ между сельскими</w:t>
-[...47 lines deleted...]
-        <w:t>животных физических и юридических лиц, не обеспеченных пастбищами</w:t>
+        <w:t xml:space="preserve"> Проектное распределение (перераспределение) пастбищ между сельскими населенными пунктами, входящих в сельский округ, на котором указывается схема распределения (перераспеделения) пастбищ между сельскими населенными пунктами сельского округа для поголовья сельскохозяйственных животных физических и юридических лиц, не обеспеченных пастбищами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z197" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7772400" cy="5372100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20"/>
+                    <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7772400" cy="5372100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z198" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z199" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3429000" cy="2616200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21"/>
+                    <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3429000" cy="2616200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -28766,35 +30176,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>