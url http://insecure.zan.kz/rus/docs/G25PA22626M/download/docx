--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="91e3001" w14:textId="91e3001">
+    <w:p w14:paraId="fb68b67" w14:textId="fb68b67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,51 +103,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Павлодарского городского маслихата Павлодарской области от 25 февраля 2025 года № 226/26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 2-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -213,145 +213,115 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О пастбищах", Павлодарский городской маслихат </w:t>
-[...9 lines deleted...]
-        <w:t>РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О пастбищах", Павлодарский городской маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> по управлению пастбищами и их использованию Кенжекольского сельского округа города Павлодара на 2025 - 2029 годы.</w:t>
+        <w:t>
+      1. Утвердить прилагаемый План по управлению пастбищами и их использованию Кенжекольского сельского округа города Павлодара на 2025-2029 годы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Павлодарского городского маслихата Павлодарской области "Об утверждении Плана по управлению пастбищами и их использованию Кенжекольского сельского округа города Павлодара на 2024 - 2025 годы" от 27 апреля 2023 года № 19/2 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 180488).</w:t>
+        <w:t xml:space="preserve"> Павлодарского городского маслихата Павлодарской области "Об утверждении Плана по управлению пастбищами и их использованию Кенжекольского сельского округа города Павлодара на 2024-2025 годы" от 27 апреля 2023 года № 19/2 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 180488).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -386,51 +356,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Председатель Павлодарского городского маслихата</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Председатель Павлодарского городского маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -558,851 +538,896 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>решением Павлодарского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>городского маслихата от 25</w:t>
+              <w:t xml:space="preserve"> городского маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>февраля 2025 года № 226/26</w:t>
+              <w:t>от 25 февраля 2025 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 226/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> План по управлению пастбищами и их использованию</w:t>
-[...11 lines deleted...]
-        <w:t>Кенжекольского сельского округа на 2025 - 2029 годы</w:t>
+        <w:t xml:space="preserve"> План по управлению пастбищами и их использованию   Кенжекольского сельского округа на 2025-2029 годы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящий План по управлению пастбищами и их использованию по Кенжекольскому сельскому округу города Павлодара на 2025 - 2029 годы (далее - План) разработан в соответствии с подпунктом 4-1) </w:t>
+      1. Настоящий План по управлению пастбищами и их использованию по Кенжекольскому сельскому округу города Павлодара на 2025-2029 годы (далее – План) разработан в соответствии с подпунктом 4-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О пастбищах" (далее - Закон) и подпунктом 2) </w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О пастбищах" (далее – Закон) и подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. План принимается в целях рационального использования пастбищ, устойчивого обеспечения потребности в кормах и предотвращения процессов деградации пастбищ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. План по управлению пастбищами и их использованию</w:t>
-[...11 lines deleted...]
-        <w:t>по Кенжекольскому сельскому округу на 2025 - 2029 годы</w:t>
+        <w:t xml:space="preserve"> Глава 2. План по управлению пастбищами и их использованию по Кенжекольскому сельскому округу на 2025-2029 годы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При разработке Плана учитываются:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) данные земельного баланса Кенжекольского сельского округа и информационной системы государственного земельного кадастра по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) сведения геоботанического обследования пастбищ по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сведения о скотомогильниках (биометрических ямах), формируемые в соответствии с Правилами ведения реестра скотомогильников (биотермических ям), утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 3 февраля 2020 года № 35 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 19987);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) сведения об объектах пастбищной инфраструктуры и о сервитутах для прогона сельскохозяйственных животных по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) данные о численности поголовья сельскохозяйственных животных, полученные из базы данных идентификации сельскохозяйственных животных, с указанием их владельцев по форме согласно таблице 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) данные о количестве гуртов, отар, табунов, сформированных по видам и половозрастным группам сельскохозяйственных животных по форме согласно таблице 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) сведения о численности поголовья сельскохозяйственных животных для выпаса на отгонных пастбищах по форме согласно таблице 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложения 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) данные об особенностях выпаса сельскохозяйственных животных на культурных и аридных пастбищах, землях лесного, водного фондов и особо охраняемых природных территорий;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) рекомендуемые схемы пастбищеоборотов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Плану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) официальная статистическая информация по статистике животноводства и растениеводства.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. План содержит следующие приложения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) схема (карта) расположения пастбищ на территории административно- территориальной единицы в разрезе категорий земель, на которой указываются границы, площади и виды пастбищ, в том числе отгонных, сезонных, аридных и культурных, сведения об их собственниках или землепользователях на основании правоустанавливающих и идентификационных документов на земельный участок;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) схема (карта) с обозначением пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья, в том числе общественных пастбищ, на которой указываются границы и площади пастбищ, в том числе общественных пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) схема (карта) с обозначением рекомендуемых схем пастбищеоборотов, на которой указываются схемы пастбищеоборотов, рекомендуемые на основании геоботанического обследования пастбищ;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) схема (карта) с обозначением сервитутов для прогона сельскохозяйственных животных, скотопрогонных трасс и иных объектов пастбищной инфраструктуры, а также скотомогильников (биометрических ям), на которой указываются сервитуты для прогона сельскохозяйственных животных, скотопрогонные трассы, объекты пастбищной инфраструктуры, месторасположение скотомогильников (биометрических ям);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) схема (карта) с обозначением пастбищ, которые могут быть предоставлены в землепользование пастбищепользователям;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) схема (карта) с обозначением пастбищ, подлежащих резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного подворья, на которой указываются границы и площади пастбищ, подлежащих резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного подворья;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) схема доступа к водоисточникам (озерам, рекам, прудам, копаням, оросительным или обводнительным каналам, трубчатым или шахтным колодцам), составленная согласно норме потребления воды, на которой указываются маршруты передвижения животных к водоисточникам;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) схема размещения поголовья сельскохозяйственных животных на отгонных пастбищах, на которой указываются границы и площади отгонных пастбищ для размещения поголовья сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) проектное распределение (перераспределение) пастбищ между сельскими населенными пунктами, входящими в сельский округ, на котором указывается схема распределения (перераспределения) пастбищ между сельскими населенными пунктами сельского округа для поголовья сельскохозяйственных животных физических и юридических лиц, не обеспеченных пастбищами;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) требования, необходимые для рационального использования пастбищ на соответствующей административно-территориальной единице, к которым относятся:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использование пастбищ с учетом пастбищеоборотов и источников водопользований;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разбивка площадей пастбищ на отдельные выпасные участки;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       чередование участков пастбищ по сезонам года в пространстве и во времени (внутри сезона, года);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежегодное оставление одного из участков пастбищеоборота без выпаса и сельскохозяйственных животных.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1475,137 +1500,133 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>системы государственного земельного кадастра</w:t>
+        <w:t xml:space="preserve"> Данные земельного баланса региона и информационной системы государственного земельного кадастра</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 1. Распределение пастбищ по категориям земель Кенжекольского сельского округа, тысяч гектаров</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -1648,68 +1669,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z45" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 классификатора административно- территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1879,68 +1902,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z46" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 промышленности,</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 транспорта, связи и иного не сельскохозяйственного назначения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3896,68 +3921,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,235</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 2. Распределение пастбищ населенного пункта, тысяч гектаров</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -4038,84 +4065,96 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z48" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-классификатор а</w:t>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классификатор а</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 административ но- территориальн ых объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -4291,84 +4330,96 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z50" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предназначенные для удовлетворения нужд населения</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-по выпасу</w:t>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по выпасу</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сельскохозяйственн ых животных личного подворья, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
@@ -5024,68 +5075,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кенжекольский с.о.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z52" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 551043200</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 551043200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6038,68 +6091,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 3. Сведения о собственниках и землепользователях на основании правоустанавливающих и идентификационных документов на земельный участок</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6114,125 +6169,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Наименование собственников, землепользователей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z54" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес- идентификационный номер/индивидуальный идентификационный</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6261,50 +6354,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадастровый номер земельного участка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Площадь пастбищ, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6467,68 +6578,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 4. Распределение пастбищ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -6608,68 +6721,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z56" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 классификатора административно- территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6700,68 +6815,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование населенного пункта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Необходимая площадь пастбищ для</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сельскохозяйственных животных, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8763,104 +8880,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для выпаса сельскохозяйственных животных необходимо 26,2 тысяч гектаров.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10085 голов выпасаются на общественных пастбищах, площадью 4,264 тысяч гектаров, 0 голов выпасаются на отгонных пастбищах, площадью 0 тысяч гектаров.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 5. Требуемые дополнительные пастбища</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -8875,72 +8998,108 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Требуемые дополнительные пастбища из земель запаса, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9055,68 +9214,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пастбища, которые могут быть предоставлены в землепользование пастбищепользователям, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z61" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пастбища, подлежащие резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 подворья, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9504,100 +9665,113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения геоботанического обследования пастбищ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -9607,84 +9781,114 @@
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z64" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата, шифры по легенде и по</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Классификации природных кормовых</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Классификации природных кормовых</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 угодий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -9695,106 +9899,136 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Номера контуров и описаний (скобках)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z66" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Название типов (разностей, модификаций) природных</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-кормовых угодий с приуроченностью их к рельефу, почвам. Название прочих</w:t>
+          <w:bookmarkEnd w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кормовых угодий с приуроченностью их к рельефу, почвам. Название прочих</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 угодий и земель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -9805,183 +10039,273 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Вид угодья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Процент участия в контуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Площадь, тысяч гектаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Современное использование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валовая урожайность, центнеров на гектар (год обследования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10371,143 +10695,215 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 весна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 лето</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 осень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 зима</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11050,138 +11446,152 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z68" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z69" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слабоволнистая равнина</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
- Тырсово-типчаковохолоднополынные на каштановых среднемощных рыхлопесчанных почвах</w:t>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тырсово-типчаковохолоднополынные на каштановых среднемощных рыхлопесчанных почвах</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (ковыль волостик,овсяница бороздчатая , полынь холодная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
@@ -11420,228 +11830,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z71" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,7</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,4</w:t>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z73" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2</w:t>
+          <w:bookmarkEnd w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z75" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,5</w:t>
+          <w:bookmarkEnd w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -11745,68 +12191,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z77" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Злаково- холоднополынные на каштановых среднемощных рыхлопесчанных почвах</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (овсяница бороздчатая, тонконог тонкий, пырей ползучий, полынь холодная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12043,228 +12491,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z78" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,0</w:t>
+          <w:bookmarkEnd w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z80" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,0</w:t>
+          <w:bookmarkEnd w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z82" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,8</w:t>
+          <w:bookmarkEnd w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -12332,122 +12816,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z84" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z85" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полынные на каштановых среднемощных рыхлопесчанных почвах</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (полынь холодная, полынь черная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12684,228 +13172,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z86" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,3</w:t>
+          <w:bookmarkEnd w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z88" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,5</w:t>
+          <w:bookmarkEnd w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z90" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,6</w:t>
+          <w:bookmarkEnd w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -13009,68 +13533,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z92" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полынные на каштановых среднемощных рыхлопесчанных почвах. а) австрийскополынно-пырейная</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (полынь австрийская, пырей ползучий)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13307,228 +13833,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z93" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,3</w:t>
+          <w:bookmarkEnd w:id="70"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z95" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,5</w:t>
+          <w:bookmarkEnd w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z97" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,4</w:t>
+          <w:bookmarkEnd w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -13596,122 +14158,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z99" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z100" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Холоднополынно- дерновиннозлаковые на каштановых среднемощных легкосупесчаных почвах</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (полынь холодная, овсяница бороздчатая, тонконог тонкий)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13948,228 +14514,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z101" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,1</w:t>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z103" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,1</w:t>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z105" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,2</w:t>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -14273,68 +14875,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z107" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дерновиннозлаково-вострецово-холднополынные на лугово- каштановых среднемощных супесчаных почвах</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (ковыль волосатик, полынь холодная, овсяница бороздчатая, вострец ветвистый)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14571,228 +15175,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z108" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,2</w:t>
+          <w:bookmarkEnd w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z110" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,8</w:t>
+          <w:bookmarkEnd w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z112" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,9</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,7</w:t>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -14860,122 +15500,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-4а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z114" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z115" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Злаково-холднополынные на лугово- каштановых среднемощных легкосупесчаных</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (пырей гребневидный, полынь холодная, вострец ветвистый)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15212,228 +15856,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z116" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,4</w:t>
+          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z118" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,3</w:t>
+          <w:bookmarkEnd w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z120" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,8</w:t>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -15501,122 +16181,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-4а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z122" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z123" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Злаково-холднополынные А –на лугово-каштановых среднемощных супесчаных</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (овсяница бороздчатая, полынь холодная, вострец ветвистый)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15853,228 +16537,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z124" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,4</w:t>
+          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z126" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1.7</w:t>
+          <w:bookmarkEnd w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z128" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1.0</w:t>
+          <w:bookmarkEnd w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -16142,68 +16862,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-4а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z130" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16476,228 +17198,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z131" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,2</w:t>
+          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z133" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,3</w:t>
+          <w:bookmarkEnd w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z135" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1.2</w:t>
+          <w:bookmarkEnd w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -17013,84 +17771,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z137" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24,8</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-5,6</w:t>
+          <w:bookmarkEnd w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -17286,68 +18056,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-5а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z139" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17552,84 +18324,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z140" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-3,6</w:t>
+          <w:bookmarkEnd w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -17825,68 +18609,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-4а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z142" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18159,228 +18945,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z143" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,5</w:t>
+          <w:bookmarkEnd w:id="100"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z145" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,9</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-5,2</w:t>
+          <w:bookmarkEnd w:id="101"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z147" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,4</w:t>
+          <w:bookmarkEnd w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -18448,68 +19270,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-5а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z149" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18714,84 +19538,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z150" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,9</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,5</w:t>
+          <w:bookmarkEnd w:id="104"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -18987,68 +19823,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-4б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z152" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19321,228 +20159,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z153" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,6</w:t>
+          <w:bookmarkEnd w:id="106"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z155" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-3,7</w:t>
+          <w:bookmarkEnd w:id="107"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z157" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,9</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,5</w:t>
+          <w:bookmarkEnd w:id="108"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -19610,68 +20484,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-4г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z159" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19944,228 +20820,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z160" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,3</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,2</w:t>
+          <w:bookmarkEnd w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z162" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,2</w:t>
+          <w:bookmarkEnd w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z164" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,2</w:t>
+          <w:bookmarkEnd w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -20233,68 +21145,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z166" w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XXII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20567,228 +21481,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z167" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,8</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,7</w:t>
+          <w:bookmarkEnd w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z169" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,6</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,9</w:t>
+          <w:bookmarkEnd w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z171" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,7</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,6</w:t>
+          <w:bookmarkEnd w:id="116"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -20856,68 +21806,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z173" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XXII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21190,228 +22142,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z174" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,5</w:t>
+          <w:bookmarkEnd w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z176" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,6</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2</w:t>
+          <w:bookmarkEnd w:id="119"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z178" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,2</w:t>
+          <w:bookmarkEnd w:id="120"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -21479,68 +22467,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z180" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XXII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21813,228 +22803,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z181" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-0,9</w:t>
+          <w:bookmarkEnd w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z183" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,1</w:t>
+          <w:bookmarkEnd w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z185" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,7</w:t>
+          <w:bookmarkEnd w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -22102,68 +23128,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z187" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XXII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22436,228 +23464,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z188" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,5</w:t>
+          <w:bookmarkEnd w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z190" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,8</w:t>
+          <w:bookmarkEnd w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z192" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,2</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-1,3</w:t>
+          <w:bookmarkEnd w:id="128"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -22725,68 +23789,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-2в</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z194" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 XXII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -23059,228 +24125,264 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z195" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,4</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,1</w:t>
+          <w:bookmarkEnd w:id="130"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z197" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2,8</w:t>
+          <w:bookmarkEnd w:id="131"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z199" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,6</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-2</w:t>
+          <w:bookmarkEnd w:id="132"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
@@ -25655,68 +26757,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z201" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -25802,50 +26906,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Культуртехническое состояние, наличие лекарственных растений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -26121,68 +27243,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0-3,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z202" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ВЛО пастбища для всех видов скота</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весенне-раннелетне-осенние</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -26288,68 +27412,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0-3,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z203" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ВЛО пастбища для всех видов скота</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весенне-летне-осенние</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -26592,112 +27718,113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkStart w:name="z205" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сведения об объектах пастбищной инфраструктуры и о сервитутах</w:t>
-[...11 lines deleted...]
-        <w:t>для прогона сельскохозяйственных животных</w:t>
+        <w:t xml:space="preserve"> Сведения об объектах пастбищной инфраструктуры и о сервитутах для прогона сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -26713,107 +27840,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Объекты пастбищной инфраструктуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z206" w:id="137"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество действующих объектов пастбищной</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26824,84 +28007,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 инфраструктуры, единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z207" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество объектов пастбищной</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-инфраструктуры требующих строительства</w:t>
+          <w:bookmarkEnd w:id="138"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инфраструктуры требующих строительства</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (реконструкции), единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -26911,71 +28106,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Протяженность, километров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Площадь, тысяч квадратных метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -27962,50 +29193,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -28422,50 +29671,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -28610,68 +29877,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z209" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объекты водоснабжения и другие виды жизнеобеспечения, сооружения для сезонного проживания персонала и иное имущество, необходимое для</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 содержания и использования пастбищ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -28909,100 +30178,115 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z211" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 1. Данные о численности поголовья сельскохозяйственных животных, с указанием их владельцев</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -29023,124 +30307,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z212" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код поселка, села, сельского округа по</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...32 lines deleted...]
--</w:t>
+          <w:bookmarkEnd w:id="141"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классификатору административно</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -29151,182 +30475,248 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Наименование поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Тип владельца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z215" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес- идентификацион- ный</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...14 lines deleted...]
-номер/индивиду- альный идентификацион- ный номер</w:t>
+          <w:bookmarkEnd w:id="142"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер/индивиду- альный идентификацион- ный номер</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 владельца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (при наличии) физических лиц или наименование юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -29508,107 +30898,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Мелкого рогатого скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Лошадей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Верблюдов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30312,68 +31756,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z217" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 2. Данные о количестве гуртов, отар, табунов, сформированных по видам и половозрастным группам сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="143"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -30398,163 +31844,221 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z218" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код поселка, села, сельского округа по</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...32 lines deleted...]
--</w:t>
+          <w:bookmarkEnd w:id="144"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классификатору административно</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -30889,215 +32393,325 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 коров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 телок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 бычков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 овец и коз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 молодняка (ярок, козочек)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z221" w:id="145"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 молодняка, (баранчиков,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -31123,143 +32737,215 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 жеребцов, кобыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 молодняка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 верблюдов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 молодняка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -33774,68 +35460,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z222" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица 3. Сведения о численности поголовья сельскохозяйственных животных для выпаса на отгонных пастбищах</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="146"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -33857,163 +35545,221 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z223" w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код поселка, села, сельского округа по</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...32 lines deleted...]
--</w:t>
+          <w:bookmarkEnd w:id="147"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классификатору административно</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 территориальных объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование поселка, села, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -34384,50 +36130,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 личного подворья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -34456,50 +36220,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 личного подворья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -34513,50 +36295,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сельскохозяйствен ных товаропроизводите лей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 личного подворья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -36567,122 +38367,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z226" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование: государственное учреждение "Отдел земельных отношений города Павлодара" Адрес: Павлодарская область, города Павлодар, ул. Кривенко, 25 каб.615</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z227" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон: 8 (7182) 618807</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z228" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес электронной почты: ozopavlodar111@mail.ru Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z229" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (электронная цифровая подпись) (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="151"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -36755,100 +38563,113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkStart w:name="z231" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Рекомендуемые схемы пастбищеоборотов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -37925,290 +39746,197 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkStart w:name="z233" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) расположения пастбищ на территории административно-</w:t>
-[...47 lines deleted...]
-        <w:t>правоустанавливающих и идентификационных документов на земельный участок</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) расположения пастбищ на территории административно -территориальной единицы в разрезе категорий земель, на которой указывается границы, площади и виды пастбищ, в том числе отгонных, сезонных, аридных и культурных, сведения об их собственниках или землепользователях на основании правоустанавливающих и идентификационных документов на земельный участок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z234" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7696200" cy="5181600"/>
+            <wp:extent cx="7810500" cy="7670800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7696200" cy="5181600"/>
+                      <a:ext cx="7810500" cy="7670800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Условные обозначения:</w:t>
-[...12 lines deleted...]
-        <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...52 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -38296,304 +40024,328 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkStart w:name="z236" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) с обозначением пастбищ, предназначенных для нужд населения по</w:t>
-[...47 lines deleted...]
-        <w:t>сельскохозяйственных животных личного подворья</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) с обозначением пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья, в том числе общественных пастбищ, на которой указываются границы и площади пастбищ, в том числе общественных пастбищ, предназначенных для нужд населения по выпасу сельскохозяйственных животных личного подворья</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z237" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7061200" cy="5346700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7061200" cy="5346700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Условные обозначения:</w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z239" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4508500" cy="4229100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4508500" cy="4229100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -38667,280 +40419,328 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:bookmarkStart w:name="z241" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) с обозначением рекомендуемых схем пастбищеоборотов,</w:t>
-[...23 lines deleted...]
-        <w:t>на основании геоботанического обследования пастбищ</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) с обозначением рекомендуемых схем пастбищеоборотов, на которой указываются схемы пастбищеоборотов, рекомендуемые на основании геоботанического обследования пастбищ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z242" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7239000" cy="5943600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7239000" cy="5943600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Условные обозначения:</w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z244" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4470400" cy="3124200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4470400" cy="3124200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -39014,316 +40814,328 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:bookmarkStart w:name="z246" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) с обозначением сервитутов для прогона</w:t>
-[...59 lines deleted...]
-        <w:t>местоположения скотомогильников (биометрических ям)</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) с обозначением сервитутов для прогона сельскохозяйственных животных, скотопрогонных трасс и иных объектов пастбищной инфраструктуры, а также скотомогильников (биометрических ям), на которой указываются сервитуты для прогона сельскохозяйственных животных, скотопрогонные трассы, объекты пастбищной инфраструктуры, местоположения скотомогильников (биометрических ям)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z247" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7035800" cy="5410200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7035800" cy="5410200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Условные обозначения:</w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z248" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z249" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4470400" cy="3340100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4470400" cy="3340100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -39397,268 +41209,328 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:bookmarkStart w:name="z251" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) с обозначением пастбищ, которые могут быть</w:t>
-[...11 lines deleted...]
-        <w:t>предоставлены в землепользование пастбищепользователям</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) с обозначением пастбищ, которые могут быть предоставлены в землепользование пастбищепользователям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z252" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6819900" cy="5753100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6819900" cy="5753100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Условные обозначения:</w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z253" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z254" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4457700" cy="2260600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4457700" cy="2260600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -39732,304 +41604,328 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:bookmarkStart w:name="z256" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема (карта) расположения пастбищ, подлежащих резервированию в целях</w:t>
-[...47 lines deleted...]
-        <w:t>сельскохозяйственных животных личного подворья</w:t>
+        <w:t xml:space="preserve"> Cхема (карта) расположения пастбищ, подлежащих резервированию в целях удовлетворения нужд населения, по выпасу сельскохозяйственных животных личного подворья, на которой указываются границы и площади пастбищ, подлежащих резервированию в целях удовлетворения нужд населения по выпасу сельскохозяйственных животных личного подворья</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z257" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7353300" cy="5562600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7353300" cy="5562600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Условные обозначения:</w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z258" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z259" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4559300" cy="4432300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4559300" cy="4432300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -40103,292 +41999,328 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:bookmarkStart w:name="z261" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема доступа к водоисточникам (озерам, рекам, прудам, копаням,</w:t>
-[...35 lines deleted...]
-        <w:t>указываются маршруты передвижения животных к водоисточникам</w:t>
+        <w:t xml:space="preserve"> Cхема доступа к водоисточникам (озерам, рекам, прудам, копаням, оросительным или обводнительным каналам, трубчатым или шахтным колодцам), составленная согласно норме потребления воды, на которой указываются маршруты передвижения животных к водоисточникам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z262" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7010400" cy="5308600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7010400" cy="5308600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Условные обозначения:</w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z264" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4267200" cy="3505200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4267200" cy="3505200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -40462,280 +42394,328 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="18"/>
+    <w:bookmarkStart w:name="z266" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cхема размещения поголовья сельскохозяйственных животных на отгонных</w:t>
-[...23 lines deleted...]
-        <w:t>для размещения сельскохозяйственных животных</w:t>
+        <w:t xml:space="preserve"> Cхема размещения поголовья сельскохозяйственных животных на отгонных пастбищах, на которой указываются границы и площади отгонных пастбищ для размещения сельскохозяйственных животных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z267" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6680200" cy="5778500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18"/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6680200" cy="5778500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Условные обозначения:</w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z268" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z269" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4813300" cy="2019300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19"/>
+                    <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4813300" cy="2019300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -40809,290 +42789,314 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пастбищами и их</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>использованию Кенжекольского</w:t>
+              <w:t>использованию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сельского округа</w:t>
+              <w:t>Кенжекольского сельского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на 2025 - 2029 годы</w:t>
+              <w:t>округа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на 2025-2029 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="19"/>
+    <w:bookmarkStart w:name="z271" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Проектное распределение (перераспределение) пастбищ между сельскими</w:t>
-[...47 lines deleted...]
-        <w:t>физических и юридических лиц, не обеспеченных пастбищами</w:t>
+        <w:t xml:space="preserve"> Проектное распределение (перераспределение) пастбищ между сельскими населенными пунктами, входящих в сельский округ, на котором указывается схема распределения (перераспределения) пастбищ между сельскими населенными пунктами сельского округа для поголовья сельскохозяйственных животных физических и юридических лиц, не обеспеченных пастбищами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z272" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6959600" cy="5524500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20"/>
+                    <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6959600" cy="5524500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Условные обозначения:</w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z273" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z274" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4940300" cy="2565400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21"/>
+                    <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4940300" cy="2565400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -41483,35 +43487,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>