--- v0 (2025-11-13)
+++ v1 (2026-01-15)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ea52f2f" w14:textId="ea52f2f">
+    <w:p w14:paraId="fe989a3" w14:textId="fe989a3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,93 +94,195 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил взаимоотношений местных бюджетов одного уровня друг с другом по совместному решению вопросов местного значения на территории агломерации, порядка составления и представления отчетности о реализации соглашения о совместном решении вопросов местного значения на территории агломерации и требований к содержанию соглашения о совместном решении вопросов местного значения на территории агломерации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 16 мая 2025 года № 29</w:t>
+        <w:t>Приказ Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 16 мая 2025 года № 29.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О развитии агломераций", ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О развитии агломераций" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -834,54 +937,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Взаимоотношения местных бюджетов одного уровня друг с другом по совместному решению вопросов местного значения на территории агломерации осуществляются на основании соглашения о совместном решении вопросов местного значения на территории агломерации по ходатайству акимов областей, городов республиканского значения, столицы, районов (городов районного значения) и допускаются на цели развития агломерации посредством строительства новых объектов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Ходатайство акимов областей, городов республиканского значения, столицы, районов (городов районного значения) направляется раз в год не позднее 1 апреля текущего года с учетом планируемых проектов на территории соответствующей агломерации.</w:t>
+      4. Ходатайство акимов областей, городов республиканского значения, столицы, районов (городов районного значения) направляется ежеквартально, до 25 числа месяца, следующего за отчетным кварталом с учетом планируемых проектов на территории соответствующей агломерации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Соглашение о совместном решении вопросов местного значения на территории агломерации заключается с учетом требований, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -894,114 +1059,300 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Изменения и/или дополнения в соглашение вносятся при необходимости один раз в год не позднее 1 октября текущего года.</w:t>
+      6. Изменения и/или дополнения в соглашение вносятся при необходимости ежеквартально, до 25 числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Инициатором совместного решения вопросов выступают местные исполнительные органы столицы, города республиканского значения и области, населенные пункты которой входят в агломерацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Инициатор направляет не позднее 1 мая текущего года проект соглашения о взаимоотношениях и обоснование необходимости совместного решения вопроса в адрес других местных исполнительных органов столицы, города республиканского значения и области, населенные пункты которых входят в агломерацию.</w:t>
+      8. Инициатор направляет проект соглашения о взаимоотношениях и обоснование необходимости совместного решения вопроса в адрес других местных исполнительных органов столицы, города республиканского значения и области, населенные пункты которых входят в агломерацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Проект соглашения о совместном решении вопросов местного значения на территории агломерации направляется на рассмотрение не позднее 1 мая текущего года центральному уполномоченному органу соответствующей отрасли, а также уполномоченному органу по развитию агломераций.</w:t>
+      9. Проект соглашения о совместном решении вопросов местного значения на территории агломерации направляется на рассмотрение центральному уполномоченному органу соответствующей отрасли, а также уполномоченному органу по развитию агломераций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Центральный уполномоченный орган соответствующей отрасли в течение 10 рабочих дней направляет письмо о согласовании либо замечания при их наличии с указанием обоснований.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1711,129 +2062,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение к Правилам </w:t>
+              <w:t>Приложение к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>взаимоотношений местных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бюджетов одного уровня друг с</w:t>
+              <w:t>бюджетов одного уровня друг</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>другом по совместному</w:t>
+              <w:t>с другом по совместному</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>решению вопросов местного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>значения на территории</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агломерации, порядку</w:t>
+              <w:t>агломерации, порядок</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>составления и представления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1867,146 +2218,521 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>значения на территории</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агломерации и требованиям к</w:t>
+              <w:t>агломерации и требования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>содержанию соглашения о</w:t>
+              <w:t>к содержанию соглашения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>совместном решении вопросов</w:t>
+              <w:t>о совместном решении вопросов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>местного значения на</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>территории агломерации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенная для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
-[...15 lines deleted...]
-      Форма</w:t>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в Министерство национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма административных данных размещена на интернет-ресурсе: https://www.gov.kz/memleket/entities/economy/activities/198?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: "Отчет о реализации соглашения о совместном решении вопросов местного значения на территории агломерации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе (краткое буквенно-цифровое выражение наименования формы): СР-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: ежегодно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: ____________20___года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: местные исполнительные органы (акиматы) областей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: до 25 декабря следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (ИИН)/Бизнес-идентификационный номер (БИН):</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7073900" cy="685800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7073900" cy="685800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Метод сбора: в электронном виде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Отчетность о реализации соглашения о совместном решении вопросов местного значения на территории агломерации</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+        <w:t xml:space="preserve"> Отчет о реализации соглашения о совместном решении вопросов местного значения на территории агломерации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение – в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2316,50 +3042,68 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость и мощность проектов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тыс.тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2636,79 +3380,620 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z62" w:id="55"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">                         фамилия, имя, отчество (при его наличии)       (подпись)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес электронной почты _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Исполнитель__________________________________________ _______________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   фамилия, имя и отчество (при его наличии)       подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       фамилия, имя и отчество (при его наличии)       подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место для печати (за исключением лиц, являющихся субъектами частного предпринимательства)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Форме, предназначенной для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сбора административных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данных "Отчет о реализации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>соглашения о совместном</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>решении вопросов местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значения на территории</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>агломерации"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных "Отчет о реализации соглашения о совместном решении вопросов местного значения на территории агломерации" Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных "Отчет о реализации соглашения о совместном решении вопросов местного значения на территории агломерации" (далее – Форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма подписывается руководителем, либо лицом, исполняющим его обязанности, с указанием его фамилии и инициалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Форма заполняется на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В графе 1 Формы указывается порядковый номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В графе 2 Формы указывается перечень мероприятий, реализованных в рамках соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В графе 3 Формы указывается стоимость и мощность проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В графе 4 Формы указывается сроки и место их реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В графе 5 Формы указывается информация о достигнутых результатах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В графе 6 Формы указывается информация о передаче объектов в коммунальную собственность местного исполнительного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аналогичная схема заполнения формы сохраняется при заполнении всех строк формы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2716,55 +4001,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3086,35 +4371,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>