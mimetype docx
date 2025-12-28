--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a0e5168" w14:textId="a0e5168">
+    <w:p w14:paraId="9df108b" w14:textId="9df108b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,91 +252,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 38969,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 38969,0 тысяч тенге, в том числе по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 4458,0 тысяч тенге;</w:t>
+      налоговым поступлениям – 4458,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 34511,0 тысяч тенге;</w:t>
+      поступлениям трансфертов – 34511,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) затраты – 42913,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
@@ -415,61 +415,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Наурзумского района Костанайской области от 04.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения маслихата Наурзумского района Костанайской области от 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 221</w:t>
+        <w:t>№ 246</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -504,63 +504,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -578,51 +577,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1004,209 +1003,215 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Кожа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции решения маслихата Наурзумского района Костанайской области от 04.09.2025 </w:t>
+      Сноска. Приложение 1 – в редакции решения маслихата Наурзумского района Костанайской области от 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 221</w:t>
+        <w:t>№ 246</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1152"/>
+        <w:gridCol w:w="1789"/>
+        <w:gridCol w:w="1153"/>
+        <w:gridCol w:w="253"/>
+        <w:gridCol w:w="3287"/>
+        <w:gridCol w:w="4666"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1222,110 +1227,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1341,142 +1360,163 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1492,179 +1532,207 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1674,2514 +1742,2773 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38969,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4458,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1358,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 840,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34511,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34511,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4207,173 +4534,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1259"/>
+        <w:gridCol w:w="811"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="3521"/>
+        <w:gridCol w:w="3287"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4389,110 +4722,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4508,142 +4855,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4659,179 +5027,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4841,3756 +5237,4162 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42913,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-30711,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32181,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-30711,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32181,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-30711,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32181,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-30711,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32181,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11669,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10198,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11669,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10198,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11669,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10198,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2830,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1760,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3658,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3266,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-5181,0</w:t>
+            <w:tcW w:w="3287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5172,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 533,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -3944,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8956,173 +9758,179 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Кожа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="3397"/>
+        <w:gridCol w:w="3171"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9138,110 +9946,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9257,142 +10079,163 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9408,179 +10251,207 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9590,2514 +10461,2773 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31982,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4812,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1412,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 874,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27170,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27170,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12131,120 +13261,127 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12260,110 +13397,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12379,142 +13530,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12530,179 +13702,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12712,3547 +13912,3932 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31982,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28392,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28392,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28392,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28392,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2390,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 643,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 557,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 557,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 557,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 557,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16618,173 +18203,179 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Кожа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="3397"/>
+        <w:gridCol w:w="3171"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16800,110 +18391,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16919,142 +18524,163 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17070,179 +18696,207 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17252,2514 +18906,2773 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32519,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5408,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3920,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3920,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1488,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 920,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27111,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27111,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19793,120 +21706,127 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19922,110 +21842,124 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20041,142 +21975,163 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20192,179 +22147,207 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20374,3547 +22357,3932 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32519,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28749,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28749,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28749,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28749,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3185,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3185,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3185,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2510,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 675,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 585,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 585,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 585,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 585,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23976,55 +26344,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>