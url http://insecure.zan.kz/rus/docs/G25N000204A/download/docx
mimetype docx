--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae72134" w14:textId="ae72134">
+    <w:p w14:paraId="baaf811" w14:textId="baaf811">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним образованием на 2025-2026 учебный год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Костанайской области от 22 июля 2025 года № 204</w:t>
+        <w:t>Постановление акимата Костанайской области от 22 июля 2025 года № 204.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 8-3) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -835,50 +835,88 @@
               </w:rPr>
               <w:t>№ 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Государственный образовательный заказ на подготовку кадров с техническим и профессиональным образованием на 2025-2026 учебный год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции постановления акимата Костанайской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1005,51 +1043,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя стоимость расходов на одного обучающегося за учебный год (тенге)</w:t>
+Средняя стоимость расходов на 1 обучающегося за учебный год (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1234,51 +1272,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295</w:t>
+269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1419,51 +1457,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-225</w:t>
+227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1567,88 +1605,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-225</w:t>
+              <w:t xml:space="preserve">
+01140500 Физическая культура и спорт </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1974,51 +2012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2122,88 +2160,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-125</w:t>
+              <w:t xml:space="preserve">
+01140800 Профессиональное обучение (по отраслям) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2529,51 +2567,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2714,51 +2752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
+33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2862,52 +2900,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-02150200 Теория музыки</w:t>
+              <w:t xml:space="preserve">
+02150200 Теория музыки </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3084,51 +3122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3232,88 +3270,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-10</w:t>
+              <w:t xml:space="preserve">
+02150400 Хоровое дирижирование </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3417,88 +3455,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-25</w:t>
+              <w:t xml:space="preserve">
+02150900 Социально-культурная деятельность (по видам) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3639,51 +3677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
+79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4009,51 +4047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-484</w:t>
+503</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4194,51 +4232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
+92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4379,51 +4417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4564,51 +4602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85</w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4749,51 +4787,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4934,51 +4972,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
+68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5119,51 +5157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5304,51 +5342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5489,51 +5527,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-275</w:t>
+273</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5637,88 +5675,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-90</w:t>
+              <w:t xml:space="preserve">
+07130100 Электрооборудование (по видам и отраслям) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5859,51 +5897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-135</w:t>
+137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6007,52 +6045,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-07130400 Теплотехническое оборудование и системы теплоснабжения (по видам)</w:t>
+              <w:t xml:space="preserve">
+07130400 Теплотехническое оборудование и системы теплоснабжения (по видам) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6192,88 +6230,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-247</w:t>
+              <w:t xml:space="preserve">
+07130700 Техническое обслуживание, ремонт и эксплуатация электромеханического оборудования (по видам и отраслям) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6414,51 +6452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6784,51 +6822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6932,88 +6970,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-25</w:t>
+              <w:t xml:space="preserve">
+07140700 Автоматика, телемеханика и управление движением на железнодорожном транспорте </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7302,88 +7340,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-145</w:t>
+              <w:t xml:space="preserve">
+07150100 Технология машиностроения (по видам) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+174</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7524,51 +7562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65</w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7709,51 +7747,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-265</w:t>
+244</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8079,51 +8117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8264,51 +8302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8412,52 +8450,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-07151300 Металлургия черных металлов</w:t>
+              <w:t xml:space="preserve">
+07151300 Металлургия черных металлов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8819,51 +8857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-380</w:t>
+331</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9189,51 +9227,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-357</w:t>
+320</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9559,51 +9597,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
+45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9893,159 +9931,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07221400 Мебельное производство</w:t>
-[...107 lines deleted...]
-336 072</w:t>
+07230100 Швейное производство и моделирование одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+216 719</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+442 799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10078,159 +10116,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07230100 Швейное производство и моделирование одежды</w:t>
-[...107 lines deleted...]
-442 799</w:t>
+07240300 Открытая разработка месторождений полезных ископаемых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10263,87 +10301,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240300 Открытая разработка месторождений полезных ископаемых</w:t>
-[...35 lines deleted...]
-112</w:t>
+07240500 Обогащение полезных ископаемых (рудообогащение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10447,88 +10485,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-55</w:t>
+              <w:t xml:space="preserve">
+07310100 Архитектура </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10633,87 +10671,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310100 Архитектура</w:t>
-[...35 lines deleted...]
-25</w:t>
+07310300 Землеустройство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10817,160 +10855,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...108 lines deleted...]
-336 072</w:t>
+              <w:t xml:space="preserve">
+07320100 Строительство и эксплуатация зданий и сооружений </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198 240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+404 975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11002,160 +11040,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...108 lines deleted...]
-404 975</w:t>
+              <w:t xml:space="preserve">
+07320700 Строительство и эксплуатация автомобильных дорог и аэродромов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11187,88 +11225,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-75</w:t>
+              <w:t xml:space="preserve">
+07321200 Монтаж и эксплуатация оборудования и систем газоснабжения </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11373,159 +11411,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07321200 Монтаж и эксплуатация оборудования и систем газоснабжения</w:t>
-[...107 lines deleted...]
-336 072</w:t>
+07880100 Стандартизация, метрология и сертификация (по отраслям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+147 181</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11558,159 +11596,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07880100 Стандартизация, метрология и сертификация (по отраслям)</w:t>
-[...107 lines deleted...]
-300 123</w:t>
+08110100 Агрономия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157 573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+321 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11743,159 +11781,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08110100 Агрономия</w:t>
-[...107 lines deleted...]
-321 193</w:t>
+08210100 Лесное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 803</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305 653</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11928,159 +11966,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08210100 Лесное хозяйство</w:t>
-[...107 lines deleted...]
-305 653</w:t>
+08410100 Ветеринария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157 573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+321 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12112,160 +12150,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...108 lines deleted...]
-321 193</w:t>
+              <w:t xml:space="preserve">
+09120100 Лечебное дело </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+857 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+977 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12297,88 +12335,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-160</w:t>
+              <w:t xml:space="preserve">
+09130100 Сестринское дело </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+244</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12482,88 +12520,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-250</w:t>
+              <w:t xml:space="preserve">
+09130200 Акушерское дело </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12668,159 +12706,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09130200 Акушерское дело</w:t>
-[...107 lines deleted...]
-977 000</w:t>
+10120100 Парикмахерское искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12853,159 +12891,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10120100 Парикмахерское искусство</w:t>
-[...107 lines deleted...]
-336 072</w:t>
+10130100 Гостиничный бизнес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 803</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305 653</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13038,87 +13076,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10130100 Гостиничный бизнес</w:t>
-[...35 lines deleted...]
-25</w:t>
+10130200 Организация обслуживания в сфере питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13223,159 +13261,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10130200 Организация обслуживания в сфере питания</w:t>
-[...107 lines deleted...]
-305 653</w:t>
+10130300 Организация питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+419</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171 990</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+351 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13407,160 +13445,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...108 lines deleted...]
-351 612</w:t>
+              <w:t xml:space="preserve">
+10410200 Организация перевозок и управление движением на железнодорожном транспорте </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13593,87 +13631,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10410200 Организация перевозок и управление движением на железнодорожном транспорте</w:t>
-[...35 lines deleted...]
-70</w:t>
+10410300 Организация перевозок и управление движением на автомобильном транспорте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13712,235 +13750,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...183 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13964,51 +13817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6734</w:t>
+6440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14391,54 +14244,101 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z25" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Государственный образовательный заказ на подготовку кадров с послесредним образованием на 2025-2026 учебный год</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Государственный образовательный заказ на подготовку кадров с послесредним образованием на 2025-2026 учебный год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 в редакции постановления акимата Костанайской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14565,51 +14465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средняя стоимость расходов на одного обучающегося за учебный год (тенге)</w:t>
+Средние расходы на 1 обучающегося за учебный год (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -14794,51 +14694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14979,51 +14879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15164,51 +15064,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15349,51 +15249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15499,51 +15399,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210</w:t>
+281</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15569,50 +15469,57 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -15639,55 +15546,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>