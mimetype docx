--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="baaf811" w14:textId="baaf811">
+    <w:p w14:paraId="8906455" w14:textId="8906455">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -817,104 +817,102 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Государственный образовательный заказ на подготовку кадров с техническим и профессиональным образованием на 2025-2026 учебный год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции постановления акимата Костанайской области от 04.12.2025 </w:t>
+      Сноска. Приложение 1 в редакции постановления акимата Костанайской области от 06.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования и распространяется на отношения, возникшие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -1344,51 +1342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300 123</w:t>
+304 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1529,51 +1527,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300 123</w:t>
+304 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1714,51 +1712,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300 123</w:t>
+304 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1899,51 +1897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300 123</w:t>
+304 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2084,51 +2082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300 123</w:t>
+304 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2269,51 +2267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2454,51 +2452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2639,51 +2637,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2824,51 +2822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-811 081</w:t>
+815 801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3009,51 +3007,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-847 030</w:t>
+853 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3194,51 +3192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-847 030</w:t>
+853 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3379,51 +3377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-847 030</w:t>
+853 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3564,51 +3562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-847 030</w:t>
+853 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3749,51 +3747,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-847 030</w:t>
+853 284</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3934,51 +3932,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300 123</w:t>
+304 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4119,51 +4117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-321 193</w:t>
+326 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4304,51 +4302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4489,51 +4487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4674,51 +4672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4859,51 +4857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5044,51 +5042,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5229,51 +5227,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-321 193</w:t>
+326 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5414,51 +5412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5599,51 +5597,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5784,51 +5782,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5969,51 +5967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-351 612</w:t>
+357 866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6154,51 +6152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6339,51 +6337,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-351 612</w:t>
+357 866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6524,51 +6522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6709,51 +6707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6894,51 +6892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7079,51 +7077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7264,51 +7262,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7449,51 +7447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7634,51 +7632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7819,51 +7817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-351 612</w:t>
+357 866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8004,51 +8002,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8189,51 +8187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8374,51 +8372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8559,51 +8557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8744,51 +8742,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8929,51 +8927,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-351 612</w:t>
+357 866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9114,51 +9112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9299,51 +9297,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-351 612</w:t>
+357 866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9484,51 +9482,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9669,51 +9667,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9854,51 +9852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10039,51 +10037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-442 799</w:t>
+450 469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10224,51 +10222,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10409,51 +10407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10594,51 +10592,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10779,51 +10777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10964,51 +10962,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-404 975</w:t>
+411 937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11149,51 +11147,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11334,51 +11332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11519,51 +11517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300 123</w:t>
+304 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11704,51 +11702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-321 193</w:t>
+326 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11889,51 +11887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12074,51 +12072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-321 193</w:t>
+326 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12259,51 +12257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-977 000</w:t>
+1 075 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12444,51 +12442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-977 000</w:t>
+1 075 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12629,51 +12627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-977 000</w:t>
+1 075 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12814,51 +12812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12999,51 +12997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13184,51 +13182,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13369,51 +13367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-351 612</w:t>
+357 866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13554,51 +13552,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13739,51 +13737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-336 072</w:t>
+342 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14230,219 +14228,207 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="10"/>
+    <w:bookmarkStart w:name="z34" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>Государственный образовательный заказ на подготовку кадров с послесредним образованием на 2025-2026 учебный год</w:t>
+        <w:t xml:space="preserve"> Государственный образовательный заказ на подготовку кадров с послесредним образованием на 2025-2026 учебный год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 в редакции постановления акимата Костанайской области от 04.12.2025 </w:t>
+      Сноска. Приложение 2 в редакции постановления акимата Костанайской области от 06.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования и распространяется на отношения, возникшие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...36 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование специальностей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14476,86 +14462,143 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средние расходы на 1 обучающегося за учебный год (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...34 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14766,51 +14809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300 123</w:t>
+304 843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14951,51 +14994,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15136,51 +15179,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305 653</w:t>
+310 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15321,51 +15364,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-977 000</w:t>
+1 075 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15475,57 +15518,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>