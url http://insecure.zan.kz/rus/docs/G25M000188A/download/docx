--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2380720" w14:textId="2380720">
+    <w:p w14:paraId="b07ae0f" w14:textId="b07ae0f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении регламента аппарата акима Мангистауской области</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Мангистауской области от 5 сентября 2025 года № 188</w:t>
+        <w:t>Постановление акимата Мангистауской области от 5 сентября 2025 года № 188.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан, Законами Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", "О противодействии терроризму" акимат Мангистауской области ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -13193,994 +13193,1166 @@
         <w:t>
       250. В целях соблюдения трудовой дисциплины сотрудниками Аппарата, ведется контроль с помощью магнитных карт, фиксируемых контрольно-пропускным пунктом (турникетом).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="638"/>
     <w:bookmarkStart w:name="z643" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251.. СУП (кадровая служба) ежемесячно к первому (1) числу следующего за отчетным месяцем предоставляет руководству Аппарата информацию о состоянии трудовой дисциплины.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z644" w:id="640"/>
+    <w:bookmarkStart w:name="z651" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252. Для организации учета фактически отработанного времени ведҰтся табель учета рабочего времени, который составляется в двух экземпляре, подписывается руководителем СУП (кадровая служба), далее утверждается руководителем аппарата акима области и передается в отдел финансов и бухгалтерского учета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z645" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 252 внесено изменение на казахском языке, текст на русском языке не меняется, постановлением акимата Мангистауской области от 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 219 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253. Для выполнения неотложной и заранее не предвиденной работы, от срочности которой зависит в дальнейшем нормальная и бесперебойная работа Аппарата в целом (или его отдельных подразделений), в порядке, предусмотренном действующим законодательством, могут быть привлечены отдельные сотрудники Аппарата вне режима рабочего времени.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В данных случаях по разрешению руководства Аппарата, сотрудникам предоставляется дежурный автотранспорт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 253 внесено изменение на казахском языке, текст на русском языке не меняется, постановлением акимата Мангистауской области от 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 219 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      254. Запрещается входить в здание государственного учреждения "Аппарат акима Мангистауской области":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - с огнестрельным или холодным оружием, боеприпасами к ним и специальными средствами (газовое, пневматическое оружие, электрошоковые устройства, бронежилеты и т.п.) за ислючением сотрудников Государственной фельдъегерской службы Республики Казахстан и Управления службы охраны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - проносить взрывчатые вещества, горючие и легко воспламеняющие жидкости и материалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - проносить и использовать внутри здания сотовые телефоны, планшеты, смарт-часы и ноутбуки, оснащенные интернет модулями и фото – видеокамерами за исключением сотрудников государственных органов, аппарата акима Мангистауской области, Коммунального государственного учреждения "Управление делами акимата Мангистауской области" и акимов города и районов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 254 внесено изменение на казахском языке, текст на русском языке не меняется, постановлением акимата Мангистауской области от 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 219 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  22. Кадровое обеспечение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z652" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      255. Организация работы отделов обеспечивается непосредственно их руководителями.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z646" w:id="642"/>
-[...15 lines deleted...]
-      В данных случаях по разрешению руководства Аппарата, сотрудникам предоставляется дежурный автотранспорт.</w:t>
+    <w:bookmarkStart w:name="z653" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      256. Положения об отделах, которыми определяются их задачи и функции, разрабатываются руководителями отделов, согласовываются с единой юридической службой и утверждаются приказом руководителя Аппарата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z647" w:id="643"/>
-[...15 lines deleted...]
-      254. Запрещается входить в здание государственного учреждения "Аппарат акима Мангистауской области":</w:t>
+    <w:bookmarkStart w:name="z654" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      257. Должностные инструкции, которыми определяются должностные полномочия руководителей и сотрудников Аппарата, разрабатываются руководителями отделов, согласовываются со службой управления персоналом (кадровой службой) и утверждаются приказом руководителя Аппарата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z648" w:id="644"/>
-[...15 lines deleted...]
-      - с огнестрельным или холодным оружием, боеприпасами к ним и специальными средствами (газовое, пневматическое оружие, электрошоковые устройства, бронежилеты и т.п.) за ислючением сотрудников Государственной фельдъегерской службы Республики Казахстан и Управления службы охраны;</w:t>
+    <w:bookmarkStart w:name="z655" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      258. Характеристики заместителей акима области, руководителя аппарата, акимов городов Актау, Жанаозен и районов подписываются акимом области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z649" w:id="645"/>
-[...15 lines deleted...]
-      - проносить взрывчатые вещества, горючие и легко воспламеняющие жидкости и материалы;</w:t>
+    <w:bookmarkStart w:name="z656" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Характеристики руководителей областных управлений подписываются заместителями акима области по курируемым вопросам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z650" w:id="646"/>
-[...15 lines deleted...]
-      - проносить и использовать внутри здания сотовые телефоны, планшеты, смарт-часы и ноутбуки, оснащенные интернет модулями и фото – видеокамерами за исключением сотрудников государственных органов, аппарата акима Мангистауской области, Коммунального государственного учреждения "Управление делами акимата Мангистауской области" и акимов города и районов.</w:t>
+    <w:bookmarkStart w:name="z657" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      259. Справки о подтверждении работы акима области, его заместителей, руководителя аппарата и сотрудников Аппарата подписываются руководством Аппарата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z651" w:id="647"/>
+    <w:bookmarkStart w:name="z658" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 22. Кадровое обеспечение</w:t>
+        <w:t xml:space="preserve"> 23. Оценка деятельности административных государственных служащих</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z652" w:id="648"/>
-[...15 lines deleted...]
-      255. Организация работы отделов обеспечивается непосредственно их руководителями.</w:t>
+    <w:bookmarkStart w:name="z659" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      260. Оценка деятельности административных государственных служащих осуществляется в соответствии с Типовой методикой оценки деятельности административных государственных служащих корпуса "Б", утвержденными приказом уполномоченного органа по вопросам государственной службы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z653" w:id="649"/>
-[...15 lines deleted...]
-      256. Положения об отделах, которыми определяются их задачи и функции, разрабатываются руководителями отделов, согласовываются с единой юридической службой и утверждаются приказом руководителя Аппарата.</w:t>
+    <w:bookmarkStart w:name="z660" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      261. В целях осуществления контроля достижения ключевых целевых индикаторов (далее – КЦИ) руководителями областных управлений, предусмотренных индивидуальным планом работы, непосредственным руководителем (заместителем акима области) осуществляется ежеквартальный мониторинг достижения установленных КЦИ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z654" w:id="650"/>
-[...15 lines deleted...]
-      257. Должностные инструкции, которыми определяются должностные полномочия руководителей и сотрудников Аппарата, разрабатываются руководителями отделов, согласовываются со службой управления персоналом (кадровой службой) и утверждаются приказом руководителя Аппарата.</w:t>
+    <w:bookmarkStart w:name="z661" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      262. Для проведения оценки деятельности руководителя аппарата акима области структурными подразделениями в службу управления персоналом направляются материалы необходимые для проведения оценки, в целях последующего формирования и обобщения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z655" w:id="651"/>
-[...15 lines deleted...]
-      258. Характеристики заместителей акима области, руководителя аппарата, акимов городов Актау, Жанаозен и районов подписываются акимом области.</w:t>
+    <w:bookmarkStart w:name="z662" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      263. При проведении оценки деятельности административных государственных служащих наличие служебной записки от непосредственного руководителя, касающейся исполнения должностных обязанностей, является основанием для снижения итоговой оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z656" w:id="652"/>
-[...15 lines deleted...]
-      Характеристики руководителей областных управлений подписываются заместителями акима области по курируемым вопросам.</w:t>
+    <w:bookmarkStart w:name="z663" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Управление информационными технологиями</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z657" w:id="653"/>
-[...15 lines deleted...]
-      259. Справки о подтверждении работы акима области, его заместителей, руководителя аппарата и сотрудников Аппарата подписываются руководством Аппарата.</w:t>
+    <w:bookmarkStart w:name="z664" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      264. Реализация государственной политики и государственное регулирование общественных отношений в сфере информатизации осуществляются согласно Законам Республики Казахстан "Об информатизации", "О доступе к информации" и обеспечивается ОРЦиМГУ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z658" w:id="654"/>
+    <w:bookmarkStart w:name="z665" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - осуществляет координацию мероприятий по созданию и внедрению информационных систем Аппарата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z666" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - обеспечивает информационную безопасность Аппарата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z667" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - осуществляет подключение заседаний, совещаний, встреч с участием акима по видеоконференцсвязи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z668" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - осуществляет мониторинг уровня открытости и доступности интернет-ресурса Аппарата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z669" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - оценка эффективности деятельности местных исполнительных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z670" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - на еженедельной основе проводит мониторинг за сроками реализации проектов, внесенных в систему "Битрикс-24";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z671" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - координирует работы акиматов города и районов, областных управлений по вопросам обеспечения доступа к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z672" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 23. Оценка деятельности административных государственных служащих</w:t>
-[...137 lines deleted...]
-      - осуществляет координацию мероприятий по созданию и внедрению информационных систем Аппарата;</w:t>
+        <w:t xml:space="preserve"> 25. Финансовое обеспечение</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z666" w:id="662"/>
-[...15 lines deleted...]
-      - обеспечивает информационную безопасность Аппарата;</w:t>
+    <w:bookmarkStart w:name="z673" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      265. Финансирование Аппарата осуществляется за счет средств республиканского и местного бюджетов. Финансовая деятельность регламентируется Бюджетным кодексом Республики Казахстан, нормативными правовыми актами по бухгалтерскому учету и финансовой отчетности, положением об отделе финансов и бухгалтерского учета и иными нормативными актами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z667" w:id="663"/>
-[...15 lines deleted...]
-      - осуществляет подключение заседаний, совещаний, встреч с участием акима по видеоконференцсвязи;</w:t>
+    <w:bookmarkStart w:name="z674" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      266. Основной задачей отделе финансов и бухгалтерского учета является представление полной и достоверной информации о финансовом положении, результатах деятельности и изменениях в финансовом положении Аппарата:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z668" w:id="664"/>
-[...15 lines deleted...]
-      - осуществляет мониторинг уровня открытости и доступности интернет-ресурса Аппарата;</w:t>
+    <w:bookmarkStart w:name="z675" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) планирование бюджета на основе нормативных правовых актов и других документов, разработка и исполнение бюджета исходя из необходимости достижения наилучшего прямого и конечного результата с использованием утвержденного объема бюджетных средств или достижения прямого и конечного результата с использованием меньшего объема бюджетных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z669" w:id="665"/>
-[...15 lines deleted...]
-      - оценка эффективности деятельности местных исполнительных органов;</w:t>
+    <w:bookmarkStart w:name="z676" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение контроля и отражение на счетах бухгалтерского учета всех осуществляемых хозяйственных операций, предоставление оперативной информации, составление в установленные сроки финансовой отчетности, оптимального и эффективного расходования денег, используемых для государственных закупок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z670" w:id="666"/>
-[...137 lines deleted...]
-    <w:bookmarkStart w:name="z677" w:id="673"/>
+    <w:bookmarkStart w:name="z677" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) принятие обязательств в пределах выданных разрешений в соответствии с планом финансирования по обязательствам, контроль за ходом исполнения плана финансирования, состоянием расчетов с организациями, государственными учреждениями и лицами, обеспечение сохранности денежных средств и материальных ценностей, своевременное проведение расчетов, возникающих в процессе исполнения утвержденного индивидуального плана финансирования с предприятиями, учреждениями, осуществление работы по взаимодействию с органами казначейства. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z678" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      267. Учет материальных ценностей осуществляется посредством ведения книг учета материалов, основных средств и малоценного инвентаря, проведения инвентаризации материальных ценностей и своевременного и правильного определения еҰ результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z679" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      268. Осуществляется начисление заработной платы, ведение лицевых счетов сотрудников по удержанию подоходного налога, карточек учета взносов в накопительные пенсионные фонды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z680" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Ответственность за соблюдение Регламента работы Аппарата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z681" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      269. За нарушение пунктов настоящего Регламента несут ответственность заместители акима области, руководитель Аппарата и его заместители, акимы районов и городов Актау, Жанаоезн, первые руководители исполнительных органов, сотрудники Аппарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z682" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      270. За неисполнение и ненадлежащее исполнение сотрудником Аппарата возложенных на него должностных обязанностей, превышение должностных полномочий, нарушение служебной дисциплины и служебной этики, а равно несоблюдение установленных законами Республики Казахстан ограничений, связанных с пребыванием на государственной службе, на сотрудника Аппарата в соответствии с законодательством о государственной службе могут налагаться следующие дисциплинарные взыскания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z683" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) замечание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z684" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выговор;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z678" w:id="674"/>
-[...15 lines deleted...]
-      267. Учет материальных ценностей осуществляется посредством ведения книг учета материалов, основных средств и малоценного инвентаря, проведения инвентаризации материальных ценностей и своевременного и правильного определения еҰ результатов.</w:t>
+    <w:bookmarkStart w:name="z685" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) строгий выговор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z679" w:id="675"/>
-[...15 lines deleted...]
-      268. Осуществляется начисление заработной платы, ведение лицевых счетов сотрудников по удержанию подоходного налога, карточек учета взносов в накопительные пенсионные фонды.</w:t>
+    <w:bookmarkStart w:name="z686" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предупреждение о неполном служебном соответствии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z680" w:id="676"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 26. Ответственность за соблюдение Регламента работы Аппарата</w:t>
+    <w:bookmarkStart w:name="z687" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) понижение в должности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z681" w:id="677"/>
-[...15 lines deleted...]
-      269. За нарушение пунктов настоящего Регламента несут ответственность заместители акима области, руководитель Аппарата и его заместители, акимы районов и городов Актау, Жанаоезн, первые руководители исполнительных органов, сотрудники Аппарата.</w:t>
+    <w:bookmarkStart w:name="z688" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) увольнение с занимаемой должности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z682" w:id="678"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>