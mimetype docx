--- v0 (2025-11-09)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bcf4292" w14:textId="bcf4292">
+    <w:p w14:paraId="3030e90" w14:textId="3030e90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об установлении публичного сервитута на земельные участки для проведения операций по разведке твердых полезных ископаемых товариществом с ограниченной ответственностью "Copper Union Group"</w:t>
+        <w:t>Об установлении публичного сервитута на земельные участки для проведения операций по разведке твердых полезных ископаемых товариществом с ограниченной ответственностью "COPPER MINING INDUSTRY"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Осакаровского района Карагандинской области от 30 сентября 2025 года № 89/03</w:t>
+        <w:t>Постановление акимата Осакаровского района Карагандинской области от 30 сентября 2025 года № 89/03.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок постановления- в редакции постановления акимата Осакаровского района Карагандинской области от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112/03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -212,94 +250,218 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 31 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" акимат Осакаровского района ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Установить публичный сервитут на земельные участки общей площадью 863,078 гектаров, расположенные на территории сельского округа Жансары Осакаровского района без изъятия земельных участков сроком до 06 декабря 2028 года для проведения операций по разведке твердых полезных ископаемых товариществом с ограниченной ответственность "Copper Union Group", согласно </w:t>
+      1. Установить публичный сервитут на земельные участки общей площадью 863,078 гектаров, расположенные на территории сельского округа Жансары Осакаровского района без изъятия земельных участков сроком до 06 декабря 2028 года для проведения операций по разведке твердых полезных ископаемых товариществом с ограниченной ответственностью "COPPER MINING INDUSTRY", согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции постановления акимата Осакаровского района Карагандинской области от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112/03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Товариществу с ограниченной ответственностью "Copper Union Group" (по согласованию) необходимо возместить убытки собственникам земельных участков и землепользователям в полном объеме. Размер убытков и порядок их компенсации определить соглашением сторон в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      2. Товариществу с ограниченной ответственностью "COPPER MINING INDUSTRY" (по согласованию) необходимо возместить убытки собственникам земельных участков и землепользователям в полном объеме. Размер убытков и порядок их компенсации определить соглашением сторон в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции постановления акимата Осакаровского района Карагандинской области от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112/03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Государственному учреждению "Отдел земельных отношений Осакаровского района" в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1625,55 +1787,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>