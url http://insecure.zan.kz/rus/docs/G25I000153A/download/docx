--- v0 (2025-12-25)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8f036d0" w14:textId="8f036d0">
+    <w:p w14:paraId="6e069c9" w14:textId="6e069c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>Об утверждении положений государственных учреждений области Жетісу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата области Жетісу от 16 мая 2025 года № 153.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z7" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со статьями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6651,3918 +6644,3536 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 3 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 в редакции постановления акимата области Жетісу от 19.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z313" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Положение государственного учреждения "Управление образования области Жетісу"</w:t>
+        <w:t xml:space="preserve"> Положение государственного учреждения "Управление образования области Жетісу" Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z314" w:id="302"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z315" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Государственное учреждение "Управление образования области Жетісу" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере дошкольного обучения и воспитания, дополнительного образования, начального, основного среднего и общего среднего образования, технического и профессионального, послесреднего образования, переподготовки кадров и повышения квалификации работников образования, является государственным органом, осуществляющим функции государственного управления в сфере защиты прав детей, а также функций государства по опеке и попечительству в отношении несовершеннолетних на территории области Жетісу. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z316" w:id="304"/>
+      1. Государственное учреждение "Управление образования области Жетісу" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере дошкольного обучения и воспитания, дополнительного образования, начального, основного и общего среднего образования, технического и профессионального, послесреднего образования, переподготовки кадров и повышения квалификации работников образования, является государственным органом, осуществляющим функции государственного управления в сфере защиты прав детей, а также функций государства по опеке и попечительству в отношении несовершеннолетних на территории области Жетісу. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z317" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z319" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штамп со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z320" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z321" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z323" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Структура и лимит штатной численности учреждения утверждаются в соответствии с законодательством Республика Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Кабанбай батыра, 26. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z324" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z325" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии законодательством Республики Казахстан. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z326" w:id="314"/>
+      11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z327" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установленно законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z328" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z329" w:id="317"/>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия управления</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Задачи: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z330" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечение конституционного права граждан на образование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z331" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление единой государственной политики в области дошкольного обучения и воспитания, дополнительного образования, начального, основного среднего и общего среднего образования, технического и профессионального, послесреднего образования с учетом региональных, демографических и других особенностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z332" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) государственное обеспечение функционирования системы образования в области и ее социальная защита в соответствии с изменяющимися потребностями общества и новыми социально-экономическими условиями его развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z333" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечение социальной защиты детей, учащейся молодежи и работников образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z334" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечение реализации Конституции Республики Казахстан, Конвенции о правах ребенка, Кодекса Республики Казахстан "О браке (супружестве) и семье", Законов Республики Казахстан "Об образовании", "О правах ребенка в Республике Казахстан" и иных законодательных и нормативных правовых актов по вопросам защиты прав и законных интересов детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z335" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление совместно с районными (городскими) отделами образования государственного обеспечения детей-сирот, детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z336" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) контроль за деятельностью районных (городских) отделов образования по решению вопросов трудоустройства и профессионального образования выпускников общеобразовательной средней школы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z337" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) проведение кадровой политики в области образования: организация переподготовки кадров и повышения квалификации педагогических работников в условиях рыночных отношений и реформирования среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z338" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) расширение сферы совместной деятельности органов образования области с общественностью, средствами массовой информации, другими органами государственного и местного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z339" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Полномочия: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z342" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Права:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       совместно с управлением координации занятости и социальных программ, всеми заинтересованными предприятиями и организациями разрабатывает и реализует региональную программу профессионального образования молодежи и высвободившегося населения с учетом их потребности.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        разрабатывает предложения по установлению дополнительных льгот, видов и норм материального обеспечения учащихся, воспитанников и педагогических работников, а также об изменении социально гарантированных нормативов на содержание учащихся и ставит их перед акиматом области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z343" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        разрабатывает и представляет на рассмотрение областного акимата предложения по сохранению и развитию материально-технической базы организаций образования. Планирует и размещает заявки по строительству, реконструкции, капитальному ремонту образовательных организаций. Вносит предложения в акимат по организации строительства и проектированию новых объектов системы образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z345" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       совместно с управлением экономики и бюджетного планирования разрабатывает социально- гарантированные нормативы содержания детей и учащихся в общеобразовательных организациях всех типов с учетом местных особенностей и доводит до сведения районных и городских отделов образования. Вносит в местные исполнительные органы предложения по проекту бюджета образования. Анализирует финансовое обеспечение региональной системы образования. Разрабатывает и вносит в Министерство просвещения Республики Казахстан, акимат области предложения по вопросам финансирования целевых программ в сфере образования, а также объектов республиканского значения на территории области. Совершенствует экономический механизм в региональной системе образования;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        разрабатывает и создает новые информационные образовательные системы в области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z346" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        развивает и совершенствует систему государственного управления образованием. На основе диагностики, анализа и прогноза вносит предложения по формированию структуры управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z347" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносит предложения в акимат области по созданию, реорганизации, переименованию и ликвидации государственных учреждений и предприятий, находящихся в ведении Управление и утверждает их Уставов и Положения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z348" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном порядке от исполнительных органов области, а также организаций, учреждений и предприятий независимо от форм собственности документы, информации, справочные и иные материалы, необходимые для осуществления функций, возложенных на Управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z349" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять пользование имуществом, находящимся на праве оперативного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z350" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и проводить в установленном порядке конференции, семинары, совещания и встречи по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z351" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заверять копии представленных документов, используемых для внутреннего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z352" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить информационно-разъяснительные работы по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z353" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       взаимодействовать в пределах компетенции с должностными лицами, общественными организациями по вопросам входящих в компетенцию Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z354" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договоры, соглашения в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z355" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать у государственных органов, ведающих вопросами образования, в организациях образования, учебных курсов различных организаций, осуществляющих подготовку, переподготовку и повышение квалификации специалистов, сведения о трудоустройстве выпускников, информацию о профессиях (специальностях), по которым ведҰтся обучение, количестве подготовленных и планируемых к подготовке специалистов по конкретным профессиям (специальностям).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z359" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет научно-методическое, психолого- медико-педагогическое обеспечение проводимых в области экспериментов, касающихся обучения, воспитания, охраны жизни и здоровья учащихся. В помощь районного и городского отделами образования и общеобразовательным организациям области создает психолого-медико-педагогические, социологические, юридические, диагностические центры (временные, постоянные, бюджетные, внебюджетные), организует в области экспериментальные площадки на базе школ для проведения образовательных новаций, новых технологий обучения и воспитания. Проводит комплексную экспертизу нововведений, экспериментальную апробацию новых учебных планов и образовательных программ, педагогических и управленческих новаций, рекомендует их к внедрению. Вносит предложения в Министерство образования и науки Республики Казахстан по разработке нового программно-методического обеспечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучает обеспеченность педагогическими и руководящими кадрами образовательных организаций области и осуществляет прогнозирование их потребности в подготовке новых специалистов. Совместно с высшими учебными заведениями, колледжами, организациями, занимающимися переподготовкой и повышением квалификации кадров создает и совершенствует кадровый состав системы образования в области. Проводит аттестацию руководителей организации образования и педагогических кадров, осуществляет контроль за соблюдением правил проведения аттестации органами и организациями образования области;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает приобретение и доставку учебников и учебно-методических комплексов организациям образования в пределах своей компетенции. Готовит план-заказ в Министерство просвещения Республики Казахстан на их издание и переиздание. Осуществляет контроль за обеспечением районными и городскими отделами образования учебниками и учебно-методических комплексами организации образования, реализующие общеобразовательные учебные программы предшкольной подготовки, начального, основного среднего и общего среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z360" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заслушивать на заседаниях коллегии Управления, региональных комиссии отчеты руководителей организаций, предприятий и учреждений, независимо от форм собственности, по вопросам, относящимся к компетенции Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z361" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       участвовать в работе комиссий и рабочих групп по обсуждению вопросов, входящих в компетенцию Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z362" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        давать разъяснения по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z363" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять интересы Управления в государственных органах, суде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z364" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности в пределах полномочий, предусмотренных законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z365" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Функции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-[...1180 lines deleted...]
-    <w:bookmarkStart w:name="z425" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализуют государственную политику в области образования на территории соответствующей области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) назначают на должности и освобождают от должностей первых руководителей отделов образования районов области, городов областного значения по согласованию с местным исполнительным органом района, города областного значения и уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) назначают на должности и освобождают от должностей руководителей подведомственных государственных организаций образования в порядке, определенном законодательством Республики Казахстан, а также уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выполняют функции администрирования и финансирования отделов образования районов области, городов областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивают предоставление технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечивают обучение детей по специальным учебным программам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечивают обучение одаренных детей в специализированных организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организуют и ответственны за предоставление дошкольного воспитания и обучения, начального, основного среднего, общего среднего, а также дополнительного образования на территории области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) организуют заказ и обеспечивают организации образования, реализующие общеобразовательные учебные программы основного среднего, общего среднего образования и образовательные программы специального, специализированного, дополнительного образования, технического и профессионального, послесреднего образования, бланками документов государственного образца об образовании и осуществляют контроль за их использованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) вносят в местный исполнительный орган области предложения о создании, реорганизации и ликвидации в установленном законодательством Республики Казахстан порядке государственных организаций образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, дополнительные образовательные программы для детей по представлению отделов образования районов, городов областного значения, по согласованию с уполномоченным органом в области образования - государственных организаций образования, реализующих специализированные общеобразовательные и специальные учебные программы, образовательные программы технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) вносят на утверждение местным исполнительным органам области размер государственного образовательного заказа на дошкольное воспитание и обучение, а также размер родительской платы с учетом требований действующего законодательства по представлению отделов образования районов, городов областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) вносят на утверждение местным исполнительным органам области размер государственного образовательного заказа на среднее образование в организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) вносят на утверждение местным исполнительным органам области размер государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним образованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) вносят на утверждение местным исполнительным органам области размер государственного образовательного заказа на подготовку кадров с высшим и послевузовским образованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) размещают государственный образовательный заказ на подготовку кадров с техническим и профессиональным, послесредним, высшим и послевузовским образованием с учетом предложений заинтересованных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) организуют участие обучающихся в едином национальном тестировании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) реализуют кадровую политику в сфере образования области, а также проводят и организуют аттестацию педагогов, тестирование для назначения руководителей организаций образования в порядке, определенном уполномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) осуществляют материально-техническое обеспечение государственных организаций образования, реализующих образовательные программы технического и профессионального, послесреднего образования, а также специализированные общеобразовательные и специальные учебные программы (за исключением организаций образования в исправительных учреждениях уголовно-исполнительной системы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) ежегодно до 1 августа обеспечивают приобретение и доставку учебников и учебно-методических комплексов для организаций образования, реализующих общеобразовательные учебные программы предшкольной подготовки, начального, основного среднего, общего среднего образования, специализированные общеобразовательные и специальные учебные программы, образовательные программы технического и профессионального образования на основе государственного образовательного заказа в объеме, прогнозируемом органами образования на учебный год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) обеспечивают организацию и проведение областных школьных олимпиад и конкурсов научных проектов по общеобразовательным предметам конкурсов исполнителей и конкурсов профессионального мастерства для детей, а также координируют проведение олимпиад и конкурсов среди детей и педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) обеспечивают дополнительное образование детей, осуществляемое на областном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) организуют переподготовку кадров и повышение квалификации работников государственных организаций образования, финансируемых за счет бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) координируют и обеспечивают обследование детей и подростков и оказание психолого-медико-педагогической консультативной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) обеспечивают реабилитацию и социальную адаптацию детей и подростков с проблемами в развитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) осуществляют в установленном порядке государственное обеспечение детей-сирот, детей, оставшихся без попечения родителей, а также воспитанников организаций образования для детей-сирот и детей, оставшихся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) содействуют трудоустройству лиц, окончивших на основе государственного образовательного заказа организации образования, реализующие образовательные программы технического и профессионального, послесреднего, высшего и послевузовского образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) ежегодно до 15 апреля предоставляют в уполномоченный орган в области образования заявки на потребность в кадрах, в т.ч. в сельской местности, с последующим трудоустройством согласно представленным заявкам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) вносят предложения в маслихат области о льготном проезде обучающихся на общественном транспорте (кроме такси), через местный исполнительный орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) осуществляют образовательный мониторинг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) ежегодно в установленные сроки обеспечивают сбор данных статистических наблюдений в объектах информатизации уполномоченного органа в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) обеспечивают функционирование центров адаптации несовершеннолетних и центров поддержки детей, находящихся в трудной жизненной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) обеспечивают условия лицам, содержащимся в центрах адаптации несовершеннолетних и центрах поддержки детей, находящихся в трудной жизненной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) оказывают содействие в работе попечительских советов в организациях образования области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) организуют питание отдельных категорий обучающихся в порядке, предусмотренном законодательством Республики Казахстан в подведомственных государственных организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) согласовывают тарификационные списки, штатное расписание, рабочие учебные планы подведомственных государственных организаций образования, а также численность классов –комплектов, групп в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) организуют и осуществляют кадровое обеспечение государственных организаций образования области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) обеспечивают проведение конкурсов, организуют выплату победителям конкурса – государственным организациям среднего образования грант "Лучшая организация среднего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) выдают разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования, организациях образования, реализующих специализированные и специальные общеобразовательные учебные программы, а также образовательные программы технического и профессионального, послесреднего образования по специальностям культуры и искусства, физической культуры и спорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) обеспечивают материально-техническую базу областного методического кабинета (центра);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) утверждают правила деятельности психологической службы в организациях среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) утверждают типовые правила внутреннего распорядка организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) обеспечивают организацию подготовки квалифицированных рабочих кадров и специалистов среднего звена по дуальному обучению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) обеспечивают проведение конкурсов, организуют выплату – государственным организациям технического и профессионального, послесреднего образования грант "Лучшая организация технического и профессионального, послесреднего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) создают в организациях образования специальные условия для получения образования лицами (детьми) с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) координируют и оказывают государственные услуги в сфере образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) утверждают цены на товары (работы, услуги), производимые и реализуемые коммунальными казенными предприятиями образования области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) вносят в местный исполнительный орган области предложения об утверждении штатной численности государственных служащих отделов образования районов и городов областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) согласовывают назначение отдельных должностей (гражданские служащие) отделов образования районов, городов областного значения: заместителя руководителя, главного бухгалтера и заведущего методическим кабинетом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) согласовывают структуру отдела образования района, города областного значения по представлению руководителя отдела образования района, города областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) утверждают структуру управления образованием области, по согласованию с уполномоченным органом в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) привлекают к дисциплинарной ответственности первых руководителей отделов образования районов, городов областного значения и первых руководителей подведомственных государственных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) поощряют наиболее отличившихся работников образования, и вносят представления в установленном законодательством Республики Казахстан порядке кандидатуры к награждению государственными и ведомственными наградами, знаками отличия местного исполнительного органа, присвоению почетных званий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) обеспечивает размещение государственного образовательного заказа на дошкольное воспитание и обучение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) организует заказ и обеспечение организаций образования, реализующих общеобразовательные учебные программы основного среднего, общего среднего образования и образовательные программы технического и профессионального, послесреднего образования, бланками документов государственного образца об образовании и осуществляет контроль за их использованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) утверждает государственный образовательный заказ на дошкольное воспитание и обучение, размер родительской платы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) обеспечивает организацию и проведение школьных олимпиад и конкурсов научных проектов по общеобразовательным предметам областного и районного (города областного значения) масштабов, конкурсов исполнителей и конкурсов профессионального мастерства областного масштаба, конкурсов районного (городского) масштаба, соревнований по начальной военной подготовке областного и районного (города областного значения) масштабов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) утверждает и размещает государственный образовательный заказ на специальную психолого-педагогическую поддержку детей с ограниченными возможностями в пределах объемов бюджетных средств, утвержденных в местных бюджетах на соответствующий финансовый год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) утверждает и размещает государственный образовательный заказ на частные организации образования реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования в пределах объемов бюджетных средств, утвержденных в местных бюджетах на соответствующий финансовый год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) осуществление в интересах местного государственного управления в области образования иные функции, возлагаемые законодательством Республики Казахстан, и не противоречащие им.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого рукводителя Управления</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z426" w:id="414"/>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя управления</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z428" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель Управления назначается на должность и освобождается от должности соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        18. Первый руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z429" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Полномочия первого руководителя Управления: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z432" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) назначает и освобождает от должности заместителей руководителя управления образования по согласованию с акимом области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет руководство управлением, его структурными подразделениями и подчиненными ему организациями;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) издает приказы, инструкции, утверждает решения коллегии, которые обязательны к исполнению всеми подразделениями и организациями системы образования области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z433" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) вносит в установленном порядке на рассмотрение акима области проекты решений по вопросам, входящим в компетенцию областного управления образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z434" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в соответствии с утвержденной акимом области структурой, штатным расписанием аппарата, утверждает положения о его структурных подразделениях, должностные инструкции работников аппарата, регламент работы управления, а также смету расходов на содержание аппарата управления образования, областных казенных предприятий образования, тарификационные списки педагогических работников областных организаций образования на начало учебного года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z435" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществляет реализацию государственной политики в сферах государственной службы, обеспечивает конкурсный отбор кадров по занятию вакантных государственных должностей, принятие присяги государственными служащими, организации аттестации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z437" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) несет ответственность по сделкам, заключенным сверх лимита.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принимает меры направленные на противодействие коррупции в Управлении и несет персональную ответственность за непринятие антикоррупционных мер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z439" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z441" w:id="429"/>
+        <w:t xml:space="preserve"> Глава 4. Имущество управления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z442" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      21. Имущество, закрепленное за Управлением, относится к коммунальной собственности. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z444" w:id="432"/>
+      22. Имущество, закрепленное за Управлением, относится к коммунальной собственности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z446" w:id="434"/>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение управления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организаций, находящхся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-[...1199 lines deleted...]
-    <w:bookmarkEnd w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Государственное учреждение "Отдел образования по Аксускому району Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Государственное учреждение "Отдел образования по Алакольскому району Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Государственное учреждение "Отдел образования по Ескельдинскому району Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Государственное учреждение "Отдел образования по Караталскому району Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Государственное учреждение "Отдел образования по Кербулакскому району Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Государственное учреждение "Отдел образования по Коксускому району Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Государственное учреждение "Отдел образования по Панфиловскому району Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Государственное учреждение "Отдел образования по Сарканскому району Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Государственное учреждение "Отдел образования по городу Талдыкорган Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Государственное учреждение "Отдел образования по городу Текели Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Коммунальное государственное учреждение "Методический центр" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Областной учебно-методический центр по выявлению и поддержке одаренных детей и талантливой молодежи "Жетісу дарыны";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Коммунальное государственное учреждение "Научно-практический центр физической культуры, спорта, начальной военной подготовки и дополнительного образования" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Коммунальное государственное учреждение "Областной центр психологической поддержки" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Коммунальное государственное учреждение "Центр поддержки детей, нуждающихся в специальных социальных услугах "Айналайын" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Коммунальное государственное учреждение "Центр адаптации несовершеннолетних области Жетісу" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Коммунальное государственное учреждение "Областной детский оздоровительный лагерь" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Коммунальное государственное учреждение "Областная казахская школа – интернат имени Д. Ракишева" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Государственное коммунальное предприятие на праве хозяйственного ведения "Талдыкорганский колледж сервиса и технологий" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) Государственное коммунальное предприятие на праве хозяйственного ведения "Талдыкорганский индустриальный колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Государственное коммунальное казенное предприятие "Алакольский многопрофильный колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Государственное коммунальное казенное предприятие "Капальский профессиональный-технический колледж" государственного учреждения "Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) Государственное коммунальное предприятие на праве хозяйственного ведения "Сарканский многопрофильный колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) Государственное коммунальное казенное предприятие "Токжайлауский многопрофильный колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) Государственное коммунальное казенное предприятие "Бастобинский сервисно-технический колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) Государственное коммунальное предприятие на праве хозяйственного ведения "Текелийский профессиональный колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) Государственное коммунальное предприятие на праве хозяйственного ведения "Жаркентский многопрофильный колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) Государственное коммунальное предприятие на праве хозяйственного ведения "Строительно-технический колледж Жетісу" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) Государственное коммунальное предприятие на праве хозяйственного ведения "Аксуский агротехнический колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) Государственное коммунальное казенное предприятие "Коксуский политехнический колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Государственное коммунальное предприятие на праве хозяйственного ведения "Жаркентский высший педагогический колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) Государственное коммунальное предприятие на праве хозяйственного ведения "Талдыкорганский высший политехнический колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) Государственное коммунальное предприятие на праве хозяйственного ведения "Талдыкорганский высший аграрно-технологический колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) Государственное коммунальное казенное предприятие "Талдыкорганский музыкальный колледж имени К.Байсеитова" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) Государственное коммунальное предприятие на праве хозяйственного ведения "Коксуский сельскохозяйственный колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) Государственное коммунальное предприятие на праве хозяйственного ведения "Сарканский многопрофильный колледж" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) Государственное коммунальное казенное предприятие "Гуманитарный колледж города Уштобе" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) Коммунальное государственное учреждение "Специализированный лицей № 20 города Талдыкорган" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) Коммунальное государственное учреждение "Специализированный лицей № 24 имени Мухтара Арына города Талдыкорган" государственного учреждения "Управления образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) Коммунальное государственное учреждение "Талдыкорганский специализированный лицей-интернат "БІЛІМ-ИННОВАЦИЯ" для одаренных детей" государственного учреждения "Управление образования Жетісу области";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) Коммунальное государственное учреждение "Жыландинский специализированный лицей интернат для одаренных детей" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 1" города Талдыкорган государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 2" города Текели государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 3" Каратальского района государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 4" Сарканского района государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 5" Алакольского района государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 6" Аксуского района государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 7" Панфиловского района" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 8" Ескельдинского района государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 9" Кербулакского района государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) Коммунальное государственное учреждение "Кабинет психолого-педагогической коррекции № 10" Коксуского района государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) Коммунальное государственное учреждение "Областная психолого-медико-педагогическая консультация № 1 города Талдыкорган" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) Коммунальное государственное учреждение "Областная психолого-медико-педагогическая консультация № 2 Коксуского района" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) Коммунальное государственное учреждение "Областная психолого-медико-педагогическая консультация № 3 города Жаркент" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) Коммунальное государственное учреждение "Областная психолого-медико-педагогическая консультация № 4 города Ушарал" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) Коммунальное государственное учреждение "Областной специальный комплекс "детский сад-школа-интернат" № 1 города Талдыкорган" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) Коммунальное государственное учреждение "Областная специальная школа-интернат № 2 города Талдыкорган" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) Коммунальное государственное учреждение "Областная специальная школа-интернат № 3 города Саркан" государственного учреждения "Управление образования области Жетісу";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) Коммунальное государственное учреждение "Областная специальная школа интернат № 4 города Жаркент "Управление образования области Жетісу".</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10602,2178 +10213,2178 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 4 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z508" w:id="495"/>
+    <w:bookmarkStart w:name="z508" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление ветеринарии области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z509" w:id="496"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z509" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z510" w:id="497"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z510" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление ветеринарии области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере ветеринарии на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z511" w:id="498"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z511" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z512" w:id="499"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z512" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z513" w:id="500"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z513" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z514" w:id="501"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z514" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Управление вступает в гражданско-правовые отношения от собственного имени. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z515" w:id="502"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z515" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z516" w:id="503"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z516" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z517" w:id="504"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z517" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z518" w:id="505"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z518" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, области Жетісу, город Талдыкорган, улица Кабанбай батыра, № 26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z519" w:id="506"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z519" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z520" w:id="507"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z520" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z521" w:id="508"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z521" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z522" w:id="509"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z522" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы, направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z523" w:id="510"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z523" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z524" w:id="511"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z524" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z525" w:id="512"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z525" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) защита животных от болезней и их лечение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z526" w:id="513"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z526" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        2) охрана здоровья населения от болезней, общих для животных и человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z527" w:id="514"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z527" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        3) обеспечение ветеринарно-санитарной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z528" w:id="515"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z528" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) охрана территории области Жетісу от заноса и распространения заразных и экзотических болезней животных из других государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z529" w:id="516"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z529" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        5) контроль за безопасностью и качеством ветеринарных препаратов, кормов и кормовых добавок; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z530" w:id="517"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z530" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        6) разработка и использование средств и методов диагностики, борьбы с болезнями животных и обеспечения ветеринарно-санитарной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z531" w:id="518"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z531" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        7) предупреждение и ликвидация загрязнения окружающей среды при осуществлении физическими и юридическими лицами деятельности в области ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z532" w:id="519"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z532" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) развитие ветеринарной науки, подготовка и повышение квалификации специалистов в области ветеринарии, физических и юридических лиц, осуществляющих предпринимательскую деятельность в области ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z533" w:id="520"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z533" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Полномочия: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z534" w:id="521"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z534" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z535" w:id="522"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z535" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать от государственных органов, иных организаций, а также должностных лиц, граждан документы и сведения, необходимые для выполнения возложенных на него задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z536" w:id="523"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z536" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения в пределах, возложенных на него задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z537" w:id="524"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z537" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       координирует работу и обеспечивает взаимодействие местных исполнительных органов районов, городов областного значения по вопросам, входящим в их компетенцию, в сфере ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z538" w:id="525"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z538" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создает по согласованию с заинтересованными органами межведомственные комиссии для реализаций функций, предусмотренных настоящим Положением и действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z539" w:id="526"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z539" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит совещания и другие мероприятия по вопросам, входящим в компетенцию Управления в пределах своих полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z540" w:id="527"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z540" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z541" w:id="528"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z541" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет необходимые материалы и информацию в пределах своей компетенции в рамках законодательства в случае официального запроса юридических и физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z542" w:id="529"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z542" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполняет поручения вышестоящих органов; разрабатывает проекты правовых актов и нормативно-правовых актов акима, акимата области Жетісу, входящие в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z543" w:id="530"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z543" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы Управления во всех компетентных, государственных, административных органах, учреждениях, организациях, а также судебных и правоохранительных органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z544" w:id="531"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z544" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществляет иные права и обязанности в соответствии с требованиями законодательства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z545" w:id="532"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z545" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z546" w:id="533"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z546" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация охраны здоровья населения от болезней, общих для животных и человека, совместно с уполномоченным государственным органом в области здравоохранения и осуществление взаимного обмена информацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z547" w:id="534"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z547" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реализация государственной политики в области ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z548" w:id="535"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z548" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) принятие решений об установлении карантина или ограничительных мероприятий по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории в случае возникновения заразных болезней животных в двух и более районах, расположенных на территории области Жетісу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z549" w:id="536"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z549" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) принятие решений о снятии ограничительных мероприятий или карантина по представлению главного государственного ветеринарно-санитарного инспектора соответствующей территории после проведения комплекса ветеринарных мероприятий по ликвидации очагов заразных болезней животных, возникших в двух и более районах, расположенных на территории данной области; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z550" w:id="537"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z550" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) лицензирование ветеринарно-санитарной экспертизы продукции и сырья животного происхождения в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z551" w:id="538"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z551" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) прием уведомлений от физических и юридических лиц о начале или прекращении осуществления предпринимательской деятельности в области ветеринарии, а также ведение государственного электронного реестра разрешений и уведомлений в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z552" w:id="539"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z552" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация строительства, реконструкции скотомогильников (биотермических ям) и обеспечение их содержания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z553" w:id="540"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z553" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) внесение в местный представительный орган области для утверждения правил содержания животных, правил содержания и выгула домашних животных, правил отлова, временного содержания и умерщвления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z554" w:id="541"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z554" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) организация и обеспечение предоставления заинтересованным лицам информации о проводимых ветеринарных мероприятиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z555" w:id="542"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z555" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) организация государственных комиссий по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z556" w:id="543"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z556" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) обезвреживание (обеззараживание) и переработка без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z557" w:id="544"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z557" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) возмещение владельцам стоимости обезвреженных (обеззараженных) и переработанных без изъятия животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z558" w:id="545"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z558" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) организация санитарного убоя больных животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z559" w:id="546"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z559" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) организация отлова, временного содержания и умерщвления животных (согласно Закону Республики Казахстан от 10 июля 2002 года N 339-II "О ветеринарии", Закону Республики Казахстан от 30 декабря 2021 года № 97-VII ЗРК "Об ответственном обращении животными");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z560" w:id="547"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z560" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) вынесение решения о делении территории на зоны в порядке, установленном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z561" w:id="548"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z561" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) утверждение плана ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z562" w:id="549"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z562" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) координация организации и проведения ветеринарных мероприятий по обеспечению ветеринарно-санитарной безопасности на территории соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z563" w:id="550"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z563" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) организация хранения, транспортировки (доставки) ветеринарных препаратов по профилактике особо опасных болезней животных, за исключением республиканского запаса ветеринарных препаратов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z564" w:id="551"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z564" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) осуществление государственного закупа услуг по транспортировке (доставке) изделий (средств) и атрибутов для проведения идентификации сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z565" w:id="552"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z565" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) определение потребности в изделиях (средствах) и атрибутах для проведения идентификации сельскохозяйственных животных и передача информации в процессинговый центр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z566" w:id="553"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z566" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) организация ведения базы данных по идентификации сельскохозяйственных животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z567" w:id="554"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z567" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) проведение обследования эпизоотических очагов в случае их возникновения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z568" w:id="555"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z568" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) выдача акта эпизоотологического обследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z569" w:id="556"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z569" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24) свод, анализ ветеринарного учета и отчетности и их представление в уполномоченный орган; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z570" w:id="557"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z570" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) осуществление государственного закупа ветеринарных препаратов по профилактике и диагностике энзоотических болезней животных, услуг по их профилактике и диагностике, организация хранения и транспортировки (доставки) ветеринарных препаратов, проведения ветеринарных мероприятий по профилактике и диагностике энзоотических болезней животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z571" w:id="558"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z571" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) обеспечение выполнения ветеринарных мероприятий по профилактике, отбору проб биологического материала и доставке их для диагностики особо опасных болезней животных по перечню, утвержденному уполномоченным органом, а также энзоотических и других болезней животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z572" w:id="559"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z572" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) организация и проведение просветительской работы среди населения по вопросам ветеринарии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z573" w:id="560"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z573" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28) организация проведения мероприятий по идентификации сельскохозяйственных животных; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z574" w:id="561"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z574" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) участие в государственных комиссиях по приему в эксплуатацию объектов производства, осуществляющих выращивание животных, заготовку (убой), хранение, переработку и реализацию животных, продукции и сырья животного происхождения, а также организаций по производству, хранению и реализации ветеринарных препаратов, кормов и кормовых добавок; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z575" w:id="562"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z575" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) утверждение перечня энзоотических болезней животных, профилактика и диагностика которых осуществляются за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z576" w:id="563"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z576" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) организация сбора и свод данных (сведений) о скотомогильниках (биотермических ямах) для включения их в реестр скотомогильников (биотермических ям);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z577" w:id="564"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z577" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z578" w:id="565"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z578" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z579" w:id="566"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z579" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управления задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z580" w:id="567"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z580" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z581" w:id="568"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z581" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления имеет заместителя, который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z582" w:id="569"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z582" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z583" w:id="570"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z583" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет обязанности и полномочия руководителей структурных подразделений, сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z584" w:id="571"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z584" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначает и освобождает от должности сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z585" w:id="572"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z585" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в соответствии с действующим законодательством назначает и освобождает от должности директоров и заместителей директоров государственных коммунальных предприятий, находящихся в ведении Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z586" w:id="573"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z586" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в установленном законодательством порядке осуществляет поощрение и налагает дисциплинарные взыскания на сотрудников Управления, директоров и заместителей директоров государственных коммунальных предприятий, находящихся в ведении Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z587" w:id="574"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z587" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции издает приказы, дает указания, подписывает служебную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z588" w:id="575"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z588" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждает положения о структурных подразделениях Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z589" w:id="576"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z589" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) представляет Управление в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z590" w:id="577"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z590" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) противодействует коррупции в Управлении с установлением за это персональной ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z591" w:id="578"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z591" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) контролирует ход разработки нормативных правовых актов, проектов программ и других документов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z592" w:id="579"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z592" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) контролирует работу по подготовке отчетных материалов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z593" w:id="580"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z593" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) утверждает бюджетную программу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z594" w:id="581"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z594" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) в пределах своей компетенции обеспечивает исполнение требований законодательства Республики Казахстан о противодействии коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z595" w:id="582"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z595" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z596" w:id="583"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z596" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z597" w:id="584"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z597" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z598" w:id="585"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z598" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z599" w:id="586"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z599" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z600" w:id="587"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z600" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z601" w:id="588"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z601" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z602" w:id="589"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z602" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z603" w:id="590"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z603" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z604" w:id="591"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z604" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организаций, находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z605" w:id="592"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z605" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция Аксуского района с ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z606" w:id="593"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z606" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция Алакольского района с ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z607" w:id="594"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z607" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция Ескельдинского района с ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z608" w:id="595"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z608" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция Каратальского района с ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z609" w:id="596"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z609" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция Кербулакского района с ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z610" w:id="597"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z610" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция Коксуского района с ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z611" w:id="598"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z611" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция Панфиловского района с ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z612" w:id="599"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z612" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция Сарканского района с ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z613" w:id="600"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z613" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция города Талдыкорган с ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z614" w:id="601"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z614" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)Государственное коммунальное предприятие на праве хозяйственного ведения "Ветеринарная станция города Текели ветеринарными пунктами" государственного учреждения "Управление ветеринарии области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkEnd w:id="408"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12813,2398 +12424,2398 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 5 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z616" w:id="602"/>
+    <w:bookmarkStart w:name="z616" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление физической культуры и спорта области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z617" w:id="603"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z617" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z618" w:id="604"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z618" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственное учреждение "Управление физической культуры и спорта области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере физической культуры и спорта на территории области Жетісу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z619" w:id="605"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z619" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Управление не имеет ведомств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z620" w:id="606"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z620" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3 Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z621" w:id="607"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z621" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z622" w:id="608"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z622" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Управление вступает в гражданско-правовые отношения от собственного имени. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z623" w:id="609"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z623" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z624" w:id="610"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z624" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z625" w:id="611"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z625" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z626" w:id="612"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z626" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Желтоксан, №222. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z627" w:id="613"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z627" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z628" w:id="614"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z628" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z629" w:id="615"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z629" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z630" w:id="616"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z630" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z631" w:id="617"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z631" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z632" w:id="618"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z632" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Задачи: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z633" w:id="619"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z633" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поддержка и стимулирование физической культуры и спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z634" w:id="620"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z634" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) развитие национальных, технических и прикладных видов спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z635" w:id="621"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z635" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) содействие развитию всех видов спорта с учетом социальной и образовательной функций, а также специфики их структуры, основанной на принципе добровольной деятельности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z636" w:id="622"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z636" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z637" w:id="623"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z637" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z638" w:id="624"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z638" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать, в установленном законодательством порядке, необходимую в своей деятельности информацию от государственных органов и иных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z639" w:id="625"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z639" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заключать договора на закупку работ и услуг по проведению спортивных мероприятий и контролировать их выполнение в установленном законодательством порядке; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z640" w:id="626"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z640" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права, предусмотренные действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z641" w:id="627"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z641" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z642" w:id="628"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z642" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и проводить государственные закупки в установленном законодательством порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z643" w:id="629"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z643" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять пользование имуществом, находящимся на праве оперативного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z644" w:id="630"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z644" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в установленном законодательством порядке разрабатывать и вносить предложения в акимат области по содержанию спортсменов, входящих в состав сборных команд Республики Казахстан по различным видам спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z645" w:id="631"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z645" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения в акимат области по созданию, реорганизации, переименованию и ликвидации государственных учреждений и предприятий, находящихся в ведении Управления и утверждать их Уставов (положения), вносить в них изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z646" w:id="632"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z646" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z647" w:id="633"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z647" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z648" w:id="634"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z648" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) создает инфраструктуру для занятий спортом физических лиц, в том числе с учетом доступности для маломобильных групп населения, по месту жительства и в местах массового отдыха; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z649" w:id="635"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z649" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляет государственный контроль за безопасной эксплуатацией спортивного оборудования, предназначенного для занятий массовым спортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z650" w:id="636"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z650" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проводит областные спортивные соревнования, в том числе среди спортсменов-ветеранов, совместно с республиканскими и (или) местными аккредитованными спортивными федерациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z651" w:id="637"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z651" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участвует в проведении республиканских и международных спортивных соревнований, в том числе среди спортсменов-ветеранов, проводимых уполномоченным органом в области физической культуры и спорта совместно с аккредитованными республиканскими спортивными федерациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z652" w:id="638"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z652" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечивает подготовку областных, сборных команд по видам спорта и их выступления на республиканских и международных спортивных соревнованиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z653" w:id="639"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z653" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивает развитие массового спорта и национальных видов спорта на территории соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z654" w:id="640"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z654" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) координирует деятельность физкультурно-спортивных организаций на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z655" w:id="641"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z655" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) создает детско-юношеские клубы физической подготовки, в том числе адаптивной физической культуры и спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z656" w:id="642"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z656" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) принимает меры по использованию во внеурочное и вечернее время спортивных сооружений организаций образования в целях обеспечения работы спортивных секций для населения и проведения спортивных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z657" w:id="643"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z657" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) присваивает спортсменам спортивные разряды, лишает спортсменов спортивных разрядов: "кандидат в мастера спорта Республики Казахстан", спортсмен 1 разряда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z658" w:id="644"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z658" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) присваивает квалификационные категории, лишает квалификационных категорий: тренер высшего уровня квалификации первой категории, тренер-преподаватель высшего уровня квалификации первой категории, тренер среднего уровня квалификации первой категории, тренер-преподаватель среднего уровня квалификации первой категории, методист высшего уровня квалификации первой категории, методист среднего уровня квалификации первой категории, инструктор-спортсмен высшего уровня квалификации первой категории, спортивный судья первой категории;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z659" w:id="645"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z659" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) утверждает единый региональный календарь спортивно-массовых мероприятий по предложениям региональных и местных аккредитованных спортивных федераций и обеспечивает его реализацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z660" w:id="646"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z660" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) координирует организацию и проведение спортивных мероприятий на территории соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z661" w:id="647"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z661" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществляет сбор, анализ и предоставляет уполномоченному органу в области физической культуры и спорта информацию по развитию физической культуры и спорта на территории соответствующей административно-территориальной единицы по форме и в сроки, установленные законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z662" w:id="648"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z662" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществляет аккредитацию местных спортивных федераций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z663" w:id="649"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z663" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) реализует типовые образовательные учебные программы по видам спорта для специализированных школ-интернатов-колледжей олимпийского резерва и школ-интернатов для одаренных в спорте детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z664" w:id="650"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z664" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) согласовывает типовые учебные планы специализированных школ-интернатов-колледжей олимпийского резерва и школ-интернатов для одаренных в спорте детей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z665" w:id="651"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z665" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) формирует и утверждает списки сборных команд по видам спорта по предложениям региональных и местных аккредитованных спортивных федераций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z666" w:id="652"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z666" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) обеспечивает жилищем чемпионов и призеров Олимпийских, Паралимпийских и Сурдлимпийских игр в соответствии с настоящим Законом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z667" w:id="653"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z667" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) организует медицинское обеспечение официальных физкультурных и спортивных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z668" w:id="654"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z668" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) обеспечивает общественный порядок и общественную безопасность при проведении физкультурных и спортивных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z669" w:id="655"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z669" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) координирует использование физкультурно-оздоровительных и спортивных сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z670" w:id="656"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z670" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) присваивает статусы "специализированная" спортивным школам, "специализированное" отделениям спортивных школ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z671" w:id="657"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z671" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) согласовывает с республиканскими аккредитованными спортивными федерациями техническую спецификацию и техническое задание на проектирование спортивных сооружений, предназначенных для проведения соревнований международного и республиканского уровня;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z672" w:id="658"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z672" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) разрабатывает и утверждает размеры выплат ежемесячного денежного содержания спортсменам, входящим в состав сборных команд Республики Казахстан по видам спорта (национальных сборных команд по видам спорта), их тренерам, а также спортсменам, выступающим в составах сборных команд Республики Казахстан (национальных сборных команд) по игровым видам спорта, их тренерам и руководителям клубных команд;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z673" w:id="659"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z673" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) разрабатывает и утверждает по согласованию с уполномоченным органом в области физической культуры и спорта региональный перечень приоритетных видов спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z674" w:id="660"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z674" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) утверждает государственный спортивный заказ на финансирование спортивных секций для детей и юношества в пределах объемов бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z675" w:id="661"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z675" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) обеспечивает размещение государственного спортивного заказа в спортивных секциях для детей и юношества независимо от форм собственности поставщиков услуг государственного спортивного заказа, их ведомственной подчиненности, типов и видов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z676" w:id="662"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z676" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) обеспечивает исполнение всех этапов и процедур размещения, контроля качества и целевого освоения государственного спортивного заказа в электронном и общедоступном форматах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z677" w:id="663"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z677" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z678" w:id="664"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z678" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z679" w:id="665"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z679" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z680" w:id="666"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z680" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z681" w:id="667"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z681" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления имеет заместителя, который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z682" w:id="668"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z682" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z683" w:id="669"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z683" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции определят обязанности и полномочия сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z684" w:id="670"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z684" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в соответствии с действующим законодательством назначает и освобождает от должности сотрудников Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z685" w:id="671"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z685" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z686" w:id="672"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z686" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в пределах своей компетенции издает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z687" w:id="673"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z687" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) в пределах своей компетенции представляет интересы Управления в государственных органах и иных организациях; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z688" w:id="674"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z688" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) противодействует коррупции в Управлении с установлением за это персональной ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z689" w:id="675"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z689" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z690" w:id="676"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z690" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z691" w:id="677"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z691" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z692" w:id="678"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z692" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z693" w:id="679"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z693" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z694" w:id="680"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z694" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z695" w:id="681"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z695" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z696" w:id="682"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z696" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z697" w:id="683"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z697" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z698" w:id="684"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z698" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организаций, находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z699" w:id="685"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z699" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)Коммунальное государственное учреждение "Детско-юношеская спортивная школа Аксуского района" государственного учреждения "Управление физической культуры и спорта области области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z700" w:id="686"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z700" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)Коммунальное государственное учреждение "Детско-юношеская спортивная школа Алакольского района" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z701" w:id="687"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z701" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)Коммунальное государственное учреждение "Областная специализированная школа-интернат для одаренных в спорте детей в селе Лепсинск Алакольского района" государственного учереждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z702" w:id="688"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z702" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)Коммунальное государственное учреждение "Детско-юношеская спортивная школа Ескельдинского района" государственного учереждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z703" w:id="689"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z703" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)Коммунальное государственное учреждение "Детско-юношеская спортивная школа Каратальского района" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z704" w:id="690"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z704" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)Коммунальное государственное учреждение "Детско-юношеская спортивная школа Кербулакского района" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z705" w:id="691"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z705" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)Коммунальное государственное учреждение "Детско-юношеская спортивная школа Коксуского района" государственного учреждения "Управление физической культуры спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z706" w:id="692"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z706" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)Коммунальное государственное учреждение "Детско-юношеская спортивная школа №1 Панфиловского района" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z707" w:id="693"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z707" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)Коммунальное государственное учреждение "Детско-юношеская спортивная школа Сарканского района" государственного учреждения "Управления физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z708" w:id="694"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z708" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)Коммунальное государственное учреждение "Специализированная детско-юношеская школа олимпийского резерва города Текели" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z709" w:id="695"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z709" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)"Дирекция развития спорта и проведения спортивно-массовых мероприятий" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z710" w:id="696"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z710" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)Коммунальное государственное учреждение "Детско-юношеская спортивная школа "Өркен" города Талдыкорган" государственного учреждения "Управления физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z711" w:id="697"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z711" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)Коммунальное государственное учреждение "Специализированная детско-юношеская школа олимпийского резерва №1" государственного учреждения "Управления физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z712" w:id="698"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z712" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14)Коммунальное государственное учреждение "Специализированная детско-юношеским школа олимпийского резерва единоборств области Жетісу" государственного учреждения "Управления физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z713" w:id="699"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z713" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)Коммунальное государственное учреждение "Областная специализированная детско-юношеская школа олимпийского резерва по велоспорту имени Андрея Кивилева г.Талдыкорган" государственного учреждения "Управления физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z714" w:id="700"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z714" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16)Коммунальное государственное учреждение "Областная специализированная детско-юношеская спортивная школа по футболу" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z715" w:id="701"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z715" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17)Коммунальное государственное учреждение "Специализированная детско-юношеская спортивная школа по настольным играм и спортивному туризму" государственного учреждения "Управления физической культуры и спорта";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z716" w:id="702"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z716" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18)Коммунальное государственное учреждение "Специализированная детско-юношеская спортивная школа по хоккею на траве" государственное учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z717" w:id="703"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z717" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19)Коммунальное государственное учреждение "Центр спортивной подготовки для лиц с ограниченными физическими возможностями" государственное учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z718" w:id="704"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z718" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20)Коммунальное государственное учреждение "Специализированная детско-юношеская спортивная школа №1" государственное учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z719" w:id="705"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z719" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21)Коммунальное государственное учреждение "Специализированная детско-юношеская спортивная школа по регби" государственное учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z720" w:id="706"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z720" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22)Коммунальное государственное учреждение "Специализированная детско-юношеская спортивная школа по национальным и конным видам спорта города Талдыкорган" государственного учреждения "Управление физической культуры и спорта области";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z721" w:id="707"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z721" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23)Государственное казенное коммунальное предприятие "Профессиональный регбийный клуб "Олимп" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z722" w:id="708"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z722" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24)Коммунальное государственное учреждение "Центр подготовки олимпийского резерва области Жетісу" государственного учреждение "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z723" w:id="709"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z723" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25)Коммунальное государственное учреждение "Областная специализированная школа-интернат-колледж олимпийского резерва в городе Талдыкорган имени Жаксылыка Ушкемпирова" государственного учреждение "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z724" w:id="710"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z724" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26)Коммунальное государственное учреждение "Областная специализированная детско-юношеская спортивная школа по водным видам спорта "Центральный бассейн Талдыкорган" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z725" w:id="711"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z725" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27)Государственное казенное коммунальное предприятие "Спортивный клуб "Жастар" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z726" w:id="712"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z726" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28)Коммунальное государственное учреждение "Специализированная детско-юношеская спортивная школа олимпийского резерва по волейболу области Жетісу" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z727" w:id="713"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z727" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29)Коммунальное государственное учреждение "Областная школа высшего спортивного мастерства по неолимпийским видам спорта" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z728" w:id="714"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z728" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30)Коммунальное государственное учреждение "Специализированная детско-юношеская спортивная школа олимпийского резерва по боксу области Жетісу" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z729" w:id="715"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z729" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31)Коммунальное государственное учреждение "Специализированная детско-юношеская спортивная школа олимпийского резерва по дзюдо области Жетісу" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z730" w:id="716"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z730" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32)Государственное казенное коммунальное предприятие "Волейбольный клуб "Жетісу" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z731" w:id="717"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z731" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33)Государственное казенное коммунальное предприятие "Спортивный клуб "Жетісу" по национальным видам спорта" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z732" w:id="718"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z732" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34)Коммунальное государственное учреждение "Областная школа высшего спортивного мастерства по олимпийским видам спорта" государственного учреждения "Управление физической культуры и спорта области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z733" w:id="719"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z733" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35)Государственное казенное коммунальное предприятие "Хоккейный клуб "Жетісу" государственного учреждения "Управление физической культуры и спорта области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkEnd w:id="526"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15244,2318 +14855,2318 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 6 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z735" w:id="720"/>
+    <w:bookmarkStart w:name="z735" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление здравоохранения области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z736" w:id="721"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z736" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z737" w:id="722"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z737" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление здравоохранения области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере систем здравоохранения и организации обеспечения населения области медицинским обслуживанием на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z738" w:id="723"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z738" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Управление не имеет ведомств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z739" w:id="724"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z739" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3 Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z740" w:id="725"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z740" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z741" w:id="726"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z741" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z742" w:id="727"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z742" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z743" w:id="728"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z743" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z744" w:id="729"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z744" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z745" w:id="730"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z745" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Гаухар Ана, №87.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z746" w:id="731"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z746" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z747" w:id="732"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z747" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z748" w:id="733"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z748" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z749" w:id="734"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z749" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z750" w:id="735"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z750" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z751" w:id="736"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z751" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z752" w:id="737"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z752" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) реализация государственной политики в области здравоохранения и обеспечение реализации региональных программ здравоохранения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z753" w:id="738"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z753" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечение исполнения законодательства Республики Казахстан в области здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z754" w:id="739"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z754" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение граждан медицинской помощью и лекарственными средствами, изделиями медицинского назначения в рамках гарантированного объема бесплатной медицинской помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z755" w:id="740"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z755" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечение соблюдения качества, стандартов и регламентов, при оказании медицинских услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z756" w:id="741"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z756" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) повышение эффективности управления системой здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z757" w:id="742"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z757" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) обеспечение населения области Жетісу медицинскими услугами, перечень которых определен в законодательстве. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z758" w:id="743"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z758" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z759" w:id="744"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z759" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z760" w:id="745"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z760" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать, в установленном законодательством порядке, необходимую в своей деятельности информацию от государственных органов и иных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z761" w:id="746"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z761" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права, предусмотренные действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z762" w:id="747"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z762" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z763" w:id="748"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z763" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и проводить государственные закупки в установленном законодательством порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z764" w:id="749"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z764" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять пользование имуществом, находящимся на праве оперативного управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z765" w:id="750"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z765" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения в акимат области по созданию, реорганизации, переименованию и ликвидации государственных учреждений и предприятий, находящихся в ведении Управления и утверждать их Уставов (положения), вносить в них изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z766" w:id="751"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z766" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z767" w:id="752"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z767" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z768" w:id="753"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z768" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)организует и осуществляет мониторинг и контроль за деятельностью субъектов здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z769" w:id="754"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z769" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)координирует и осуществляет контроль деятельности организаций здравоохранения по вопросам оказания медицинских услуг (помощи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z770" w:id="755"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z770" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)организует кадровое обеспечение государственных организаций здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z771" w:id="756"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z771" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)организует проведение аттестации на профессиональную компетентность руководителей и специалистов подведомственных государственных организаций здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z772" w:id="757"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z772" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)взаимодействует с общественными объединениями по вопросам государственного контроля в сфере оказания медицинских услуг (помощи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z773" w:id="758"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z773" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)обеспечивает оснащение государственных организаций здравоохранения, организует закуп изделий медицинского назначения и медицинской техники, оборудования, санитарного транспорта, а также услуг, на проведение капитального ремонта государственных организаций здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z774" w:id="759"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z774" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)принимает меры по развитию сети организаций здравоохранения, их финансовому и материально-техническому обеспечению, в том числе по развитию государственной сети аптек и созданию аптечных складов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z775" w:id="760"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z775" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)обеспечивает создание и функционирование региональных электронных информационных ресурсов и информационных систем, информационно-коммуникационных сетей в области здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z776" w:id="761"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z776" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)организует оказание населению квалифицированной и специализированной медицинской помощи, в том числе профилактику и лечение социально значимых заболеваний и заболеваний, представляющих опасность для окружающих;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z777" w:id="762"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z777" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)обеспечивает население области Жетісу и кандасов медицинской помощью и лекарственными средствами, изделиями медицинского назначения в рамках гарантированного объема бесплатной медицинской помощи, включая медицинские услуги по временной адаптации и детоксикации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z778" w:id="763"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z778" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)организует оказание бесплатной медицинской помощи, обеспечение лекарственными средствами и изделиями медицинского назначения при чрезвычайных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z779" w:id="764"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z779" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)осуществляет выбор поставщика медицинских и фармацевтических услуг по оказанию гарантированного объема бесплатной медицинской помощи и возмещение его затрат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z780" w:id="765"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z780" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)осуществляет закуп лекарственных средств, профилактических (иммунобиологических, диагностических, дезинфицирующих) препаратов в рамках оказания гарантированного объема бесплатной медицинской помощи в порядке, установленном Правительством Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z781" w:id="766"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z781" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на амбулаторном уровне - в соответствии с перечнем, утвержденным уполномоченным органом,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z782" w:id="767"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z782" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на стационарном уровне - в пределах лекарственных формуляров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z783" w:id="768"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z783" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14)организует и координирует деятельность по подготовке, повышению квалификации и переподготовке медицинских и фармацевтических кадров; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z784" w:id="769"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z784" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)осуществляет ведомственные статистические наблюдения в области здравоохранения в пределах, соответствующей административно-территориальной единицы с соблюдением требований статистической методологии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z785" w:id="770"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z785" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16)осуществляет контроль за использованием и сохранностью имущества в организациях здравоохранения области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z786" w:id="771"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z786" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17)реализует исполнение законодательства Республики Казахстан о государственной службе в Управлении в пределах своей компетенции, с целью формирования целостной системы управления персоналом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z787" w:id="772"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z787" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18)устанавливает и развивает связи с общественностью через средства массовой информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z788" w:id="773"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z788" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19)реализует в пределах своей компетенции государственную политику в области государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z789" w:id="774"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z789" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20)реализует в пределах своей компетенции государственную политику в области гражданской защиты, государственных секретов, мобилизационной подготовки и мобилизации, противодействия терроризму;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z790" w:id="775"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z790" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21)обеспечивает стабильность в деятельности государственных организаций здравоохранения, финансируемых из местного бюджета и использование бюджетных средств для гарантированного объема бесплатной медицинской помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z791" w:id="776"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z791" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22)принимает меры по повышению качества медицинских услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z792" w:id="777"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z792" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23)обеспечивает реализацию мер по развитию добровольного безвозмездного донорства крови и ее компонентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z793" w:id="778"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z793" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24)организует проведение профилактических прививок населению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z794" w:id="779"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z794" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25)осуществляет координацию и мониторинг деятельности по вопросам корпоративного управления в государственных юридических лицах в области здравоохранения на соответствующих административно-территориальных единицах, за исключением организаций, подведомственных Управлению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z795" w:id="780"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z795" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26)осуществляет деятельность по формированию, мониторингу реализации и оценке результатов государственного социального заказа в области охраны здоровья граждан для неправительственных организаций, в том числе для ключевых групп населения, за исключением организаций, подведомственных управлению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z796" w:id="781"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z796" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27)принимает меры и организуют работу по обеспечению биологической безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z797" w:id="782"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z797" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28)обеспечивает меры по предотвращению биологических угроз и ликвидации их последствий в рамках оперативных штабов, создаваемых в соответствии с законодательством Республики Казахстан о гражданской защите, при чрезвычайных ситуациях местного масштаба; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z798" w:id="783"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z798" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) осуществляет иные полномочия в отрасли здравоохранения в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z799" w:id="784"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z799" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) реализует государственную политику в области здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z800" w:id="785"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z800" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z801" w:id="786"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z801" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z802" w:id="787"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z802" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z803" w:id="788"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z803" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z804" w:id="789"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z804" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z805" w:id="790"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z805" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции определят обязанности и полномочия сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z806" w:id="791"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z806" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в соответствии с действующим законодательством назначает и освобождает от должности сотрудников Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z807" w:id="792"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z807" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z808" w:id="793"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z808" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в пределах своей компетенции издает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z809" w:id="794"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z809" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции представляет интересы Управления в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z810" w:id="795"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z810" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) противодействует коррупции в Управлении с установлением за это персональной ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z811" w:id="796"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z811" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z812" w:id="797"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z812" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z813" w:id="798"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z813" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z814" w:id="799"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z814" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z815" w:id="800"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z815" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z816" w:id="801"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z816" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z817" w:id="802"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z817" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z818" w:id="803"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z818" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z819" w:id="804"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z819" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z820" w:id="805"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z820" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организаций, находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z821" w:id="806"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z821" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)государственное коммунальное предприятие на праве хозяйственного ведения "Аксуская центральная районная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z822" w:id="807"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z822" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)государственное коммунальное предприятие на праве хозяйственного ведения "Алакольская центральная районная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z823" w:id="808"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z823" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)государственное коммунальное предприятие на праве хозяйственного ведения "Ескельдинская центральная районная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z824" w:id="809"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z824" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)государственное коммунальное предприятие на праве хозяйственного ведения "Каратальская центральная районная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z825" w:id="810"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z825" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)государственное коммунальное предприятие на праве хозяйственного ведения "Кербулакская центральная районная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z826" w:id="811"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z826" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)государственное коммунальное предприятие на праве хозяйственного ведения "Коксуская центральная районная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z827" w:id="812"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z827" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)коммунальное государственное предприятие на праве хозяйственного ведения "Панфиловская многопрофильная межрайонная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z828" w:id="813"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z828" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)государственное коммунальное предприятие на праве хозяйственного ведения "Сарканская центральная районная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z829" w:id="814"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z829" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)государственное коммунальное предприятие на праве хозяйственного ведения "Текелийская городская больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z830" w:id="815"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z830" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)государственное коммунальное предприятие на праве хозяйственного ведения "Областная больница г. Талдыкорган";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z831" w:id="816"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z831" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)государственное коммунальное предприятие на праве хозяйственного ведения "Многопрофильная областная детская больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z832" w:id="817"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z832" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)государственное коммунальное предприятие на праве хозяйственного ведения "Областной перинатальный центр";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z833" w:id="818"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z833" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)государственное коммунальное предприятие на праве хозяйственного ведения "Областной кардиологический центр";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z834" w:id="819"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z834" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14)государственное коммунальное предприятие на праве хозяйственного ведения "Областная многопрофильная клиника";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z835" w:id="820"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z835" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)государственное коммунальное предприятие на праве хозяйственного ведения "Центр фтизиопульмонологии области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z836" w:id="821"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z836" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16)государственное коммунальное предприятие на праве хозяйственного ведения "Областной центр психического здоровья";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z837" w:id="822"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z837" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17)государственное коммунальное предприятие на праве хозяйственного ведения "Талдыкорганский кожно-венерологический диспансер";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z838" w:id="823"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z838" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18)государственное коммунальное предприятие на праве хозяйственного ведения "Областной центр крови";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z839" w:id="824"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z839" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19)государственное коммунальное предприятие на праве хозяйственного ведения "Талдыкорганская городская поликлиника";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z840" w:id="825"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z840" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20)государственное коммунальное предприятие на праве хозяйственного ведения "Талдыкорганская городская поликлиника №2";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z841" w:id="826"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z841" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21)государственное коммунальное предприятие на праве хозяйственного ведения "Талдыкорганская городская многопрофильная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z842" w:id="827"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z842" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22)государственное коммунальное предприятие на праве хозяйственного ведения "Областная станция скорой и неотложной медицинской помощи";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z843" w:id="828"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z843" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23)государственное коммунальное предприятие на праве хозяйственного ведения "Областной центр по профилактике ВИЧ инфекции";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z844" w:id="829"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z844" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24)коммунальное государственное предприятие на праве хозяйственного ведения "Областной детский реабилитационный центр "Куншуак";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z845" w:id="830"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z845" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25)коммунальное государственное предприятие на праве хозяйственного ведения "Областная инфекционная больница";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z846" w:id="831"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z846" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26)коммунальное государственное учреждение "Областной специализированный дом ребенка";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z847" w:id="832"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z847" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27)коммунальное государственное учреждение "База специального медицинского снабжения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z848" w:id="833"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z848" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28)коммунальное государственное учреждение "Областной врачебно-физкультурный диспансер".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkEnd w:id="640"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17595,1698 +17206,1698 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 7 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z850" w:id="834"/>
+    <w:bookmarkStart w:name="z850" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление по делам религий области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z851" w:id="835"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z851" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z852" w:id="836"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z852" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление по делам религий области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере религиозной деятельности на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z853" w:id="837"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z853" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z854" w:id="838"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z854" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z855" w:id="839"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z855" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственнго Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z856" w:id="840"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z856" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z857" w:id="841"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z857" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z858" w:id="842"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z858" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z859" w:id="843"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z859" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждается в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z860" w:id="844"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z860" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, мкр. "Каратал", 36Б. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z861" w:id="845"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z861" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z862" w:id="846"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z862" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z863" w:id="847"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z863" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z864" w:id="848"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z864" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z865" w:id="849"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z865" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z866" w:id="850"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z866" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z867" w:id="851"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z867" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация функций в сфере религиозной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z868" w:id="852"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z868" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проведение разъяснительной работы на местном уровне, осуществление изучения деятельности религиозных объединений и миссионеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z869" w:id="853"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z869" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z870" w:id="854"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z870" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z871" w:id="855"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z871" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Управление для реализации возложенных на него задач и осуществления своих функций имеет право в установленном законодательством порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z872" w:id="856"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z872" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z873" w:id="857"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z873" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения по разработке нормативных правовых актов в сфере создания и деятельности религиозных объединений, а также обеспечения прав граждан на свободу вероисповедания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z874" w:id="858"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z874" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с правоохранительными и иными государственными органами по вопросам, относящимся к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z875" w:id="859"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z875" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить совещания, семинары, конференции по вопросам, входящим в его компетенцию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z876" w:id="860"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z876" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права, предусмотренные действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z877" w:id="861"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z877" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z878" w:id="862"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z878" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать законные и обоснованные решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z879" w:id="863"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z879" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать контроль за исполнением принятых решений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z880" w:id="864"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z880" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривать обращения, направленные в Управление физическими и юридическами лицами, контролировать их исполнение, в случаях и порядке, установленном законодательством Республики Казахстан, предоставлять на них ответы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z881" w:id="865"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z881" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       организовывать прием физических лиц и представителей юридических лиц; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z882" w:id="866"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z882" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реализовывать иные обязанности, предусмотренные действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z883" w:id="867"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z883" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z884" w:id="868"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z884" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изучает и анализирует религиозную ситуацию в области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z885" w:id="869"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z885" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проводит изучение и анализ деятельности религиозных объединений, миссионеров, духовных (религиозных) организаций образования, действующих в регионе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z886" w:id="870"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z886" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вносит в уполномоченный орган предложения по совершенствованию законодательства Республики Казахстан о религиозной деятельности и религиозных объединениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z887" w:id="871"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z887" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) реализует государственную политику в области религиозной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z888" w:id="872"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z888" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) вносит предложения в правоохранительные органы по запрещению деятельности физических и юридических лиц, нарушающих законодательство Республики Казахстан о религиозной деятельности и религиозных объединениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z889" w:id="873"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z889" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) рассматривает обращения физических и юридических лиц, касающиеся нарушений законодательства Республики Казахстан о религиозной деятельности и религиозных объединениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z890" w:id="874"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z890" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) проводит разъяснительную работу на местном уровне по вопросам, относящимся к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z891" w:id="875"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z891" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) согласовывает расположение специальных стационарных помещений для распространения религиозной литературы и иных информационных материалов религиозного содержания, предметов религиозного назначения, а также рассматривает уведомления о проведении религиозных мероприятий за пределами культовых зданий (сооружений), поданные религиозными объединениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z892" w:id="876"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z892" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) согласовывает с уполномоченным органом в сфере архитектуры и градостроительства решения о строительстве культовых зданий (сооружений), определении их месторасположения, а также перепрофилировании (изменении функционального назначения) зданий (сооружений) в культовые здания (сооружения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z893" w:id="877"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z893" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) обеспечивает проведение проверки списков граждан-инициаторов создания религиозных объединений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z894" w:id="878"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z894" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) проводит регистрацию лиц, осуществляющих миссионерскую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z895" w:id="879"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z895" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществляет взаимодействие с общественными объединениями, изучение деятельности созданных на соответствующих территориях религиозных объединений и миссионеров, создает базу данных о них, осуществляет информационно-пропагандистские мероприятия на региональном уровне по вопросам, относящимся к его компетенции, проводит изучение и анализ религиозной обстановки в регионе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z896" w:id="880"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z896" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) осуществляет профилактику терроризма и религиозного экстремизма в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z897" w:id="881"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z897" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) применяет меры административного воздействия, установленные Кодексом Республики Казахстан "Об административных правонарушениях" к нарушителям законодательства Республики Казахстан о религиозной деятельности и религиозных объединениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z898" w:id="882"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z898" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z899" w:id="883"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z899" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z900" w:id="884"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z900" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z901" w:id="885"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z901" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z902" w:id="886"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z902" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Первый руководитель Управления не имеет заместителей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z903" w:id="887"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z903" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z904" w:id="888"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z904" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в процессе реализации своих полномочий отчитывается акиму области и курирующему заместителю акима области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z905" w:id="889"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z905" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) представляет интересы Управления в государственных органах и иных организациях в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z906" w:id="890"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z906" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в соответствии с законодательством назначает на должность и освобождает от должности работников Управления, регулирует вопросы трудовых отношений отнесеные к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z907" w:id="891"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z907" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечивает разработку стратегических и программных документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z908" w:id="892"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z908" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в установленном законодательством порядке налагает дисциплинарные взыскания и применяет меры поощрения к сотрудникам Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z909" w:id="893"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z909" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) подписывает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z910" w:id="894"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z910" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) действует без доверенности от имени Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z911" w:id="895"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z911" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) заключает договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z912" w:id="896"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z912" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) выдает доверенности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z913" w:id="897"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z913" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) принимает регламент по вопросам организации своих полномочий и внутреннего распорядка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z914" w:id="898"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z914" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) несет персональную ответственность за организацию работы по противодействию коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z915" w:id="899"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z915" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) организует, координирует и контролирует работу Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z916" w:id="900"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z916" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) исполняет поручения и акты акима и акимата области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z917" w:id="901"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z917" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) утверждает положения о структурных подразделениях Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z918" w:id="902"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z918" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) организует разработку проектов нормативных правовых актов в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z919" w:id="903"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z919" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) обеспечивает соблюдение норм служебной этики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z920" w:id="904"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z920" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) утверждает график личного приема физических лиц и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z921" w:id="905"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z921" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) представляет интересы Управления в суде, выступает истцом, ответчиком от имени Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z922" w:id="906"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z922" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) осуществляет иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z923" w:id="907"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z923" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z924" w:id="908"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z924" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z925" w:id="909"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z925" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z926" w:id="910"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z926" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z927" w:id="911"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z927" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z928" w:id="912"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z928" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z929" w:id="913"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z929" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z930" w:id="914"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z930" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z931" w:id="915"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z931" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация находящаяся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z932" w:id="916"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z932" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коммунальное государственное учреждение "Центр исследования проблем и реабилитации в сфере религий" государственного учреждения "Управления по делам религий области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkEnd w:id="723"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19326,1458 +18937,1458 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 8 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z934" w:id="917"/>
+    <w:bookmarkStart w:name="z934" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление земельных отношений области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z935" w:id="918"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z935" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z936" w:id="919"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z936" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление земельных отношений области Жетісу" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство по реализации государственной политики в области регулирования земельных отношений на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z937" w:id="920"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z937" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z938" w:id="921"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z938" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z939" w:id="922"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z939" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z940" w:id="923"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z940" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z941" w:id="924"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z941" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z942" w:id="925"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z942" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z943" w:id="926"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z943" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z944" w:id="927"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z944" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Кабанбай батыра, №26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z945" w:id="928"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z945" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z946" w:id="929"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z946" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z947" w:id="930"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z947" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z948" w:id="931"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z948" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z949" w:id="932"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z949" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z950" w:id="933"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z950" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Задачи: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z951" w:id="934"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z951" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) регулирование земельных отношений в целях обеспечения рационального использования и охраны земель, воспроизводства плодородия почв, прозрачности предоставления и изменения целевого назначения земельных участков, создания условий для равноправного развития всех форм хозяйствования, укрепления законности в области земельных отношений; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z952" w:id="935"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z952" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление в интересах местного государственного управления иных задач, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z953" w:id="936"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z953" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z954" w:id="937"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z954" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z955" w:id="938"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z955" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить на рассмотрение акимата области предложения по вопросам регулирования земельных отношений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z956" w:id="939"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z956" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном порядке от государственных органов, должностных лиц, иных организаций и граждан информацию по вопросам, связанным с исполнением задач, поставленных перед Управлением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z957" w:id="940"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z957" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       взаимодействовать с государственными органами, предприятиями и организациями по вопросам регулирования земельных отношений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z958" w:id="941"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z958" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять иные права в соответствии с действующим законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z959" w:id="942"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z959" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z960" w:id="943"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z960" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять интересы Управления в государственных и судебных органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z961" w:id="944"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z961" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z962" w:id="945"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z962" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять иные обязанности в соответствии с действующим законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z963" w:id="946"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z963" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Функции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z964" w:id="947"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z964" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) подготовка предложений и проектов решений местного исполнительного органа области по предоставлению земельных участков для целей недропользования (для проведения работ по добыче; по совмещенной разведке и добыче; по строительству и (или) эксплуатации подземных сооружений, не связанных с разведкой и (или) добычей), строительства (реконструкции) магистральных трубопроводов, объектов переработки нефти и газа, создания и расширения особо охраняемых природных территорий местного значения, а также по принудительному отчуждению земельных участков для государственных нужд при обнаружении и под разработку месторождений полезных ископаемых, для строительства (реконструкции) магистральных трубопроводов, создания и расширения особо охраняемых природных территорий местного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z965" w:id="948"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z965" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подготовка предложений и проектов решений местного исполнительного органа области по предоставлению земельных участков государственным научно-исследовательским организациям и их опытным хозяйствам, а также государственным семеноводческим хозяйствам и племенным заводам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z966" w:id="949"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z966" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) подготовка предложений и проектов решений местного исполнительного органа области по предоставлению и изъятию земельных участков для нужд обороны и национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z967" w:id="950"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z967" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подготовка предложений по резервированию земель;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z968" w:id="951"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z968" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) определение делимости и неделимости земельных участков в пределах его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z969" w:id="952"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z969" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организация проведения землеустройства и утверждение землеустроительных проектов по формированию земельных участков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z970" w:id="953"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z970" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) организация разработки проектов зонирования земель, проектов и схем по рациональному использованию земель области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z971" w:id="954"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z971" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организация проведения земельных торгов (конкурсов, аукционов) в пределах его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z972" w:id="955"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z972" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) проведение экспертизы проектов и схем областного, городского, районного значения, затрагивающих вопросы использования и охраны земель;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z973" w:id="956"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z973" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) заключение договоров купли-продажи и договоров аренды земельного участка и временного безвозмездного землепользования в пределах его компетенции и осуществление контроля за исполнением условий заключенных договоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z974" w:id="957"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z974" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) составление баланса земель области на основании данных районов, городов областного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z975" w:id="958"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z975" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) подготовка предложений по выдаче разрешений местным исполнительным органом области на использование земельных участков для проведения изыскательских работ в соответствии со статьей 71 Земельного Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z976" w:id="959"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z976" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) подготовка предложений по переводу сельскохозяйственных угодий из одного вида в другой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z977" w:id="960"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z977" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) утверждение земельно-кадастрового плана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z978" w:id="961"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z978" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полономочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z979" w:id="962"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z979" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z980" w:id="963"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z980" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z981" w:id="964"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z981" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель управления не имеет заместителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z982" w:id="965"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z982" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z983" w:id="966"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z983" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несет персональную ответственность за противодействие коррупции в Управлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z984" w:id="967"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z984" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет обязанности и полномочия руководителей структурных подразделений Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z985" w:id="968"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z985" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) назначает и освобождает от должностей работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z986" w:id="969"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z986" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в установленном законодательством порядке осуществляет поощрение сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z987" w:id="970"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z987" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в установленном законодательством порядке налагает дисциплинарные взыскания на сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z988" w:id="971"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z988" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в пределах своей компетенции издает приказы, дает указания, подписывает служебную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z989" w:id="972"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z989" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждает положения о структурных подразделениях Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z990" w:id="973"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z990" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) представляет Управление в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z991" w:id="974"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z991" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) контролирует ход разработки нормативных правовых актов, проектов программ и других документов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z992" w:id="975"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z992" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) контролирует работу по подготовке отчетных материалов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z993" w:id="976"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z993" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) координирует ход реализации бюджетных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z994" w:id="977"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z994" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) в установленном порядке решает вопросы финансово-экономической и хозяйственной деятельности, контролирует рациональное и целевое исполнение бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z995" w:id="978"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z995" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) обеспечивает соблюдение законности, договорной и финансовой дисциплины в деятельности Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z996" w:id="979"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z996" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z997" w:id="980"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z997" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z998" w:id="981"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z998" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="981"/>
-    <w:bookmarkStart w:name="z999" w:id="982"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z999" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="982"/>
-    <w:bookmarkStart w:name="z1000" w:id="983"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z1000" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z1001" w:id="984"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z1001" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="984"/>
-    <w:bookmarkStart w:name="z1002" w:id="985"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z1002" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z1003" w:id="986"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z1003" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="986"/>
-    <w:bookmarkStart w:name="z1004" w:id="987"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z1004" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkEnd w:id="794"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20817,1878 +20428,1878 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 9 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1006" w:id="988"/>
+    <w:bookmarkStart w:name="z1006" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление пассажирского транспорта и автомобильных дорог области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z1007" w:id="989"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z1007" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="989"/>
-    <w:bookmarkStart w:name="z1008" w:id="990"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z1008" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление пассажирского транспорта и автомобильных дорог области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере пассажирского транспорта и автомобильных дорог в соответствии с законодательством Республики Казахстан на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z1009" w:id="991"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z1009" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="991"/>
-    <w:bookmarkStart w:name="z1010" w:id="992"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z1010" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z1011" w:id="993"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z1011" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="993"/>
-    <w:bookmarkStart w:name="z1012" w:id="994"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z1012" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="994"/>
-    <w:bookmarkStart w:name="z1013" w:id="995"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z1013" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z1014" w:id="996"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z1014" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="996"/>
-    <w:bookmarkStart w:name="z1015" w:id="997"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z1015" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="997"/>
-    <w:bookmarkStart w:name="z1016" w:id="998"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z1016" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Кабанбай батыра, № 26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="998"/>
-    <w:bookmarkStart w:name="z1017" w:id="999"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z1017" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="999"/>
-    <w:bookmarkStart w:name="z1018" w:id="1000"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z1018" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1000"/>
-    <w:bookmarkStart w:name="z1019" w:id="1001"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z1019" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1001"/>
-    <w:bookmarkStart w:name="z1020" w:id="1002"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z1020" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы, направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1002"/>
-    <w:bookmarkStart w:name="z1021" w:id="1003"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z1021" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1003"/>
-    <w:bookmarkStart w:name="z1022" w:id="1004"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z1022" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1004"/>
-    <w:bookmarkStart w:name="z1023" w:id="1005"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z1023" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) создание условий для обеспечения потребностей экономики и населения в автомобильных перевозках и иных работах и услугах; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1005"/>
-    <w:bookmarkStart w:name="z1024" w:id="1006"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z1024" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) защита законных прав и интересов физических и юридических лиц, а также национальных интересов государства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1006"/>
-    <w:bookmarkStart w:name="z1025" w:id="1007"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z1025" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) создание условий для конкурентоспособности отечественных перевозчиков на рынке международных автомобильных перевозок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1007"/>
-    <w:bookmarkStart w:name="z1026" w:id="1008"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z1026" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) защита внутреннего рынка автомобильных перевозок; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1008"/>
-    <w:bookmarkStart w:name="z1027" w:id="1009"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z1027" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дальнейшее развитие инфраструктуры автомобильного транспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1009"/>
-    <w:bookmarkStart w:name="z1028" w:id="1010"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z1028" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) регулирование организационных и экономических основ государственного управления автомобильными дорогами, их строительства, эксплуатации и развития в интересах государства и пользователей автомобильными дорогами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1010"/>
-    <w:bookmarkStart w:name="z1029" w:id="1011"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z1029" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1011"/>
-    <w:bookmarkStart w:name="z1030" w:id="1012"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z1030" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1012"/>
-    <w:bookmarkStart w:name="z1031" w:id="1013"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z1031" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах своей компетенции осуществляет владение, пользование и распоряжение имуществом, находящимся в коммунальной собственности акима области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1013"/>
-    <w:bookmarkStart w:name="z1032" w:id="1014"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z1032" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       совместно с органами дорожной полиции и уполномоченным органом по чрезвычайным ситуациям имеют право: на ограничение или закрытие движения транспортных средств в экстремальных условиях (неблагоприятные погодно-климатические условия, стихийные бедствия, пожар, потеря несущей способности автомобильных дорог).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1014"/>
-    <w:bookmarkStart w:name="z1033" w:id="1015"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z1033" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от своего имени вступает в гражданско-правовые отношения, заключает сделки, выступает стороной во всех судах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1015"/>
-    <w:bookmarkStart w:name="z1034" w:id="1016"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z1034" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществление в пределах области контроля, координации и иных специальных и разрешительных функций, предусмотренных законодательством в автодорожном и транспортном комплексах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1016"/>
-    <w:bookmarkStart w:name="z1035" w:id="1017"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z1035" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществление контроля за исполнением актов акимата области, касающихся автодорожного и транспортного комплексов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1017"/>
-    <w:bookmarkStart w:name="z1036" w:id="1018"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z1036" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участие в разработке решений и предложений по вопросам улучшения развития автодорожного и транспортного комплексов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1018"/>
-    <w:bookmarkStart w:name="z1037" w:id="1019"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z1037" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       внесение предложений об отмене и изменении принятых ранее актов, препятствующих реализации социальных программ развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1019"/>
-    <w:bookmarkStart w:name="z1038" w:id="1020"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z1038" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1020"/>
-    <w:bookmarkStart w:name="z1039" w:id="1021"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z1039" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах своей компетенции осуществление созыва совещаний, издавать обязательные для исполнения актов, проведение проверок исполнения в автодорожном и транспортном комплексах Законов Республики Казахстан, законодательных актов Президента и Правительства Республики Казахстан, нормативно-правовых актов, актов акимата области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1021"/>
-    <w:bookmarkStart w:name="z1040" w:id="1022"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z1040" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       привлечение перевозчиков к выполнению работ, связанных с ликвидацией чрезвычайных ситуаций, с последующим возмещением материальных затрат и ущерба в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1022"/>
-    <w:bookmarkStart w:name="z1041" w:id="1023"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z1041" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивает и получает в установленном законодательством порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1023"/>
-    <w:bookmarkStart w:name="z1042" w:id="1024"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z1042" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       имеет доступ в пределах области к объектам автодорожного и транспортного комплексов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1024"/>
-    <w:bookmarkStart w:name="z1043" w:id="1025"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z1043" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       привлечение к работе специалистов других органов исполнительной власти области и ее регионов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1025"/>
-    <w:bookmarkStart w:name="z1044" w:id="1026"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z1044" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права и обязанности, предусмотренные законодательствам, указами, нормативными актами и постановлениями Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1026"/>
-    <w:bookmarkStart w:name="z1045" w:id="1027"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z1045" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1027"/>
-    <w:bookmarkStart w:name="z1046" w:id="1028"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z1046" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация работ по строительству, реконструкции, ремонту и содержанию автомобильных дорог общего пользования областного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1028"/>
-    <w:bookmarkStart w:name="z1047" w:id="1029"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z1047" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) управление сетью автомобильных дорог областного значения общего пользования, улиц населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1029"/>
-    <w:bookmarkStart w:name="z1048" w:id="1030"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z1048" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) управление дорогами и дорожными предприятиями, находящимися в коммунальной собственности области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1030"/>
-    <w:bookmarkStart w:name="z1049" w:id="1031"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z1049" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществление государственного контроля при производстве работ по строительству, реконструкции, ремонту и содержанию автомобильных дорог областного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1031"/>
-    <w:bookmarkStart w:name="z1050" w:id="1032"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z1050" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) принятие решения о предоставлении автомобильных дорог общего пользования областного значения или их участков в безвозмездное временное пользование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1032"/>
-    <w:bookmarkStart w:name="z1051" w:id="1033"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z1051" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждение порядка размещения наружной (визуальной) рекламы в полосе отвода автомобильных дорог общего пользования областного и районного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1033"/>
-    <w:bookmarkStart w:name="z1052" w:id="1034"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z1052" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) согласование размещение и эксплуатации пользователями автодорог объектов инфраструктуры, придорожного сервиса, наружной рекламы в полосе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1034"/>
-    <w:bookmarkStart w:name="z1053" w:id="1035"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z1053" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) утверждение порядка и условий классификации автомобильных дорог общего пользования областного и районного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1035"/>
-    <w:bookmarkStart w:name="z1054" w:id="1036"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z1054" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) утверждение классификации видов работ, выполняемых при содержании, текущем, среднем и капитальном ремонтах улиц населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1036"/>
-    <w:bookmarkStart w:name="z1055" w:id="1037"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z1055" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) согласование строительства подъездных дорог и примыканий к дорогам общего пользования областного и районного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1037"/>
-    <w:bookmarkStart w:name="z1056" w:id="1038"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z1056" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) обеспечивает строительство, рациональную эксплуатацию и содержание дорог областного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1038"/>
-    <w:bookmarkStart w:name="z1057" w:id="1039"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z1057" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) обеспечение эффективного и целевого использования средств, выделенных на содержание, ремонт и строительство автомобильных дорог (в том числе выкуп изъятых земельных участков для государственных нужд) общего пользования областного значения и сооружений на них; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1039"/>
-    <w:bookmarkStart w:name="z1058" w:id="1040"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z1058" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) обеспечение эффективного и целевого использования средств, выделенных из республиканского бюджета по целевым трансфертам на развитие при строительстве автомобильных дорог (в том числе выкуп изъятых земельных участков для государственных нужд) общего пользования областного значения и сооружений на них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1040"/>
-    <w:bookmarkStart w:name="z1059" w:id="1041"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z1059" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществление контроля за техническим состоянием объектов придорожного сервиса и прилегающей территории в полосе отвода дорог в целях недопущения снижения транспортно-эксплуатационных качеств автодорог, соблюдения требований безопасности движения транспортных средств и охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1041"/>
-    <w:bookmarkStart w:name="z1060" w:id="1042"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z1060" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление контроля соблюдения участниками дорожного движения правил пользования автомобильными дорогами общего пользования местного значения области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1042"/>
-    <w:bookmarkStart w:name="z1061" w:id="1043"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z1061" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) организация регулярных междугородных, межобластных, межрайонных (междугородные внутриобластные) перевозок пассажиров и багажа, проведение конкурсов на право их обслуживания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1043"/>
-    <w:bookmarkStart w:name="z1062" w:id="1044"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z1062" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) утверждение маршрутов и расписаний движения регулярных межрайонных (междугородных внутриобластных) перевозок пассажиров и багажа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1044"/>
-    <w:bookmarkStart w:name="z1063" w:id="1045"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z1063" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) согласовывание маршрутов и расписаний движения по регулярным междугородным межобластным автомобильным перевозкам пассажиров и багажа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1045"/>
-    <w:bookmarkStart w:name="z1064" w:id="1046"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z1064" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) ведение реестра автовокзалов, автостанций и пунктов обслуживания пассажиров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1046"/>
-    <w:bookmarkStart w:name="z1065" w:id="1047"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z1065" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) ведение реестра маршрутов регулярных межрайонных (междугородных внутриобластных) автомобильных перевозок пассажиров и багажа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1047"/>
-    <w:bookmarkStart w:name="z1066" w:id="1048"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z1066" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) разработка комплексной схемы развития пассажирского транспорта и проекты организации дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1048"/>
-    <w:bookmarkStart w:name="z1067" w:id="1049"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z1067" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) осуществление субсидирования убытков перевозчиков при осуществлении социально значимых перевозок пассажиров на межрайонном (междугородном внутриобластном) сообщениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1049"/>
-    <w:bookmarkStart w:name="z1068" w:id="1050"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z1068" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) осуществление лицензирования в соответствии с законодательством Республики Казахстан о разрешениях и уведомлениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1050"/>
-    <w:bookmarkStart w:name="z1069" w:id="1051"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z1069" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) субсидирование убытков перевозчика, связанных с осуществлением пассажирских перевозок железнодорожным транспортом по социально значимым межрайонным (междугородным внутриобластным) и пригородным сообщениям (маршрутам);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1051"/>
-    <w:bookmarkStart w:name="z1070" w:id="1052"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z1070" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) рассмотрение обращение физических и юридических лиц в пределах своей компетенции в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1052"/>
-    <w:bookmarkStart w:name="z1071" w:id="1053"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z1071" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) участие в разработке комплексных программ социально-экономического развития области, целевых программ по развитию автомобильных дорог и транспортного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1053"/>
-    <w:bookmarkStart w:name="z1072" w:id="1054"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z1072" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) привлечение перевозчиков к выполнению работ, связанных с ликвидацией чрезвычайных ситуаций, с последующим возмещением материальных затрат и ущерба в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1054"/>
-    <w:bookmarkStart w:name="z1073" w:id="1055"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z1073" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) обеспечение безопасности дорожного движения на соответствующей территории;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1055"/>
-    <w:bookmarkStart w:name="z1074" w:id="1056"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z1074" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) разработка и реализация мероприятий по организации дорожного движения на дорогах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1056"/>
-    <w:bookmarkStart w:name="z1075" w:id="1057"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z1075" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) осуществление мониторинга потерь от дорожно-транспортных происшествий и бюджетных затрат на обеспечение безопасности дорожного движения, а также эффективности принимаемых мер на снижение уровня аварийности на дорогах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1057"/>
-    <w:bookmarkStart w:name="z1076" w:id="1058"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z1076" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) учет курсов по подготовке судоводителей маломерных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1058"/>
-    <w:bookmarkStart w:name="z1077" w:id="1059"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z1077" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) выдача удостоверений на право управления самоходными маломерными судами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1059"/>
-    <w:bookmarkStart w:name="z1078" w:id="1060"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z1078" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) осуществление иных функции, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1060"/>
-    <w:bookmarkStart w:name="z1079" w:id="1061"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z1079" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1061"/>
-    <w:bookmarkStart w:name="z1080" w:id="1062"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z1080" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1062"/>
-    <w:bookmarkStart w:name="z1081" w:id="1063"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z1081" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1063"/>
-    <w:bookmarkStart w:name="z1082" w:id="1064"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z1082" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления имеет заместителя, который назначается на должности и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1064"/>
-    <w:bookmarkStart w:name="z1083" w:id="1065"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z1083" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1065"/>
-    <w:bookmarkStart w:name="z1084" w:id="1066"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z1084" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) назначает на должность и освобождает от должности сотрудников Управления в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1066"/>
-    <w:bookmarkStart w:name="z1085" w:id="1067"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z1085" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поощряет и налагает дисциплинарные взыскания на работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1067"/>
-    <w:bookmarkStart w:name="z1086" w:id="1068"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z1086" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в пределах своей компетенции издает приказы, инструкции, обязательные для исполнения работниками Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1068"/>
-    <w:bookmarkStart w:name="z1087" w:id="1069"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z1087" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) противодействует коррупции в Управлении с установлением за это персональной ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1069"/>
-    <w:bookmarkStart w:name="z1088" w:id="1070"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z1088" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции представляет интересы Управления в государственных органах и организациях в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1070"/>
-    <w:bookmarkStart w:name="z1089" w:id="1071"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z1089" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) принимает решения по другим вопросам, отнесенным к его компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1071"/>
-    <w:bookmarkStart w:name="z1090" w:id="1072"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z1090" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1072"/>
-    <w:bookmarkStart w:name="z1091" w:id="1073"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z1091" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1073"/>
-    <w:bookmarkStart w:name="z1092" w:id="1074"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z1092" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1074"/>
-    <w:bookmarkStart w:name="z1093" w:id="1075"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z1093" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1075"/>
-    <w:bookmarkStart w:name="z1094" w:id="1076"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z1094" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1076"/>
-    <w:bookmarkStart w:name="z1095" w:id="1077"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z1095" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1077"/>
-    <w:bookmarkStart w:name="z1096" w:id="1078"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z1096" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1078"/>
-    <w:bookmarkStart w:name="z1097" w:id="1079"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z1097" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1079"/>
+    <w:bookmarkEnd w:id="886"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22829,2558 +22440,2558 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 11 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1188" w:id="1080"/>
+    <w:bookmarkStart w:name="z1188" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление координации занятости и социальных программ области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1080"/>
-    <w:bookmarkStart w:name="z1189" w:id="1081"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z1189" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1081"/>
-    <w:bookmarkStart w:name="z1190" w:id="1082"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z1190" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственное учреждение "Управление координации занятости и социальных программ области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере занятости, социальных программ в соответствии законодательством Республики Казахстан на территории области Жетісу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1082"/>
-    <w:bookmarkStart w:name="z1191" w:id="1083"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z1191" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Управление не имеет ведомств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1083"/>
-    <w:bookmarkStart w:name="z1192" w:id="1084"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z1192" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3.Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1084"/>
-    <w:bookmarkStart w:name="z1193" w:id="1085"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z1193" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1085"/>
-    <w:bookmarkStart w:name="z1194" w:id="1086"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z1194" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Управление вступает в гражданско-правовые отношения от собственного имени. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1086"/>
-    <w:bookmarkStart w:name="z1195" w:id="1087"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z1195" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1087"/>
-    <w:bookmarkStart w:name="z1196" w:id="1088"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z1196" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1088"/>
-    <w:bookmarkStart w:name="z1197" w:id="1089"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z1197" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1089"/>
-    <w:bookmarkStart w:name="z1198" w:id="1090"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z1198" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Кабанбай батыра, № 26. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1090"/>
-    <w:bookmarkStart w:name="z1199" w:id="1091"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z1199" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1091"/>
-    <w:bookmarkStart w:name="z1200" w:id="1092"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z1200" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1092"/>
-    <w:bookmarkStart w:name="z1201" w:id="1093"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z1201" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1093"/>
-    <w:bookmarkStart w:name="z1202" w:id="1094"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z1202" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1094"/>
-    <w:bookmarkStart w:name="z1203" w:id="1095"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z1203" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1095"/>
-    <w:bookmarkStart w:name="z1204" w:id="1096"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z1204" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Задачи: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1096"/>
-    <w:bookmarkStart w:name="z1205" w:id="1097"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z1205" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация в пределах своей компетенции государственной политики в области занятости, социальных программ, миграции, социального партнерства, государственно-частного партнерства и по вопросам беженцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1097"/>
-    <w:bookmarkStart w:name="z1206" w:id="1098"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z1206" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществление межотраслевой координации и методического обеспечения в области занятости, социального обеспечения, миграции, социального партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1098"/>
-    <w:bookmarkStart w:name="z1207" w:id="1099"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z1207" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) реализация основных направлений государственной политики в области оказания специальных социальных услуг лицам, находящимся в трудной жизненной ситуации и в подведомственных учреждениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1099"/>
-    <w:bookmarkStart w:name="z1208" w:id="1100"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z1208" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) реализация мер по обеспечению адресной социальной помощи малообеспеченным гражданам, обеспечение социальной поддержки лиц с инвалидностью и других категорий граждан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1100"/>
-    <w:bookmarkStart w:name="z1209" w:id="1101"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z1209" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) обеспечения соблюдение законодательных актов Республики Казахстан при оказании государственных услуг; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1101"/>
-    <w:bookmarkStart w:name="z1210" w:id="1102"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z1210" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) участие в реализации Национального проекта "Сильные регионы-драйвер развития страны", Национальном проекте по развитию предпринимательства, планов развития области Жетісу, по вопросам входящих в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1102"/>
-    <w:bookmarkStart w:name="z1211" w:id="1103"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z1211" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) формирование региональной карты занятости на 2022-2025 годы в разрезе Национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1103"/>
-    <w:bookmarkStart w:name="z1212" w:id="1104"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z1212" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) иные задачи, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1104"/>
-    <w:bookmarkStart w:name="z1213" w:id="1105"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z1213" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Полномочия: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1105"/>
-    <w:bookmarkStart w:name="z1214" w:id="1106"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z1214" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1106"/>
-    <w:bookmarkStart w:name="z1215" w:id="1107"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z1215" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       запрашивать и получать в установленном порядке от исполнительных органов области, а также организаций, учреждений и предприятий независимо от форм собственности документы, информации, справочные и иные материалы, необходимые для осуществления функций, возложенных на Управление; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1107"/>
-    <w:bookmarkStart w:name="z1216" w:id="1108"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z1216" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять пользование имуществом, находящимся на праве оперативного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1108"/>
-    <w:bookmarkStart w:name="z1217" w:id="1109"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z1217" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения в акимат области по созданию, реорганизации, переименованию и ликвидации государственных учреждений и предприятий, находящихся в ведении Управления и утверждать их Уставы (положения), вносить в них изменения и дополнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1109"/>
-    <w:bookmarkStart w:name="z1218" w:id="1110"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z1218" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и проводить в установленном порядке конференции, семинары, совещания и встречи по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1110"/>
-    <w:bookmarkStart w:name="z1219" w:id="1111"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z1219" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заверять копии представленных документов, используемых для внутреннего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1111"/>
-    <w:bookmarkStart w:name="z1220" w:id="1112"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z1220" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить информационно-разъяснительные работы по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1112"/>
-    <w:bookmarkStart w:name="z1221" w:id="1113"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z1221" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       взаимодействовать в пределах компетенции с должностными лицами, общественными организациями по вопросам входящих в компетенцию Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1113"/>
-    <w:bookmarkStart w:name="z1222" w:id="1114"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z1222" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора, соглашения в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1114"/>
-    <w:bookmarkStart w:name="z1223" w:id="1115"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z1223" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать у государственных органов, ведающих вопросами образования, в организациях образования, учебных курсов различных организаций, осуществляющих подготовку, переподготовку и повышение квалификации специалистов, сведения о трудоустройстве выпускников, информацию о профессиях (специальностях), по которым ведҰтся обучение, количестве подготовленных и планируемых к подготовке специалистов по конкретным профессиям (специальностям).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1115"/>
-    <w:bookmarkStart w:name="z1224" w:id="1116"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z1224" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1116"/>
-    <w:bookmarkStart w:name="z1225" w:id="1117"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z1225" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заслушивать на заседаниях коллегии Управления, региональных комиссии отчеты руководителей организаций, предприятий и учреждений, независимо от форм собственности, по вопросам, относящимся к компетенции Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1117"/>
-    <w:bookmarkStart w:name="z1226" w:id="1118"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z1226" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       участвовать в работе комиссий и рабочих групп по обсуждению вопросов, входящих в компетенцию Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1118"/>
-    <w:bookmarkStart w:name="z1227" w:id="1119"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z1227" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       давать разъяснения по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1119"/>
-    <w:bookmarkStart w:name="z1228" w:id="1120"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z1228" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлять интересы Управления в государственных органах, суде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1120"/>
-    <w:bookmarkStart w:name="z1229" w:id="1121"/>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z1229" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности в пределах полномочий, предусмотренных законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1121"/>
-    <w:bookmarkStart w:name="z1230" w:id="1122"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z1230" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1122"/>
-    <w:bookmarkStart w:name="z1231" w:id="1123"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z1231" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разрабатывать нормативные правовые акты в сфере занятости, социальной поддержки нуждающихся категорий граждан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1123"/>
-    <w:bookmarkStart w:name="z1232" w:id="1124"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z1232" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) координировать работу областной комиссии по социальному партнерству и регулированию социальных и трудовых отношений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1124"/>
-    <w:bookmarkStart w:name="z1233" w:id="1125"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z1233" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) разрабатывать, вносить предложения и согласовывать со сторонами социального партнерства проекты областного трехстороннего соглашения, регулирующего социальные и трудовые отношения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1125"/>
-    <w:bookmarkStart w:name="z1234" w:id="1126"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z1234" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осуществлять методическую и организационную координацию городских и районных отделов занятости и социальных программ, центров занятости населения и центров оказания специальных социальных услуг; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1126"/>
-    <w:bookmarkStart w:name="z1235" w:id="1127"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z1235" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) анализировать, прогнозировать спрос и предложение рабочей силы, информировать о состоянии рынка труда региона; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1127"/>
-    <w:bookmarkStart w:name="z1236" w:id="1128"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z1236" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) принимать участие в разработке соответствующих разделов по социальной сфере программ развития, а также осуществлять координацию по реализации активных мер содействия занятости, оказанию и социальной поддержке нуждающихся категорий граждан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1128"/>
-    <w:bookmarkStart w:name="z1237" w:id="1129"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z1237" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) вносить в уполномоченный орган по вопросам миграции населения предложения по формированию квоты на привлечение иностранной рабочей силы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1129"/>
-    <w:bookmarkStart w:name="z1238" w:id="1130"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z1238" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) выдавать и (или) продлевать разрешения работодателям на привлечение иностранной рабочей силы работодателям для осуществления трудовой деятельности на территории соответствующей административно-территориальной единицы в пределах квоты, распределенной уполномоченным органом по вопросам занятости населения, либо в рамках внутрикорпоративного перевода вне квоты, а также приостанавливать и отзывать указанные разрешения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1130"/>
-    <w:bookmarkStart w:name="z1239" w:id="1131"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z1239" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) выдавать или продлевать справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1131"/>
-    <w:bookmarkStart w:name="z1240" w:id="1132"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z1240" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        10) координировать работу по выдаче, продлению и отзыву разрешений трудовым иммигрантам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1132"/>
-    <w:bookmarkStart w:name="z1241" w:id="1133"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z1241" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        11) принимать заявления напрямую и через Государственную корпорацию с приложением необходимых документов от этнических казахов на присвоение или продление статуса кандас;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1133"/>
-    <w:bookmarkStart w:name="z1242" w:id="1134"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z1242" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        12) принимать и выносить решения о присвоении или продлении статуса кандас;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1134"/>
-    <w:bookmarkStart w:name="z1243" w:id="1135"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z1243" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) выдавать удостоверения кандаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1135"/>
-    <w:bookmarkStart w:name="z1244" w:id="1136"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z1244" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) создавать и организовывать деятельность центров адаптации и интеграции кандасов, центров временного размещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1136"/>
-    <w:bookmarkStart w:name="z1245" w:id="1137"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z1245" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) принимать, рассматривать документы и заверять приглашения граждан Республики Казахстан для переселения в Республику Казахстан родственников из числа этнических казахов, проживающих за рубежом, в целях воссоединения семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1137"/>
-    <w:bookmarkStart w:name="z1246" w:id="1138"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z1246" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) регистрировать и рассматривать ходатайства о присвоении статуса беженца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1138"/>
-    <w:bookmarkStart w:name="z1247" w:id="1139"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z1247" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) выдавать свидетельства лица, ищущего убежище;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1139"/>
-    <w:bookmarkStart w:name="z1248" w:id="1140"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z1248" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) выдавать удостоверение беженца; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1140"/>
-    <w:bookmarkStart w:name="z1249" w:id="1141"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z1249" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) принимать решение о присвоении, продлении, лишении и прекращении статуса беженца; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1141"/>
-    <w:bookmarkStart w:name="z1250" w:id="1142"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z1250" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) организовывать деятельность комиссии по осуществлению процедуры присвоения, продления, лишения и прекращения статуса беженца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1142"/>
-    <w:bookmarkStart w:name="z1251" w:id="1143"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z1251" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) формировать и ежемесячно направлять списки лиц, ищущих убежище, и беженцев в уполномоченный орган, органы национальной безопасности и органы внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1143"/>
-    <w:bookmarkStart w:name="z1252" w:id="1144"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z1252" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) совместно с заинтересованными органами определяет потребность в подготовке кадров и их трудоустройство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1144"/>
-    <w:bookmarkStart w:name="z1253" w:id="1145"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z1253" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) взаимодействововать с частными агентствами занятости, занимающихся трудовым посредничеством, в части трудоустройства, аутсорсинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1145"/>
-    <w:bookmarkStart w:name="z1254" w:id="1146"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z1254" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) содействовать добровольному переселению для повышения мобильности рабочей силы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1146"/>
-    <w:bookmarkStart w:name="z1255" w:id="1147"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z1255" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организовывать деятельность региональной комиссии по вопросам занятости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1147"/>
-    <w:bookmarkStart w:name="z1256" w:id="1148"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z1256" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) содействовать проведению заседаний консультативно-совещательного органа по содействию деятельности учреждений и органов, исполняющих уголовные наказание и иные меры уголовно-правового воздействия, а также организации социальной и иной помощи лицам, отбывшим уголовные наказания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1148"/>
-    <w:bookmarkStart w:name="z1257" w:id="1149"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z1257" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) координировать осуществление мониторинга организаций с рисками высвобождения и сокращения рабочих мест, способствует заключению меморандумов и Дорожных карт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1149"/>
-    <w:bookmarkStart w:name="z1258" w:id="1150"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z1258" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) обеспечивать создание и деятельность субъектов, предоставляющих специальные социальные услуги, находящихся в их ведении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1150"/>
-    <w:bookmarkStart w:name="z1259" w:id="1151"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z1259" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        29) обеспечивать предоставление субъектами предоставляющих специальные социальные услуги, гарантированного объема специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1151"/>
-    <w:bookmarkStart w:name="z1260" w:id="1152"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1260" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) обеспечивать принятие мер по развитию системы предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1152"/>
-    <w:bookmarkStart w:name="z1261" w:id="1153"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1261" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) организовывать кадровое обеспечение центров оказания специальных социальных услуг, профессиональную подготовку, переподготовку и повышение квалификации социальных работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1153"/>
-    <w:bookmarkStart w:name="z1262" w:id="1154"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z1262" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) координировать деятельность подведомственных государственных учреждений, обеспечивать проведение мониторинга, внесение предложений по состоянию материально-технического состояния и оказывать методическую помощь;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1154"/>
-    <w:bookmarkStart w:name="z1263" w:id="1155"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z1263" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) осуществлять государственные закупки, размещать государственный социальный заказ на предоставление специальных социальных услуг, услуг по оценке и определению потребности в специальных социальных услугах; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1155"/>
-    <w:bookmarkStart w:name="z1264" w:id="1156"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z1264" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) обеспечивать приобретение и распределение по рай (гор) отделам путевок для санаторно-курортного лечения лиц с инвалидностью и детей с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1156"/>
-    <w:bookmarkStart w:name="z1265" w:id="1157"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z1265" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) обеспечивать приобретение и распределение инватакси по рай (гор) отделам и центрам оказания специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1157"/>
-    <w:bookmarkStart w:name="z1266" w:id="1158"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z1266" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) обеспечивать приобретение и распределение по рай (гор) отделам технических вспомогательных (компенсаторных) средств и (или) специальных средств передвижения, протезно-ортопедических изделий, сурдо, тифло-технических, протезно-ортопедических средств для лиц с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1158"/>
-    <w:bookmarkStart w:name="z1267" w:id="1159"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z1267" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) координировать организацию работы по социальной защите участников, лиц с инвалидностью войны и лиц, приравненных к ним, одиноких престарелых граждан, лиц с инвалидностью и детей с инвалидностью, граждан, пострадавших вследствие длительных ядерных испытаний на Семипалатинском испытательном ядерном полигоне и других социально-уязвимых категорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1159"/>
-    <w:bookmarkStart w:name="z1268" w:id="1160"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z1268" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) обеспечивать оказание лицам с инвалидностью услуг специалистов жестового языка, сурдопереводчиков, индивидуальных помощников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1160"/>
-    <w:bookmarkStart w:name="z1269" w:id="1161"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z1269" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) координировать и осуществлять мониторинг реализации оказания адресной социальной помощи и социальной защиты отдельных категорий нуждающихся граждан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1161"/>
-    <w:bookmarkStart w:name="z1270" w:id="1162"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1270" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) осуществлять ведение государственной статистической отчетности и мониторинга по вопросам, отнесенным к компетенции Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1162"/>
-    <w:bookmarkStart w:name="z1271" w:id="1163"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1271" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) осуществлять планирование и реализацию областных бюджетных программ, разработку паспортов бюджетных программ Управления в порядке, установленном законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1163"/>
-    <w:bookmarkStart w:name="z1272" w:id="1164"/>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1272" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42) обеспечивать формирование номенклатуры и объемов закупаемых товаров, работ, услуг по Управлению, планирование, организацию и проведение государственных закупок товаров, работ и услуг в порядке, установленном законодательством; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1164"/>
-    <w:bookmarkStart w:name="z1273" w:id="1165"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z1273" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) осуществлять контроль за расходованием лимитов, исполнением смет расходов административных программ, бюджетных классификаций и на соответствие отчетных данных в подведомственных учреждениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1165"/>
-    <w:bookmarkStart w:name="z1274" w:id="1166"/>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z1274" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) содействовать формированию базы данных единой информационной системы социально-трудовой сферы: автоматизированных информационных систем "Социальная помощь", "Иностранная рабочая сила", "Оралман", "Рынок труда", "Портал социальных услуг";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1166"/>
-    <w:bookmarkStart w:name="z1275" w:id="1167"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z1275" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) представлять в уполномоченный и соответствующие органы отчеты, информации и сведения по социальной защите малообеспеченных, многодетных семей, участников, лиц с инвалидностью войны и лиц, приравненных к ним, одиноких престарелых граждан, лиц с инвалидностью и детей с инвалидностью, граждан, пострадавших вследствие длительных ядерных испытаний на Семипалатинском испытательном ядерном полигоне и других социально-уязвимых категорий, занятости населения, по выдаче разрешений на привлечение иностранной рабочей силе, по присвоению и продлению статусов кандасов и беженцев, по оказанию специальных социальных услуги, по оказанию государственных услуг, по охвату активными мерами занятости, создания рабочих мест, кадровым вопросам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1167"/>
-    <w:bookmarkStart w:name="z1276" w:id="1168"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z1276" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) Управление в отношений центров оказания специальных социальных услуг: утверждает индивидуальный план финансирования; осуществляет контроль за сохранностью имущества; определяет структуру, порядок формирования и срок полномочий органов управления; определяет права, обязанности и ответственность руководителя; утверждает штатную численность; по представлению руководителя назначает на должность и освобождает от должности его заместителя (заместителей); утверждает годовую финансовую отчетность; осуществляет контроль за своевременным и качественным оказанием специальных социальных услуг; осуществляет мониторинг деятельности по всем ее направлениям; организует и проводит служебную проверку по обращениям (жалобам) граждан, коллектива, государственных органов; организует и проводит аттестацию руководителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1168"/>
-    <w:bookmarkStart w:name="z1277" w:id="1169"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z1277" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) осуществлять иные функции, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1169"/>
-    <w:bookmarkStart w:name="z1278" w:id="1170"/>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z1278" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1170"/>
-    <w:bookmarkStart w:name="z1279" w:id="1171"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1279" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1171"/>
-    <w:bookmarkStart w:name="z1280" w:id="1172"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z1280" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1172"/>
-    <w:bookmarkStart w:name="z1281" w:id="1173"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z1281" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Первый руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1173"/>
-    <w:bookmarkStart w:name="z1282" w:id="1174"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z1282" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1174"/>
-    <w:bookmarkStart w:name="z1283" w:id="1175"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1283" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции определят обязанности и полномочия заместителей и сотрудников Управления соответствии с действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1175"/>
-    <w:bookmarkStart w:name="z1284" w:id="1176"/>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z1284" w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в соответствии с действующим законодательством назначает и освобождает от должности сотрудников Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1176"/>
-    <w:bookmarkStart w:name="z1285" w:id="1177"/>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z1285" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1177"/>
-    <w:bookmarkStart w:name="z1286" w:id="1178"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z1286" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в пределах своей компетенции издает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1178"/>
-    <w:bookmarkStart w:name="z1287" w:id="1179"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z1287" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции представляет интересы Управления в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1179"/>
-    <w:bookmarkStart w:name="z1288" w:id="1180"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z1288" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) противодействует коррупции в Управлении с установлением за это персональной ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1180"/>
-    <w:bookmarkStart w:name="z1289" w:id="1181"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z1289" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1181"/>
-    <w:bookmarkStart w:name="z1290" w:id="1182"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z1290" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1182"/>
-    <w:bookmarkStart w:name="z1291" w:id="1183"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z1291" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1183"/>
-    <w:bookmarkStart w:name="z1292" w:id="1184"/>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z1292" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1184"/>
-    <w:bookmarkStart w:name="z1293" w:id="1185"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z1293" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1185"/>
-    <w:bookmarkStart w:name="z1294" w:id="1186"/>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z1294" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1186"/>
-    <w:bookmarkStart w:name="z1295" w:id="1187"/>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z1295" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1187"/>
-    <w:bookmarkStart w:name="z1296" w:id="1188"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z1296" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1188"/>
-    <w:bookmarkStart w:name="z1297" w:id="1189"/>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z1297" w:id="996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1189"/>
-    <w:bookmarkStart w:name="z1298" w:id="1190"/>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z1298" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организации находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1190"/>
-    <w:bookmarkStart w:name="z1299" w:id="1191"/>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z1299" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1)коммунальное государственное учреждение "Алакольский центр оказания специальных социальных услуг "Шуақ"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1191"/>
-    <w:bookmarkStart w:name="z1300" w:id="1192"/>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z1300" w:id="999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2)коммунальное государственное учреждение "Каратальский центр дневного пребывания для детей с ограниченными возможностями"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1192"/>
-    <w:bookmarkStart w:name="z1301" w:id="1193"/>
+    <w:bookmarkEnd w:id="999"/>
+    <w:bookmarkStart w:name="z1301" w:id="1000"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3)коммунальное государственное учреждение "Когалинский центр оказания специальных социальных услуг"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1193"/>
-    <w:bookmarkStart w:name="z1302" w:id="1194"/>
+    <w:bookmarkEnd w:id="1000"/>
+    <w:bookmarkStart w:name="z1302" w:id="1001"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4)коммунальное государственное учреждение "Центр дневного пребывания для детей с ограниченными возможностями "Үміт"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1194"/>
-    <w:bookmarkStart w:name="z1303" w:id="1195"/>
+    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkStart w:name="z1303" w:id="1002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5)коммунальное государственное учреждение "Жаркентский центр оказания специальных социальных услуг "Мейірім"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1195"/>
-    <w:bookmarkStart w:name="z1304" w:id="1196"/>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z1304" w:id="1003"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6)коммунальное государственное учреждение "Сарканский центр оказания специальных социальных услуг "Сенім"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1196"/>
-    <w:bookmarkStart w:name="z1305" w:id="1197"/>
+    <w:bookmarkEnd w:id="1003"/>
+    <w:bookmarkStart w:name="z1305" w:id="1004"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7)коммунальное государственное учреждение "Саркандский Центр по оказанию специальных социальных услуг "Нұр"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1197"/>
-    <w:bookmarkStart w:name="z1306" w:id="1198"/>
+    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkStart w:name="z1306" w:id="1005"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8)коммунальное государственное учреждение "Центр по оказанию специальных социальных услуг "Қамқор"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1198"/>
-    <w:bookmarkStart w:name="z1307" w:id="1199"/>
+    <w:bookmarkEnd w:id="1005"/>
+    <w:bookmarkStart w:name="z1307" w:id="1006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9)коммунальное государственное учреждение "Центр по оказанию специальных социальных услуг "Бәйтерек"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1199"/>
-    <w:bookmarkStart w:name="z1308" w:id="1200"/>
+    <w:bookmarkEnd w:id="1006"/>
+    <w:bookmarkStart w:name="z1308" w:id="1007"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10)коммунальное государственное учреждение "Текелийский центр оказания специальных социальных услуг "Шапағат"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1200"/>
-    <w:bookmarkStart w:name="z1309" w:id="1201"/>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z1309" w:id="1008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11)коммунальное государственное учреждение "Центр трудовых ресурсов и активного долголетия"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1201"/>
-    <w:bookmarkStart w:name="z1310" w:id="1202"/>
+    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkStart w:name="z1310" w:id="1009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12)коммунальное государственное учреждение "Центр дневного пребывания для детей с аутизмом и другими ментальными нарушениями"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1202"/>
-    <w:bookmarkStart w:name="z1311" w:id="1203"/>
+    <w:bookmarkEnd w:id="1009"/>
+    <w:bookmarkStart w:name="z1311" w:id="1010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13)коммунальное государственное учреждение "Центр дневного пребывания с реабилитационным отделением "Жансая"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1203"/>
-    <w:bookmarkStart w:name="z1312" w:id="1204"/>
+    <w:bookmarkEnd w:id="1010"/>
+    <w:bookmarkStart w:name="z1312" w:id="1011"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14)коммунальное государственное учреждение "Детский реабилитационный центр "Мерей"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1204"/>
-    <w:bookmarkStart w:name="z1313" w:id="1205"/>
+    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkStart w:name="z1313" w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)коммунальное государственное учреждение "Центр трудовой мобильности области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1205"/>
+    <w:bookmarkEnd w:id="1012"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25458,84 +25069,77 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 12 в редакции пастановления акимата области Жетісу от 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 336</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования). </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1315" w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Положение государственного учреждения "Управление предпринимательства и индустриально-инновационного развития области Жетісу" Глава 1. Общие положения</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Положение государственного учреждения "Управление предпринимательства и индустриально-инновационного развития области Жетісу" Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственное учреждение "Управление предпринимательства и индустриально-инновационного развития области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сферах предпринимательства, торговли, индустриально-инновационного развития и недропользования на территории области Жетісу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27421,1978 +27025,1978 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 13 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1430" w:id="1206"/>
+    <w:bookmarkStart w:name="z1430" w:id="1014"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление финансов области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1206"/>
-    <w:bookmarkStart w:name="z1431" w:id="1207"/>
+    <w:bookmarkEnd w:id="1014"/>
+    <w:bookmarkStart w:name="z1431" w:id="1015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1207"/>
-    <w:bookmarkStart w:name="z1432" w:id="1208"/>
+    <w:bookmarkEnd w:id="1015"/>
+    <w:bookmarkStart w:name="z1432" w:id="1016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление финансов области Жетісу" (далее-Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере исполнения бюджета, ведения бухгалтерского учета, бюджетного учета и бюджетной отчетности по исполнению местного бюджета, является уполномоченным органом по управлению областной коммунальной собственностью на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1208"/>
-    <w:bookmarkStart w:name="z1433" w:id="1209"/>
+    <w:bookmarkEnd w:id="1016"/>
+    <w:bookmarkStart w:name="z1433" w:id="1017"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1209"/>
-    <w:bookmarkStart w:name="z1434" w:id="1210"/>
+    <w:bookmarkEnd w:id="1017"/>
+    <w:bookmarkStart w:name="z1434" w:id="1018"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1210"/>
-    <w:bookmarkStart w:name="z1435" w:id="1211"/>
+    <w:bookmarkEnd w:id="1018"/>
+    <w:bookmarkStart w:name="z1435" w:id="1019"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1211"/>
-    <w:bookmarkStart w:name="z1436" w:id="1212"/>
+    <w:bookmarkEnd w:id="1019"/>
+    <w:bookmarkStart w:name="z1436" w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1212"/>
-    <w:bookmarkStart w:name="z1437" w:id="1213"/>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z1437" w:id="1021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1213"/>
-    <w:bookmarkStart w:name="z1438" w:id="1214"/>
+    <w:bookmarkEnd w:id="1021"/>
+    <w:bookmarkStart w:name="z1438" w:id="1022"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1214"/>
-    <w:bookmarkStart w:name="z1439" w:id="1215"/>
+    <w:bookmarkEnd w:id="1022"/>
+    <w:bookmarkStart w:name="z1439" w:id="1023"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1215"/>
-    <w:bookmarkStart w:name="z1440" w:id="1216"/>
+    <w:bookmarkEnd w:id="1023"/>
+    <w:bookmarkStart w:name="z1440" w:id="1024"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, проспект Н.Назарбаева, 38. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1216"/>
-    <w:bookmarkStart w:name="z1441" w:id="1217"/>
+    <w:bookmarkEnd w:id="1024"/>
+    <w:bookmarkStart w:name="z1441" w:id="1025"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1217"/>
-    <w:bookmarkStart w:name="z1442" w:id="1218"/>
+    <w:bookmarkEnd w:id="1025"/>
+    <w:bookmarkStart w:name="z1442" w:id="1026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1218"/>
-    <w:bookmarkStart w:name="z1443" w:id="1219"/>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z1443" w:id="1027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1219"/>
-    <w:bookmarkStart w:name="z1444" w:id="1220"/>
+    <w:bookmarkEnd w:id="1027"/>
+    <w:bookmarkStart w:name="z1444" w:id="1028"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы, направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1220"/>
-    <w:bookmarkStart w:name="z1445" w:id="1221"/>
+    <w:bookmarkEnd w:id="1028"/>
+    <w:bookmarkStart w:name="z1445" w:id="1029"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1221"/>
-    <w:bookmarkStart w:name="z1446" w:id="1222"/>
+    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkStart w:name="z1446" w:id="1030"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1222"/>
-    <w:bookmarkStart w:name="z1447" w:id="1223"/>
+    <w:bookmarkEnd w:id="1030"/>
+    <w:bookmarkStart w:name="z1447" w:id="1031"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление мониторинга исполнения бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1223"/>
-    <w:bookmarkStart w:name="z1448" w:id="1224"/>
+    <w:bookmarkEnd w:id="1031"/>
+    <w:bookmarkStart w:name="z1448" w:id="1032"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2).ведение бухгалтерского учета, бюджетного учета и бюджетной</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1224"/>
-    <w:bookmarkStart w:name="z1449" w:id="1225"/>
+    <w:bookmarkEnd w:id="1032"/>
+    <w:bookmarkStart w:name="z1449" w:id="1033"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отчетности по исполнению местного бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1225"/>
-    <w:bookmarkStart w:name="z1450" w:id="1226"/>
+    <w:bookmarkEnd w:id="1033"/>
+    <w:bookmarkStart w:name="z1450" w:id="1034"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) эффективное управление областной коммунальной собственностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1226"/>
-    <w:bookmarkStart w:name="z1451" w:id="1227"/>
+    <w:bookmarkEnd w:id="1034"/>
+    <w:bookmarkStart w:name="z1451" w:id="1035"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1227"/>
-    <w:bookmarkStart w:name="z1452" w:id="1228"/>
+    <w:bookmarkEnd w:id="1035"/>
+    <w:bookmarkStart w:name="z1452" w:id="1036"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1228"/>
-    <w:bookmarkStart w:name="z1453" w:id="1229"/>
+    <w:bookmarkEnd w:id="1036"/>
+    <w:bookmarkStart w:name="z1453" w:id="1037"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать от налоговых и иных организаций и физических лиц, а также других территориальных органов, информацию о суммах поступлений налогов и других обязательных платежей в бюджет по формам и в сроки, установленные законодательством, статистические и иные материалы, необходимые для организации исполнения бюджета, а также другие сведения для выполнения возложенных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1229"/>
-    <w:bookmarkStart w:name="z1454" w:id="1230"/>
+    <w:bookmarkEnd w:id="1037"/>
+    <w:bookmarkStart w:name="z1454" w:id="1038"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимает решения в пределах возложенных на него задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1230"/>
-    <w:bookmarkStart w:name="z1455" w:id="1231"/>
+    <w:bookmarkEnd w:id="1038"/>
+    <w:bookmarkStart w:name="z1455" w:id="1039"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводит совещания и другие мероприятия по вопросам, входящим в компетенцию государственного учреждения в пределах своих полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1231"/>
-    <w:bookmarkStart w:name="z1456" w:id="1232"/>
+    <w:bookmarkEnd w:id="1039"/>
+    <w:bookmarkStart w:name="z1456" w:id="1040"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создает по согласованию с заинтересованными органами межведомственные комиссии для реализаций функций, предусмотренных настоящим Положением и действующим законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1232"/>
-    <w:bookmarkStart w:name="z1457" w:id="1233"/>
+    <w:bookmarkEnd w:id="1040"/>
+    <w:bookmarkStart w:name="z1457" w:id="1041"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляет интересы Управления во всех компетентных, государственных, административных органах, учреждениях, организациях, а также судебных и правоохранительных органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1233"/>
-    <w:bookmarkStart w:name="z1458" w:id="1234"/>
+    <w:bookmarkEnd w:id="1041"/>
+    <w:bookmarkStart w:name="z1458" w:id="1042"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляет иные права и обязанности в соответствии с требованиями законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1234"/>
-    <w:bookmarkStart w:name="z1459" w:id="1235"/>
+    <w:bookmarkEnd w:id="1042"/>
+    <w:bookmarkStart w:name="z1459" w:id="1043"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1235"/>
-    <w:bookmarkStart w:name="z1460" w:id="1236"/>
+    <w:bookmarkEnd w:id="1043"/>
+    <w:bookmarkStart w:name="z1460" w:id="1044"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       координирует работу и обеспечивает взаимодействие местных исполнительных органов районов, городов областного значения по вопросам, входящим в их компетенцию, в сфере исполнения бюджета и управления областным коммунальным имуществом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1236"/>
-    <w:bookmarkStart w:name="z1461" w:id="1237"/>
+    <w:bookmarkEnd w:id="1044"/>
+    <w:bookmarkStart w:name="z1461" w:id="1045"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставляет необходимые материалы и информацию в пределах своей компетенции в рамках законодательства в случае официального запроса юридических и физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1237"/>
-    <w:bookmarkStart w:name="z1462" w:id="1238"/>
+    <w:bookmarkEnd w:id="1045"/>
+    <w:bookmarkStart w:name="z1462" w:id="1046"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполняет поручения вышестоящих органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1238"/>
-    <w:bookmarkStart w:name="z1463" w:id="1239"/>
+    <w:bookmarkEnd w:id="1046"/>
+    <w:bookmarkStart w:name="z1463" w:id="1047"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывает проекты правовых актов и нормативно-правовых актов акима, акимата области, входящие в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1239"/>
-    <w:bookmarkStart w:name="z1464" w:id="1240"/>
+    <w:bookmarkEnd w:id="1047"/>
+    <w:bookmarkStart w:name="z1464" w:id="1048"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1240"/>
-    <w:bookmarkStart w:name="z1465" w:id="1241"/>
+    <w:bookmarkEnd w:id="1048"/>
+    <w:bookmarkStart w:name="z1465" w:id="1049"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет управление бюджетными деньгами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1241"/>
-    <w:bookmarkStart w:name="z1466" w:id="1242"/>
+    <w:bookmarkEnd w:id="1049"/>
+    <w:bookmarkStart w:name="z1466" w:id="1050"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2).выполняет комплекс мероприятий и организует исполнение областного бюджета, координирует деятельность администраторов областных бюджетных программ по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1242"/>
-    <w:bookmarkStart w:name="z1467" w:id="1243"/>
+    <w:bookmarkEnd w:id="1050"/>
+    <w:bookmarkStart w:name="z1467" w:id="1051"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) составляет, утверждает и ведет сводный план финансирования по обязательствам, сводный план поступлений и финансирования по платежам по областному бюджету для этого производит проверку утвержденных индивидуальных планов финансирования по всем государственным учреждениям на соответствие общей суммы всех индивидуальных планов финансирования по обязательствам и платежам сумме сводного плана финансирования по платежам и обязательствам по каждой бюджетной программе ЕБК РК и по месяцам и представляет в территориальное подразделение казначейства на бумажном и магнитном (электронный) носителях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1243"/>
-    <w:bookmarkStart w:name="z1468" w:id="1244"/>
+    <w:bookmarkEnd w:id="1051"/>
+    <w:bookmarkStart w:name="z1468" w:id="1052"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) вносит изменения и дополнения в сводный план поступлений и финансирования по платежам, сводный план финансирования по обязательствам на основании заявок, полученных от государственных органов, осуществляющих контроль за исполнением налоговых, таможенных и других обязательных платежей в бюджет и администраторов областных бюджетных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1244"/>
-    <w:bookmarkStart w:name="z1469" w:id="1245"/>
+    <w:bookmarkEnd w:id="1052"/>
+    <w:bookmarkStart w:name="z1469" w:id="1053"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5).осуществляет бюджетный мониторинг на основе регулярного и систематического сбора, отслеживания и анализа показателей исполнения бюджета, осуществляемые с целью выявления причин несвоевременного принятия обязательств, несвоевременного проведения платежей по бюджетным программам, составления прогнозов исполнения поступлений и расходов бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1245"/>
-    <w:bookmarkStart w:name="z1470" w:id="1246"/>
+    <w:bookmarkEnd w:id="1053"/>
+    <w:bookmarkStart w:name="z1470" w:id="1054"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ведет мониторинг исполнения бюджета районов, городов и областных администраторов бюджетных программ, еженедельно направляет материалы по исполнению бюджета области акиму области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1246"/>
-    <w:bookmarkStart w:name="z1471" w:id="1247"/>
+    <w:bookmarkEnd w:id="1054"/>
+    <w:bookmarkStart w:name="z1471" w:id="1055"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) по результатам бюджетного мониторинга ежеквартально и по итогам года направляет в центральный уполномоченный орган по исполнению бюджета аналитический отчет об исполнении местного бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1247"/>
-    <w:bookmarkStart w:name="z1472" w:id="1248"/>
+    <w:bookmarkEnd w:id="1055"/>
+    <w:bookmarkStart w:name="z1472" w:id="1056"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) администраторам бюджетных программ направляет информацию-напоминание о непринятых обязательствах по бюджетным программам в соответствии с планом финансирования по обязательствам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1248"/>
-    <w:bookmarkStart w:name="z1473" w:id="1249"/>
+    <w:bookmarkEnd w:id="1056"/>
+    <w:bookmarkStart w:name="z1473" w:id="1057"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) предоставляет в центральный уполномоченный орган по исполнению бюджета уточненный сводный план поступлений доходов по области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1249"/>
-    <w:bookmarkStart w:name="z1474" w:id="1250"/>
+    <w:bookmarkEnd w:id="1057"/>
+    <w:bookmarkStart w:name="z1474" w:id="1058"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10).осуществляет обслуживание, учет и анализ использования средств резерва акимата области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1250"/>
-    <w:bookmarkStart w:name="z1475" w:id="1251"/>
+    <w:bookmarkEnd w:id="1058"/>
+    <w:bookmarkStart w:name="z1475" w:id="1059"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11).предоставляет информацию об остатках бюджетных средств неиспользованных (недоиспользованных) в истекшем финансовом году сумм целевых трансфертов, выделенных из республиканского или областного бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1251"/>
-    <w:bookmarkStart w:name="z1476" w:id="1252"/>
+    <w:bookmarkEnd w:id="1059"/>
+    <w:bookmarkStart w:name="z1476" w:id="1060"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12).осуществляет процедуры по размещению временно свободных бюджетных денег во вклады (депозиты) в Национальном банке Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1252"/>
-    <w:bookmarkStart w:name="z1477" w:id="1253"/>
+    <w:bookmarkEnd w:id="1060"/>
+    <w:bookmarkStart w:name="z1477" w:id="1061"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13).проводит мониторинг движения денег на контрольном счете наличности соответствующего бюджета, определяет сумму временно свободных бюджетных денег;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1253"/>
-    <w:bookmarkStart w:name="z1478" w:id="1254"/>
+    <w:bookmarkEnd w:id="1061"/>
+    <w:bookmarkStart w:name="z1478" w:id="1062"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) принимает, проверяет и согласовывает сводные планы поступлений и расходов денежных средств, получаемых государственным учреждениями от реализации товаров (работ, услуг), остающихся в их распоряжении на соответствие Классификатора перечня товаров (работ, услуг), а также составление справок по внесению изменений в планы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1254"/>
-    <w:bookmarkStart w:name="z1479" w:id="1255"/>
+    <w:bookmarkEnd w:id="1062"/>
+    <w:bookmarkStart w:name="z1479" w:id="1063"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) предоставляет годовой отчет об исполнении областного бюджета в акимат области, для дальнейшего рассмотрения и утверждения на сессии маслихата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1255"/>
-    <w:bookmarkStart w:name="z1480" w:id="1256"/>
+    <w:bookmarkEnd w:id="1063"/>
+    <w:bookmarkStart w:name="z1480" w:id="1064"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) осуществляет обслуживание бюджетного кредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1256"/>
-    <w:bookmarkStart w:name="z1481" w:id="1257"/>
+    <w:bookmarkEnd w:id="1064"/>
+    <w:bookmarkStart w:name="z1481" w:id="1065"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17).осуществляет возврат излишне уплаченных, ошибочно или неправильно поступивших сумм поступлений и других обязательных платежей в бюджет или производит их зачет в счет погашения задолженностей в бюджет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1257"/>
-    <w:bookmarkStart w:name="z1482" w:id="1258"/>
+    <w:bookmarkEnd w:id="1065"/>
+    <w:bookmarkStart w:name="z1482" w:id="1066"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18).формирует и своевременно представляет консолидированную и бюджетную отчетность по области центральному уполномоченному органу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1258"/>
-    <w:bookmarkStart w:name="z1483" w:id="1259"/>
+    <w:bookmarkEnd w:id="1066"/>
+    <w:bookmarkStart w:name="z1483" w:id="1067"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19).формирует и представляет ежемесячный, годовой отчет об исполнении бюджета области центральному уполномоченному органу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1259"/>
-    <w:bookmarkStart w:name="z1484" w:id="1260"/>
+    <w:bookmarkEnd w:id="1067"/>
+    <w:bookmarkStart w:name="z1484" w:id="1068"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) осуществляет регистрацию договоров государственного частного партнерства в органах казначейства, а также внесение данных в государственный реестр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1260"/>
-    <w:bookmarkStart w:name="z1485" w:id="1261"/>
+    <w:bookmarkEnd w:id="1068"/>
+    <w:bookmarkStart w:name="z1485" w:id="1069"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) проводит работу по выпуску и размещению государственных ценных бумаг местного исполнительного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1261"/>
-    <w:bookmarkStart w:name="z1486" w:id="1262"/>
+    <w:bookmarkEnd w:id="1069"/>
+    <w:bookmarkStart w:name="z1486" w:id="1070"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) управляет областным коммунальным имуществом, осуществляет меры по его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1262"/>
-    <w:bookmarkStart w:name="z1487" w:id="1263"/>
+    <w:bookmarkEnd w:id="1070"/>
+    <w:bookmarkStart w:name="z1487" w:id="1071"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23) организует учет областного коммунального имущества, обеспечивает его эффективное использование; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1263"/>
-    <w:bookmarkStart w:name="z1488" w:id="1264"/>
+    <w:bookmarkEnd w:id="1071"/>
+    <w:bookmarkStart w:name="z1488" w:id="1072"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24).входит в состав совета директоров акционерных обществ или Наблюдательного совета товариществ с ограниченной ответственностью с участием государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1264"/>
-    <w:bookmarkStart w:name="z1489" w:id="1265"/>
+    <w:bookmarkEnd w:id="1072"/>
+    <w:bookmarkStart w:name="z1489" w:id="1073"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25).производит работу по передаче областного коммунального имущества на уровень коммунального имущества района, города областного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1265"/>
-    <w:bookmarkStart w:name="z1490" w:id="1266"/>
+    <w:bookmarkEnd w:id="1073"/>
+    <w:bookmarkStart w:name="z1490" w:id="1074"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26).организовывает передачу государственного имущества, закрепленного за государственными юридическими лицами, из одного вида государственной собственности в другой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1266"/>
-    <w:bookmarkStart w:name="z1491" w:id="1267"/>
+    <w:bookmarkEnd w:id="1074"/>
+    <w:bookmarkStart w:name="z1491" w:id="1075"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27).проводит процедуры по приобретению государством прав на имущество по договору дарения от физических лиц и негосударственных юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1267"/>
-    <w:bookmarkStart w:name="z1492" w:id="1268"/>
+    <w:bookmarkEnd w:id="1075"/>
+    <w:bookmarkStart w:name="z1492" w:id="1076"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28).дает согласие на списание основных средств государственных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1268"/>
-    <w:bookmarkStart w:name="z1493" w:id="1269"/>
+    <w:bookmarkEnd w:id="1076"/>
+    <w:bookmarkStart w:name="z1493" w:id="1077"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29).организует проведение мониторинга эффективности управления государственным имуществом, в том числе государственными предприятиями и юридическими лицами с участием государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1269"/>
-    <w:bookmarkStart w:name="z1494" w:id="1270"/>
+    <w:bookmarkEnd w:id="1077"/>
+    <w:bookmarkStart w:name="z1494" w:id="1078"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) осуществляют контроль по предоставлению отчетов плана развития и его исполнения областных коммунальных предприятии с участием государства в пакетах акций сдаче имущественных отчетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1270"/>
-    <w:bookmarkStart w:name="z1495" w:id="1271"/>
+    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkStart w:name="z1495" w:id="1079"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) осуществляет работу по установлению норматива отчисления части чистого дохода областных государственных коммунальных предприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1271"/>
-    <w:bookmarkStart w:name="z1496" w:id="1272"/>
+    <w:bookmarkEnd w:id="1079"/>
+    <w:bookmarkStart w:name="z1496" w:id="1080"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) осуществляет приватизацию областного коммунального имущества, а также предприятий как имущественного комплекса, в том числе привлекают посредника для организации процесса приватизации, обеспечивают оценку объекта приватизации, осуществляют подготовку и заключение договоров купли-продажи объекта приватизации и контроль за соблюдением условий договоров купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1272"/>
-    <w:bookmarkStart w:name="z1497" w:id="1273"/>
+    <w:bookmarkEnd w:id="1080"/>
+    <w:bookmarkStart w:name="z1497" w:id="1081"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        33)7предоставляет областное коммунальное имущество в доверительное управление, осуществляет подготовку и заключение договоров доверительного управления, осуществляет контроль за выполнением доверительным управляющим обязательств по договору доверительного управления областным коммунальным имуществом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1273"/>
-    <w:bookmarkStart w:name="z1498" w:id="1274"/>
+    <w:bookmarkEnd w:id="1081"/>
+    <w:bookmarkStart w:name="z1498" w:id="1082"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        34)7предоставляет областное коммунальное имущество в имущественный наем (аренду) физическим и негосударственным юридическим лицам без права последующего выкупа и с правом последующей безвозмездной передачей в собственность субъектам малого и среднего предпринимательства, осуществляет подготовку и заключение договоров имущественного найма (аренды), осуществляет контроль за исполнением условий договоров имущественного найма (аренды);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1274"/>
-    <w:bookmarkStart w:name="z1499" w:id="1275"/>
+    <w:bookmarkEnd w:id="1082"/>
+    <w:bookmarkStart w:name="z1499" w:id="1083"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) проводит государственные закупки в соответствии с Законом Республики Казахстан "О государственных закупках";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1275"/>
-    <w:bookmarkStart w:name="z1500" w:id="1276"/>
+    <w:bookmarkEnd w:id="1083"/>
+    <w:bookmarkStart w:name="z1500" w:id="1084"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) организует оценку государственного имущества, передаваемого в качестве имущественного вклада в уставный капитал товариществ с ограниченной ответственностью либо в оплату акций акционерных обществ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1276"/>
-    <w:bookmarkStart w:name="z1501" w:id="1277"/>
+    <w:bookmarkEnd w:id="1084"/>
+    <w:bookmarkStart w:name="z1501" w:id="1085"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37)7заключает договора по предоставлению областного коммунального имущества во временное безвозмездное пользование государственным юридическим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1277"/>
-    <w:bookmarkStart w:name="z1502" w:id="1278"/>
+    <w:bookmarkEnd w:id="1085"/>
+    <w:bookmarkStart w:name="z1502" w:id="1086"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1278"/>
-    <w:bookmarkStart w:name="z1503" w:id="1279"/>
+    <w:bookmarkEnd w:id="1086"/>
+    <w:bookmarkStart w:name="z1503" w:id="1087"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1279"/>
-    <w:bookmarkStart w:name="z1504" w:id="1280"/>
+    <w:bookmarkEnd w:id="1087"/>
+    <w:bookmarkStart w:name="z1504" w:id="1088"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1280"/>
-    <w:bookmarkStart w:name="z1505" w:id="1281"/>
+    <w:bookmarkEnd w:id="1088"/>
+    <w:bookmarkStart w:name="z1505" w:id="1089"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1281"/>
-    <w:bookmarkStart w:name="z1506" w:id="1282"/>
+    <w:bookmarkEnd w:id="1089"/>
+    <w:bookmarkStart w:name="z1506" w:id="1090"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1282"/>
-    <w:bookmarkStart w:name="z1507" w:id="1283"/>
+    <w:bookmarkEnd w:id="1090"/>
+    <w:bookmarkStart w:name="z1507" w:id="1091"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1).определяет обязанности и полномочия своих заместителей и руководителей структурных подразделений Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1283"/>
-    <w:bookmarkStart w:name="z1508" w:id="1284"/>
+    <w:bookmarkEnd w:id="1091"/>
+    <w:bookmarkStart w:name="z1508" w:id="1092"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначает и освобождает от должностей работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1284"/>
-    <w:bookmarkStart w:name="z1509" w:id="1285"/>
+    <w:bookmarkEnd w:id="1092"/>
+    <w:bookmarkStart w:name="z1509" w:id="1093"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке осуществляет поощрение сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1285"/>
-    <w:bookmarkStart w:name="z1510" w:id="1286"/>
+    <w:bookmarkEnd w:id="1093"/>
+    <w:bookmarkStart w:name="z1510" w:id="1094"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4).в установленном законодательством порядке налагает дисциплинарные взыскания на сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1286"/>
-    <w:bookmarkStart w:name="z1511" w:id="1287"/>
+    <w:bookmarkEnd w:id="1094"/>
+    <w:bookmarkStart w:name="z1511" w:id="1095"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции издает приказы, дает указания, подписывает служебную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1287"/>
-    <w:bookmarkStart w:name="z1512" w:id="1288"/>
+    <w:bookmarkEnd w:id="1095"/>
+    <w:bookmarkStart w:name="z1512" w:id="1096"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждает положения о структурных подразделениях Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1288"/>
-    <w:bookmarkStart w:name="z1513" w:id="1289"/>
+    <w:bookmarkEnd w:id="1096"/>
+    <w:bookmarkStart w:name="z1513" w:id="1097"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7).представляет Управление в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1289"/>
-    <w:bookmarkStart w:name="z1514" w:id="1290"/>
+    <w:bookmarkEnd w:id="1097"/>
+    <w:bookmarkStart w:name="z1514" w:id="1098"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) контролирует ход разработки нормативных правовых актов, проектов программ и других документов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1290"/>
-    <w:bookmarkStart w:name="z1515" w:id="1291"/>
+    <w:bookmarkEnd w:id="1098"/>
+    <w:bookmarkStart w:name="z1515" w:id="1099"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9).контролирует работу по подготовке отчетных материалов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1291"/>
-    <w:bookmarkStart w:name="z1516" w:id="1292"/>
+    <w:bookmarkEnd w:id="1099"/>
+    <w:bookmarkStart w:name="z1516" w:id="1100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) .утверждает бюджетную программу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1292"/>
-    <w:bookmarkStart w:name="z1517" w:id="1293"/>
+    <w:bookmarkEnd w:id="1100"/>
+    <w:bookmarkStart w:name="z1517" w:id="1101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11).в пределах своей компетенции обеспечивает исполнение требований законодательства Республики Казахстан о противодействии коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1293"/>
-    <w:bookmarkStart w:name="z1518" w:id="1294"/>
+    <w:bookmarkEnd w:id="1101"/>
+    <w:bookmarkStart w:name="z1518" w:id="1102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1294"/>
-    <w:bookmarkStart w:name="z1519" w:id="1295"/>
+    <w:bookmarkEnd w:id="1102"/>
+    <w:bookmarkStart w:name="z1519" w:id="1103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1295"/>
-    <w:bookmarkStart w:name="z1520" w:id="1296"/>
+    <w:bookmarkEnd w:id="1103"/>
+    <w:bookmarkStart w:name="z1520" w:id="1104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1296"/>
-    <w:bookmarkStart w:name="z1521" w:id="1297"/>
+    <w:bookmarkEnd w:id="1104"/>
+    <w:bookmarkStart w:name="z1521" w:id="1105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20..Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1297"/>
-    <w:bookmarkStart w:name="z1522" w:id="1298"/>
+    <w:bookmarkEnd w:id="1105"/>
+    <w:bookmarkStart w:name="z1522" w:id="1106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1298"/>
-    <w:bookmarkStart w:name="z1523" w:id="1299"/>
+    <w:bookmarkEnd w:id="1106"/>
+    <w:bookmarkStart w:name="z1523" w:id="1107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1299"/>
-    <w:bookmarkStart w:name="z1524" w:id="1300"/>
+    <w:bookmarkEnd w:id="1107"/>
+    <w:bookmarkStart w:name="z1524" w:id="1108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1300"/>
-    <w:bookmarkStart w:name="z1525" w:id="1301"/>
+    <w:bookmarkEnd w:id="1108"/>
+    <w:bookmarkStart w:name="z1525" w:id="1109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1301"/>
-    <w:bookmarkStart w:name="z1526" w:id="1302"/>
+    <w:bookmarkEnd w:id="1109"/>
+    <w:bookmarkStart w:name="z1526" w:id="1110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1302"/>
+    <w:bookmarkEnd w:id="1110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29432,1978 +29036,1978 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 14 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1528" w:id="1303"/>
+    <w:bookmarkStart w:name="z1528" w:id="1111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление общественного развития области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1303"/>
-    <w:bookmarkStart w:name="z1529" w:id="1304"/>
+    <w:bookmarkEnd w:id="1111"/>
+    <w:bookmarkStart w:name="z1529" w:id="1112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1304"/>
-    <w:bookmarkStart w:name="z1530" w:id="1305"/>
+    <w:bookmarkEnd w:id="1112"/>
+    <w:bookmarkStart w:name="z1530" w:id="1113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1..Государственное учреждение "Управление общественного развития области Жетісу" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере внутренней политики на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1305"/>
-    <w:bookmarkStart w:name="z1531" w:id="1306"/>
+    <w:bookmarkEnd w:id="1113"/>
+    <w:bookmarkStart w:name="z1531" w:id="1114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2..Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1306"/>
-    <w:bookmarkStart w:name="z1532" w:id="1307"/>
+    <w:bookmarkEnd w:id="1114"/>
+    <w:bookmarkStart w:name="z1532" w:id="1115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3..Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1307"/>
-    <w:bookmarkStart w:name="z1533" w:id="1308"/>
+    <w:bookmarkEnd w:id="1115"/>
+    <w:bookmarkStart w:name="z1533" w:id="1116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4..Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1308"/>
-    <w:bookmarkStart w:name="z1534" w:id="1309"/>
+    <w:bookmarkEnd w:id="1116"/>
+    <w:bookmarkStart w:name="z1534" w:id="1117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5..Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1309"/>
-    <w:bookmarkStart w:name="z1535" w:id="1310"/>
+    <w:bookmarkEnd w:id="1117"/>
+    <w:bookmarkStart w:name="z1535" w:id="1118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6..Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1310"/>
-    <w:bookmarkStart w:name="z1536" w:id="1311"/>
+    <w:bookmarkEnd w:id="1118"/>
+    <w:bookmarkStart w:name="z1536" w:id="1119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7..Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1311"/>
-    <w:bookmarkStart w:name="z1537" w:id="1312"/>
+    <w:bookmarkEnd w:id="1119"/>
+    <w:bookmarkStart w:name="z1537" w:id="1120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8..Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1312"/>
-    <w:bookmarkStart w:name="z1538" w:id="1313"/>
+    <w:bookmarkEnd w:id="1120"/>
+    <w:bookmarkStart w:name="z1538" w:id="1121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9..Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Ж.Балапанова, дом 28. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1313"/>
-    <w:bookmarkStart w:name="z1539" w:id="1314"/>
+    <w:bookmarkEnd w:id="1121"/>
+    <w:bookmarkStart w:name="z1539" w:id="1122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10..Настоящее положение является учредительным документом Управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1314"/>
-    <w:bookmarkStart w:name="z1540" w:id="1315"/>
+    <w:bookmarkEnd w:id="1122"/>
+    <w:bookmarkStart w:name="z1540" w:id="1123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11..Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1315"/>
-    <w:bookmarkStart w:name="z1541" w:id="1316"/>
+    <w:bookmarkEnd w:id="1123"/>
+    <w:bookmarkStart w:name="z1541" w:id="1124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12..Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1316"/>
-    <w:bookmarkStart w:name="z1542" w:id="1317"/>
+    <w:bookmarkEnd w:id="1124"/>
+    <w:bookmarkStart w:name="z1542" w:id="1125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1317"/>
-    <w:bookmarkStart w:name="z1543" w:id="1318"/>
+    <w:bookmarkEnd w:id="1125"/>
+    <w:bookmarkStart w:name="z1543" w:id="1126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1318"/>
-    <w:bookmarkStart w:name="z1544" w:id="1319"/>
+    <w:bookmarkEnd w:id="1126"/>
+    <w:bookmarkStart w:name="z1544" w:id="1127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1319"/>
-    <w:bookmarkStart w:name="z1545" w:id="1320"/>
+    <w:bookmarkEnd w:id="1127"/>
+    <w:bookmarkStart w:name="z1545" w:id="1128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) реализация государственной политики, направленной на сохранение общественно-политической стабильности и единства народа в регионе, укрепление государственности, поддержку и развитие институтов гражданского общества, создание условий для полноценного устойчивого развития молодежи, участия в процессе принятия решений, успешной социализации и направления ее потенциала на дальнейшее развитие региона, повышение конкурентоспособности информационного пространства области Жетісу, развитие языкового капитала, обеспечивая полноценную деятельность казахского языка как государственного языка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1320"/>
-    <w:bookmarkStart w:name="z1546" w:id="1321"/>
+    <w:bookmarkEnd w:id="1128"/>
+    <w:bookmarkStart w:name="z1546" w:id="1129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечение выполнения актов и поручений Президента и Правительства Республики Казахстан, акима области по вопросам, относящимся к компетенции Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1321"/>
-    <w:bookmarkStart w:name="z1547" w:id="1322"/>
+    <w:bookmarkEnd w:id="1129"/>
+    <w:bookmarkStart w:name="z1547" w:id="1130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение разъяснения в регионе ежегодных Посланий Президента народу Казахстана, государственных и отраслевых программ, и других стратегических документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1322"/>
-    <w:bookmarkStart w:name="z1548" w:id="1323"/>
+    <w:bookmarkEnd w:id="1130"/>
+    <w:bookmarkStart w:name="z1548" w:id="1131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) координация работы по разработке и реализации программных документов регионального значения в сфере общественного развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1323"/>
-    <w:bookmarkStart w:name="z1549" w:id="1324"/>
+    <w:bookmarkEnd w:id="1131"/>
+    <w:bookmarkStart w:name="z1549" w:id="1132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) формирование и эффективная реализация государственной молодежной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1324"/>
-    <w:bookmarkStart w:name="z1550" w:id="1325"/>
+    <w:bookmarkEnd w:id="1132"/>
+    <w:bookmarkStart w:name="z1550" w:id="1133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечение изучения и анализа внутриполитических процессов в регионе и тенденций их развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1325"/>
-    <w:bookmarkStart w:name="z1551" w:id="1326"/>
+    <w:bookmarkEnd w:id="1133"/>
+    <w:bookmarkStart w:name="z1551" w:id="1134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) модернизацию казахского языка на основе латинографического алфавита, дальнейшее повышение языковой культуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1326"/>
-    <w:bookmarkStart w:name="z1552" w:id="1327"/>
+    <w:bookmarkEnd w:id="1134"/>
+    <w:bookmarkStart w:name="z1552" w:id="1135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) обеспечение эффективного взаимодействия с институтами гражданского общества, создание благоприятных условий для дальнейшего укрепления общественного согласия и общенационального единства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1327"/>
-    <w:bookmarkStart w:name="z1553" w:id="1328"/>
+    <w:bookmarkEnd w:id="1135"/>
+    <w:bookmarkStart w:name="z1553" w:id="1136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1328"/>
-    <w:bookmarkStart w:name="z1554" w:id="1329"/>
+    <w:bookmarkEnd w:id="1136"/>
+    <w:bookmarkStart w:name="z1554" w:id="1137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) права: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1329"/>
-    <w:bookmarkStart w:name="z1555" w:id="1330"/>
+    <w:bookmarkEnd w:id="1137"/>
+    <w:bookmarkStart w:name="z1555" w:id="1138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать в установленном порядке от государственных органов и должностных лиц, иных организаций и граждан информацию, необходимую для выполнения своих функций, привлекать работников государственных органов и иных организаций в проработке вопросов, относящихся к компетенции Управления, создавать временные рабочие группы для подготовки соответствующих предложений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1330"/>
-    <w:bookmarkStart w:name="z1556" w:id="1331"/>
+    <w:bookmarkEnd w:id="1138"/>
+    <w:bookmarkStart w:name="z1556" w:id="1139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       nullвносить акиму области предложения по совершенствованию деятельности местных исполнительных органов в сфере внутренней политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1331"/>
-    <w:bookmarkStart w:name="z1557" w:id="1332"/>
+    <w:bookmarkEnd w:id="1139"/>
+    <w:bookmarkStart w:name="z1557" w:id="1140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       издавать поручения по вопросам, относящимся к сфере деятельности Управления, а также участвовать в мероприятиях, проводимых центральными и местными исполнительными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1332"/>
-    <w:bookmarkStart w:name="z1558" w:id="1333"/>
+    <w:bookmarkEnd w:id="1140"/>
+    <w:bookmarkStart w:name="z1558" w:id="1141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать, иметь в качестве правопреемника подведомственные учреждения и координировать их деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1333"/>
-    <w:bookmarkStart w:name="z1559" w:id="1334"/>
+    <w:bookmarkEnd w:id="1141"/>
+    <w:bookmarkStart w:name="z1559" w:id="1142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       стимулировать участие в этой деятельности представителей средств массовой информации, юридических лиц, институтов гражданского общества. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1334"/>
-    <w:bookmarkStart w:name="z1560" w:id="1335"/>
+    <w:bookmarkEnd w:id="1142"/>
+    <w:bookmarkStart w:name="z1560" w:id="1143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       давать разъяснение о правильном применении Закона Республики Казахстан "О языках в Республике Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1335"/>
-    <w:bookmarkStart w:name="z1561" w:id="1336"/>
+    <w:bookmarkEnd w:id="1143"/>
+    <w:bookmarkStart w:name="z1561" w:id="1144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1336"/>
-    <w:bookmarkStart w:name="z1562" w:id="1337"/>
+    <w:bookmarkEnd w:id="1144"/>
+    <w:bookmarkStart w:name="z1562" w:id="1145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять информационную поддержку по реализации государственных, отраслевых программ, входящих в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1337"/>
-    <w:bookmarkStart w:name="z1563" w:id="1338"/>
+    <w:bookmarkEnd w:id="1145"/>
+    <w:bookmarkStart w:name="z1563" w:id="1146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать консультативно-методическую, информационную, организационно-техническую и иную помощь должностным лицам и государственным органам по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1338"/>
-    <w:bookmarkStart w:name="z1564" w:id="1339"/>
+    <w:bookmarkEnd w:id="1146"/>
+    <w:bookmarkStart w:name="z1564" w:id="1147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1339"/>
-    <w:bookmarkStart w:name="z1565" w:id="1340"/>
+    <w:bookmarkEnd w:id="1147"/>
+    <w:bookmarkStart w:name="z1565" w:id="1148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)информационно-идеологическое сопровождение деятельности местных исполнительных органов региона по основным направлениям внутренней политики, в том числе образования, здравоохранения, социального обеспечения и защиты населения, занятости, межэтнического и межконфессионального согласия, патриотического воспитания и молодежной политики, модернизации волонтерской деятельности, пропаганды государственных символов, в языковой, информационной, культурной, гендерной и семейно-демографической сферах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1340"/>
-    <w:bookmarkStart w:name="z1566" w:id="1341"/>
+    <w:bookmarkEnd w:id="1148"/>
+    <w:bookmarkStart w:name="z1566" w:id="1149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)реализация комплекса практических и иных мер, направленных на обеспечение внутриполитической стабильности, общенационального единства народа в регионе и консолидации общества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1341"/>
-    <w:bookmarkStart w:name="z1567" w:id="1342"/>
+    <w:bookmarkEnd w:id="1149"/>
+    <w:bookmarkStart w:name="z1567" w:id="1150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)осуществление информационно-аналитического и организационного обеспечения деятельности Ассамблеи народа Казахстана области, повышение уровня информационно-разъяснительной и образовательно-воспитательной работы с населением по продвижению идеологии общественного согласия и общенационального единства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1342"/>
-    <w:bookmarkStart w:name="z1568" w:id="1343"/>
+    <w:bookmarkEnd w:id="1150"/>
+    <w:bookmarkStart w:name="z1568" w:id="1151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)реализация государственной политики в сфере межэтнических отношений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1343"/>
-    <w:bookmarkStart w:name="z1569" w:id="1344"/>
+    <w:bookmarkEnd w:id="1151"/>
+    <w:bookmarkStart w:name="z1569" w:id="1152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)информационно-аналитическое и организационно-техническое сопровождение крупных общественно-значимых мероприятий в регионе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1344"/>
-    <w:bookmarkStart w:name="z1570" w:id="1345"/>
+    <w:bookmarkEnd w:id="1152"/>
+    <w:bookmarkStart w:name="z1570" w:id="1153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6)осуществление взаимодействия и сотрудничества с молодежными организациями по вопросам государственной молодежной политики; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1345"/>
-    <w:bookmarkStart w:name="z1571" w:id="1346"/>
+    <w:bookmarkEnd w:id="1153"/>
+    <w:bookmarkStart w:name="z1571" w:id="1154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)осуществление анализа и прогнозирования, методического обеспечения деятельности по реализации государственной молодежной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1346"/>
-    <w:bookmarkStart w:name="z1572" w:id="1347"/>
+    <w:bookmarkEnd w:id="1154"/>
+    <w:bookmarkStart w:name="z1572" w:id="1155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8)реализация государственной молодежной политики; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1347"/>
-    <w:bookmarkStart w:name="z1573" w:id="1348"/>
+    <w:bookmarkEnd w:id="1155"/>
+    <w:bookmarkStart w:name="z1573" w:id="1156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9)содействие развитию волонтерской деятельности молодежи и молодежного самоуправления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1348"/>
-    <w:bookmarkStart w:name="z1574" w:id="1349"/>
+    <w:bookmarkEnd w:id="1156"/>
+    <w:bookmarkStart w:name="z1574" w:id="1157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)организация информационно-разъяснительной работы о деятельности местных исполнительных органов в социально-экономической, общественно-политической и других сферах, выработка предложений по совершенствованию работы в данном направлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1349"/>
-    <w:bookmarkStart w:name="z1575" w:id="1350"/>
+    <w:bookmarkEnd w:id="1157"/>
+    <w:bookmarkStart w:name="z1575" w:id="1158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)организация в регионе деятельности информационно-пропагандистских групп республиканского и регионального уровня по разъяснению и пропаганде ежегодных Посланий Президента народу Казахстана и других стратегических документов, информационно-методическое обеспечение информационно-пропагандистских групп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1350"/>
-    <w:bookmarkStart w:name="z1576" w:id="1351"/>
+    <w:bookmarkEnd w:id="1158"/>
+    <w:bookmarkStart w:name="z1576" w:id="1159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)осуществление взаимодействия с политическими партиями, неправительственными организациями, этнокультурными и религиозными объединениями, правозащитными и другими общественными организациями, профессиональными союзами, средствами массовой информации (далее – СМИ), научным и творческим сообществом, лидерами общественного мнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1351"/>
-    <w:bookmarkStart w:name="z1577" w:id="1352"/>
+    <w:bookmarkEnd w:id="1159"/>
+    <w:bookmarkStart w:name="z1577" w:id="1160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)обеспечение деятельности консультативно-совещательных органов и рабочих групп, действующих при акиме области по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1352"/>
-    <w:bookmarkStart w:name="z1578" w:id="1353"/>
+    <w:bookmarkEnd w:id="1160"/>
+    <w:bookmarkStart w:name="z1578" w:id="1161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14)анализ и прогнозирование общественно-политической ситуации в регионе, в том числе организация мониторинга деятельности политических партий, иных общественных объединений и организаций, проведение социологических и политических исследований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1353"/>
-    <w:bookmarkStart w:name="z1579" w:id="1354"/>
+    <w:bookmarkEnd w:id="1161"/>
+    <w:bookmarkStart w:name="z1579" w:id="1162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) обеспечение эффективной реализации государственной информационной политики в регионе, в том числе методическая поддержка и координация деятельности СМИ по выполнению государственного информационного заказа, мониторинг деятельности СМИ на предмет соблюдения законодательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1354"/>
-    <w:bookmarkStart w:name="z1580" w:id="1355"/>
+    <w:bookmarkEnd w:id="1162"/>
+    <w:bookmarkStart w:name="z1580" w:id="1163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16)обеспечение эффективной реализации государственного социального заказа на выполнение социально значимых проектов, в том числе проведение конкурсных процедур и мониторинг хода реализации проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1355"/>
-    <w:bookmarkStart w:name="z1581" w:id="1356"/>
+    <w:bookmarkEnd w:id="1163"/>
+    <w:bookmarkStart w:name="z1581" w:id="1164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17)участие в разработке концептуальных документов, подготовке и экспертизе проектов актов акима области по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1356"/>
-    <w:bookmarkStart w:name="z1582" w:id="1357"/>
+    <w:bookmarkEnd w:id="1164"/>
+    <w:bookmarkStart w:name="z1582" w:id="1165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18)взаимодействие с вышестоящими государственными органами, Парламентом, маслихатами, аппаратом акима области по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1357"/>
-    <w:bookmarkStart w:name="z1583" w:id="1358"/>
+    <w:bookmarkEnd w:id="1165"/>
+    <w:bookmarkStart w:name="z1583" w:id="1166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19)формирование, накопление, обобщение и классификация информационной базы данных по вопросам, относящимся к компетенции Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1358"/>
-    <w:bookmarkStart w:name="z1584" w:id="1359"/>
+    <w:bookmarkEnd w:id="1166"/>
+    <w:bookmarkStart w:name="z1584" w:id="1167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) осуществление государственного контроля за соблюдением законодательства Республики Казахстан "О языках в Республике Казахстан" территориальными подразделениями центральных государственных органов и их ведомств, местными исполнительными органами области, города, района, города областного значения и аппаратами акима села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1359"/>
-    <w:bookmarkStart w:name="z1585" w:id="1360"/>
+    <w:bookmarkEnd w:id="1167"/>
+    <w:bookmarkStart w:name="z1585" w:id="1168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) дача рекомендации об устранении нарушений требований, установленных законодательством за соблюдением законодательства Республики Казахстан "О языках в Республике, применение меры административного воздействия на основании и в порядке, предусмотренных законодательством Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1360"/>
-    <w:bookmarkStart w:name="z1586" w:id="1361"/>
+    <w:bookmarkEnd w:id="1168"/>
+    <w:bookmarkStart w:name="z1586" w:id="1169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) осуществление противодействия языковой дискриминации, стимулирования развития практического применения государственного языка и комплексных мер областного значения, направленных на развитие государственного и других языков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1361"/>
-    <w:bookmarkStart w:name="z1587" w:id="1362"/>
+    <w:bookmarkEnd w:id="1169"/>
+    <w:bookmarkStart w:name="z1587" w:id="1170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) обеспечение деятельности областной ономастической комиссии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1362"/>
-    <w:bookmarkStart w:name="z1588" w:id="1363"/>
+    <w:bookmarkEnd w:id="1170"/>
+    <w:bookmarkStart w:name="z1588" w:id="1171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) осуществление контроля за соблюдением требования законадательства Республики Казахстан "О языках в Республике Казахстан" в части размещения реквезитов и визуальной информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1363"/>
-    <w:bookmarkStart w:name="z1589" w:id="1364"/>
+    <w:bookmarkEnd w:id="1171"/>
+    <w:bookmarkStart w:name="z1589" w:id="1172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25) осуществление иных функций, предусмотренных законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1364"/>
-    <w:bookmarkStart w:name="z1590" w:id="1365"/>
+    <w:bookmarkEnd w:id="1172"/>
+    <w:bookmarkStart w:name="z1590" w:id="1173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1365"/>
-    <w:bookmarkStart w:name="z1591" w:id="1366"/>
+    <w:bookmarkEnd w:id="1173"/>
+    <w:bookmarkStart w:name="z1591" w:id="1174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1366"/>
-    <w:bookmarkStart w:name="z1592" w:id="1367"/>
+    <w:bookmarkEnd w:id="1174"/>
+    <w:bookmarkStart w:name="z1592" w:id="1175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17..Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1367"/>
-    <w:bookmarkStart w:name="z1593" w:id="1368"/>
+    <w:bookmarkEnd w:id="1175"/>
+    <w:bookmarkStart w:name="z1593" w:id="1176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18..Первый руководитель Управления имеет заместителей, которые назначаются на должность и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1368"/>
-    <w:bookmarkStart w:name="z1594" w:id="1369"/>
+    <w:bookmarkEnd w:id="1176"/>
+    <w:bookmarkStart w:name="z1594" w:id="1177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1369"/>
-    <w:bookmarkStart w:name="z1595" w:id="1370"/>
+    <w:bookmarkEnd w:id="1177"/>
+    <w:bookmarkStart w:name="z1595" w:id="1178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)определяет обязанности и полномочия своих заместителей и руководителей структурных подразделений Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1370"/>
-    <w:bookmarkStart w:name="z1596" w:id="1371"/>
+    <w:bookmarkEnd w:id="1178"/>
+    <w:bookmarkStart w:name="z1596" w:id="1179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)назначает и освобождает от должностей работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1371"/>
-    <w:bookmarkStart w:name="z1597" w:id="1372"/>
+    <w:bookmarkEnd w:id="1179"/>
+    <w:bookmarkStart w:name="z1597" w:id="1180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)в установленном законодательством порядке осуществляет поощрение сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1372"/>
-    <w:bookmarkStart w:name="z1598" w:id="1373"/>
+    <w:bookmarkEnd w:id="1180"/>
+    <w:bookmarkStart w:name="z1598" w:id="1181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)в установленном законодательством порядке налагает дисциплинарные взыскания на сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1373"/>
-    <w:bookmarkStart w:name="z1599" w:id="1374"/>
+    <w:bookmarkEnd w:id="1181"/>
+    <w:bookmarkStart w:name="z1599" w:id="1182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)в пределах своей компетенции издает приказы, дает указания, подписывает служебную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1374"/>
-    <w:bookmarkStart w:name="z1600" w:id="1375"/>
+    <w:bookmarkEnd w:id="1182"/>
+    <w:bookmarkStart w:name="z1600" w:id="1183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)утверждает положения о структурных подразделениях Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1375"/>
-    <w:bookmarkStart w:name="z1601" w:id="1376"/>
+    <w:bookmarkEnd w:id="1183"/>
+    <w:bookmarkStart w:name="z1601" w:id="1184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)представляет Управление в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1376"/>
-    <w:bookmarkStart w:name="z1602" w:id="1377"/>
+    <w:bookmarkEnd w:id="1184"/>
+    <w:bookmarkStart w:name="z1602" w:id="1185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)контролирует ход разработки нормативных правовых актов, проектов программ и других документов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1377"/>
-    <w:bookmarkStart w:name="z1603" w:id="1378"/>
+    <w:bookmarkEnd w:id="1185"/>
+    <w:bookmarkStart w:name="z1603" w:id="1186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)контролирует работу по подготовке отчетных материалов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1378"/>
-    <w:bookmarkStart w:name="z1604" w:id="1379"/>
+    <w:bookmarkEnd w:id="1186"/>
+    <w:bookmarkStart w:name="z1604" w:id="1187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)координирует ход реализации бюджетных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1379"/>
-    <w:bookmarkStart w:name="z1605" w:id="1380"/>
+    <w:bookmarkEnd w:id="1187"/>
+    <w:bookmarkStart w:name="z1605" w:id="1188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)в установленном порядке решает вопросы финансово-экономической и хозяйственной деятельности, контролирует рациональное и целевое исполнение бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1380"/>
-    <w:bookmarkStart w:name="z1606" w:id="1381"/>
+    <w:bookmarkEnd w:id="1188"/>
+    <w:bookmarkStart w:name="z1606" w:id="1189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)обеспечивает соблюдение законности, договорной и финансовой дисциплины в деятельности Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1381"/>
-    <w:bookmarkStart w:name="z1607" w:id="1382"/>
+    <w:bookmarkEnd w:id="1189"/>
+    <w:bookmarkStart w:name="z1607" w:id="1190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) принимает необходимые меры по противодействию коррупции и несет персональную ответственность за неприятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1382"/>
-    <w:bookmarkStart w:name="z1608" w:id="1383"/>
+    <w:bookmarkEnd w:id="1190"/>
+    <w:bookmarkStart w:name="z1608" w:id="1191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1383"/>
-    <w:bookmarkStart w:name="z1609" w:id="1384"/>
+    <w:bookmarkEnd w:id="1191"/>
+    <w:bookmarkStart w:name="z1609" w:id="1192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1384"/>
-    <w:bookmarkStart w:name="z1610" w:id="1385"/>
+    <w:bookmarkEnd w:id="1192"/>
+    <w:bookmarkStart w:name="z1610" w:id="1193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1385"/>
-    <w:bookmarkStart w:name="z1611" w:id="1386"/>
+    <w:bookmarkEnd w:id="1193"/>
+    <w:bookmarkStart w:name="z1611" w:id="1194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20..Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1386"/>
-    <w:bookmarkStart w:name="z1612" w:id="1387"/>
+    <w:bookmarkEnd w:id="1194"/>
+    <w:bookmarkStart w:name="z1612" w:id="1195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1387"/>
-    <w:bookmarkStart w:name="z1613" w:id="1388"/>
+    <w:bookmarkEnd w:id="1195"/>
+    <w:bookmarkStart w:name="z1613" w:id="1196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21..Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1388"/>
-    <w:bookmarkStart w:name="z1614" w:id="1389"/>
+    <w:bookmarkEnd w:id="1196"/>
+    <w:bookmarkStart w:name="z1614" w:id="1197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22..Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1389"/>
-    <w:bookmarkStart w:name="z1615" w:id="1390"/>
+    <w:bookmarkEnd w:id="1197"/>
+    <w:bookmarkStart w:name="z1615" w:id="1198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1390"/>
-    <w:bookmarkStart w:name="z1616" w:id="1391"/>
+    <w:bookmarkEnd w:id="1198"/>
+    <w:bookmarkStart w:name="z1616" w:id="1199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23..Реорганизация и упразднение Управления осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1391"/>
-    <w:bookmarkStart w:name="z1617" w:id="1392"/>
+    <w:bookmarkEnd w:id="1199"/>
+    <w:bookmarkStart w:name="z1617" w:id="1200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организаций, находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1392"/>
-    <w:bookmarkStart w:name="z1618" w:id="1393"/>
+    <w:bookmarkEnd w:id="1200"/>
+    <w:bookmarkStart w:name="z1618" w:id="1201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Коммунальное государственное учреждение "Центр коммуникаций и мониторинга" государственного учреждения "Управление общественного развития области Жетiсу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1393"/>
-    <w:bookmarkStart w:name="z1619" w:id="1394"/>
+    <w:bookmarkEnd w:id="1201"/>
+    <w:bookmarkStart w:name="z1619" w:id="1202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Коммунальное государственное учреждение "Центр технического и хозяйственного обслуживания" государственного учреждения "Управление общественного развития области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1394"/>
-    <w:bookmarkStart w:name="z1620" w:id="1395"/>
+    <w:bookmarkEnd w:id="1202"/>
+    <w:bookmarkStart w:name="z1620" w:id="1203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Коммунальное государственное учреждение "Қоғамдық келісім" государственного учреждения "Управление общественного развития области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1395"/>
-    <w:bookmarkStart w:name="z1621" w:id="1396"/>
+    <w:bookmarkEnd w:id="1203"/>
+    <w:bookmarkStart w:name="z1621" w:id="1204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Коммунальное государственное учреждение "Jetіsý jastary" государственного учреждения "Управление общественного развития области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1396"/>
-    <w:bookmarkStart w:name="z1622" w:id="1397"/>
+    <w:bookmarkEnd w:id="1204"/>
+    <w:bookmarkStart w:name="z1622" w:id="1205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Коммунальное государственное учреждение "Учебно-методический центр "Тіл" государственного учреждения "Управление общественного развития области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1397"/>
-    <w:bookmarkStart w:name="z1623" w:id="1398"/>
+    <w:bookmarkEnd w:id="1205"/>
+    <w:bookmarkStart w:name="z1623" w:id="1206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Товарищество с ограниченной ответственности "Телерадиокомпания "Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1398"/>
-    <w:bookmarkStart w:name="z1624" w:id="1399"/>
+    <w:bookmarkEnd w:id="1206"/>
+    <w:bookmarkStart w:name="z1624" w:id="1207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Государственное коммунальное предприятие на праве хозяйственного ведения "Жетісу Медиа" государственного учреждения "Управление общественного развития области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1399"/>
+    <w:bookmarkEnd w:id="1207"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31443,1598 +31047,1598 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 15 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1626" w:id="1400"/>
+    <w:bookmarkStart w:name="z1626" w:id="1208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление строительства области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1400"/>
-    <w:bookmarkStart w:name="z1627" w:id="1401"/>
+    <w:bookmarkEnd w:id="1208"/>
+    <w:bookmarkStart w:name="z1627" w:id="1209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1401"/>
-    <w:bookmarkStart w:name="z1628" w:id="1402"/>
+    <w:bookmarkEnd w:id="1209"/>
+    <w:bookmarkStart w:name="z1628" w:id="1210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление строительства области Жетісу" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере строительства по области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1402"/>
-    <w:bookmarkStart w:name="z1629" w:id="1403"/>
+    <w:bookmarkEnd w:id="1210"/>
+    <w:bookmarkStart w:name="z1629" w:id="1211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1403"/>
-    <w:bookmarkStart w:name="z1630" w:id="1404"/>
+    <w:bookmarkEnd w:id="1211"/>
+    <w:bookmarkStart w:name="z1630" w:id="1212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1404"/>
-    <w:bookmarkStart w:name="z1631" w:id="1405"/>
+    <w:bookmarkEnd w:id="1212"/>
+    <w:bookmarkStart w:name="z1631" w:id="1213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1405"/>
-    <w:bookmarkStart w:name="z1632" w:id="1406"/>
+    <w:bookmarkEnd w:id="1213"/>
+    <w:bookmarkStart w:name="z1632" w:id="1214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1406"/>
-    <w:bookmarkStart w:name="z1633" w:id="1407"/>
+    <w:bookmarkEnd w:id="1214"/>
+    <w:bookmarkStart w:name="z1633" w:id="1215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1407"/>
-    <w:bookmarkStart w:name="z1634" w:id="1408"/>
+    <w:bookmarkEnd w:id="1215"/>
+    <w:bookmarkStart w:name="z1634" w:id="1216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1408"/>
-    <w:bookmarkStart w:name="z1635" w:id="1409"/>
+    <w:bookmarkEnd w:id="1216"/>
+    <w:bookmarkStart w:name="z1635" w:id="1217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1409"/>
-    <w:bookmarkStart w:name="z1636" w:id="1410"/>
+    <w:bookmarkEnd w:id="1217"/>
+    <w:bookmarkStart w:name="z1636" w:id="1218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Шевченко, дом 131.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1410"/>
-    <w:bookmarkStart w:name="z1637" w:id="1411"/>
+    <w:bookmarkEnd w:id="1218"/>
+    <w:bookmarkStart w:name="z1637" w:id="1219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1411"/>
-    <w:bookmarkStart w:name="z1638" w:id="1412"/>
+    <w:bookmarkEnd w:id="1219"/>
+    <w:bookmarkStart w:name="z1638" w:id="1220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1412"/>
-    <w:bookmarkStart w:name="z1639" w:id="1413"/>
+    <w:bookmarkEnd w:id="1220"/>
+    <w:bookmarkStart w:name="z1639" w:id="1221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1413"/>
-    <w:bookmarkStart w:name="z1640" w:id="1414"/>
+    <w:bookmarkEnd w:id="1221"/>
+    <w:bookmarkStart w:name="z1640" w:id="1222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1414"/>
-    <w:bookmarkStart w:name="z1641" w:id="1415"/>
+    <w:bookmarkEnd w:id="1222"/>
+    <w:bookmarkStart w:name="z1641" w:id="1223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1415"/>
-    <w:bookmarkStart w:name="z1642" w:id="1416"/>
+    <w:bookmarkEnd w:id="1223"/>
+    <w:bookmarkStart w:name="z1642" w:id="1224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1416"/>
-    <w:bookmarkStart w:name="z1643" w:id="1417"/>
+    <w:bookmarkEnd w:id="1224"/>
+    <w:bookmarkStart w:name="z1643" w:id="1225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) изучение и внесение предложений по строительству, расширению, техническому перевооружению, модернизации, реконструкции, реставрации и капитальному ремонту строений, зданий и сооружений, инженерных и транспортных коммуникаций, благоустройству и озеленению территории, конверсации строительства незавершенных объектов, проведению комплекса работ по постутилизации объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1417"/>
-    <w:bookmarkStart w:name="z1644" w:id="1418"/>
+    <w:bookmarkEnd w:id="1225"/>
+    <w:bookmarkStart w:name="z1644" w:id="1226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) внедрение целевых инвестиционных программ по развитию строительного комплекса области Жетісу, реализация строительных проектов согласно утвержденным генеральным планам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1418"/>
-    <w:bookmarkStart w:name="z1645" w:id="1419"/>
+    <w:bookmarkEnd w:id="1226"/>
+    <w:bookmarkStart w:name="z1645" w:id="1227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) координация инвестиционных разработок, проектных, научно-исследовательских, а также изыскательских, строительных и ремонтно-строительных работ в части требования строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1419"/>
-    <w:bookmarkStart w:name="z1646" w:id="1420"/>
+    <w:bookmarkEnd w:id="1227"/>
+    <w:bookmarkStart w:name="z1646" w:id="1228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выполнение других задач, поставленных перед Управлением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1420"/>
-    <w:bookmarkStart w:name="z1647" w:id="1421"/>
+    <w:bookmarkEnd w:id="1228"/>
+    <w:bookmarkStart w:name="z1647" w:id="1229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1421"/>
-    <w:bookmarkStart w:name="z1648" w:id="1422"/>
+    <w:bookmarkEnd w:id="1229"/>
+    <w:bookmarkStart w:name="z1648" w:id="1230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1422"/>
-    <w:bookmarkStart w:name="z1649" w:id="1423"/>
+    <w:bookmarkEnd w:id="1230"/>
+    <w:bookmarkStart w:name="z1649" w:id="1231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать информацию (сведения, данные, исходные материалы или документы), необходимую для предпроектных исследований, подготовки технико-экономического обоснования, обоснования инвестиций в строительство, планирования освоения территории и ее застройки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1423"/>
-    <w:bookmarkStart w:name="z1650" w:id="1424"/>
+    <w:bookmarkEnd w:id="1231"/>
+    <w:bookmarkStart w:name="z1650" w:id="1232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения акиму области по размещению объектов и комплексов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1424"/>
-    <w:bookmarkStart w:name="z1651" w:id="1425"/>
+    <w:bookmarkEnd w:id="1232"/>
+    <w:bookmarkStart w:name="z1651" w:id="1233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вести служебную переписку с государственными и негосударственными органами по вопросам, относящимся к компетенции Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1425"/>
-    <w:bookmarkStart w:name="z1652" w:id="1426"/>
+    <w:bookmarkEnd w:id="1233"/>
+    <w:bookmarkStart w:name="z1652" w:id="1234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1426"/>
-    <w:bookmarkStart w:name="z1653" w:id="1427"/>
+    <w:bookmarkEnd w:id="1234"/>
+    <w:bookmarkStart w:name="z1653" w:id="1235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривать в установленном порядке письма и жалобы населения, организовать прием граждан по личным вопросам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1427"/>
-    <w:bookmarkStart w:name="z1654" w:id="1428"/>
+    <w:bookmarkEnd w:id="1235"/>
+    <w:bookmarkStart w:name="z1654" w:id="1236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выполнить иные функции, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан, Правительства Республики Казахстан, актами акимата области и акима области, а также поручения акима области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1428"/>
-    <w:bookmarkStart w:name="z1655" w:id="1429"/>
+    <w:bookmarkEnd w:id="1236"/>
+    <w:bookmarkStart w:name="z1655" w:id="1237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1429"/>
-    <w:bookmarkStart w:name="z1656" w:id="1430"/>
+    <w:bookmarkEnd w:id="1237"/>
+    <w:bookmarkStart w:name="z1656" w:id="1238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведение государственной политики в области строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1430"/>
-    <w:bookmarkStart w:name="z1657" w:id="1431"/>
+    <w:bookmarkEnd w:id="1238"/>
+    <w:bookmarkStart w:name="z1657" w:id="1239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подготовка предложений по разработке методов государственного регулирования строительной деятельности на территории области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1431"/>
-    <w:bookmarkStart w:name="z1658" w:id="1432"/>
+    <w:bookmarkEnd w:id="1239"/>
+    <w:bookmarkStart w:name="z1658" w:id="1240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) подготовка предложений по разработке и совершенствованию государственных нормативно-правовых актов по вопросам строительства в Республике Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1432"/>
-    <w:bookmarkStart w:name="z1659" w:id="1433"/>
+    <w:bookmarkEnd w:id="1240"/>
+    <w:bookmarkStart w:name="z1659" w:id="1241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подготовка предложений по разработке комплексных программ социально-экономического развития области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1433"/>
-    <w:bookmarkStart w:name="z1660" w:id="1434"/>
+    <w:bookmarkEnd w:id="1241"/>
+    <w:bookmarkStart w:name="z1660" w:id="1242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) участие в реализации государственной политики в сфере строительства инфраструктуры, жилищной политики и жилищного строительства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1434"/>
-    <w:bookmarkStart w:name="z1661" w:id="1435"/>
+    <w:bookmarkEnd w:id="1242"/>
+    <w:bookmarkStart w:name="z1661" w:id="1243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) рассмотрение, согласование и утверждение строительной и иной проектной (проектно-сметной) документации по объектам, подлежащим строительству на территории области Жетісу, финансируемых за счет государственных средств, за исключением утверждаемых Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1435"/>
-    <w:bookmarkStart w:name="z1662" w:id="1436"/>
+    <w:bookmarkEnd w:id="1243"/>
+    <w:bookmarkStart w:name="z1662" w:id="1244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) участие в регистрации и оформлении контрактов на проектирование и строительство объектов, расположенных на территории области, финансируемых за счет государственных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1436"/>
-    <w:bookmarkStart w:name="z1663" w:id="1437"/>
+    <w:bookmarkEnd w:id="1244"/>
+    <w:bookmarkStart w:name="z1663" w:id="1245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) организация и проведение тендеров (конкурсов) на разработку строительной документации и строительство объектов, финансируемых за счет государственных средств и инвестиционных кредитов, предоставляемых под гарантии Республике Казахстан, прямых инвестиций и других источников, ведение мониторинга государственных закупок работ и услуг; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1437"/>
-    <w:bookmarkStart w:name="z1664" w:id="1438"/>
+    <w:bookmarkEnd w:id="1245"/>
+    <w:bookmarkStart w:name="z1664" w:id="1246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) организация работ по реконструкции и капитальному ремонту объектов гражданского и жилищного назначения, разрушенных вследствие чрезвычайных стихийных бедствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1438"/>
-    <w:bookmarkStart w:name="z1665" w:id="1439"/>
+    <w:bookmarkEnd w:id="1246"/>
+    <w:bookmarkStart w:name="z1665" w:id="1247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) организационное и методологическое обеспечение деятельности районных и городских областного значения органов строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1439"/>
-    <w:bookmarkStart w:name="z1666" w:id="1440"/>
+    <w:bookmarkEnd w:id="1247"/>
+    <w:bookmarkStart w:name="z1666" w:id="1248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) участие в работе государственных приемочных комиссий по приемке в эксплуатацию законченных строительством объектов жилищно-гражданского, коммунального, производственного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1440"/>
-    <w:bookmarkStart w:name="z1667" w:id="1441"/>
+    <w:bookmarkEnd w:id="1248"/>
+    <w:bookmarkStart w:name="z1667" w:id="1249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) заключение договоров подряда на проектирование и строительство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1441"/>
-    <w:bookmarkStart w:name="z1668" w:id="1442"/>
+    <w:bookmarkEnd w:id="1249"/>
+    <w:bookmarkStart w:name="z1668" w:id="1250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) финансирование закупок товаров, работ и услуг в соответствии с заключенными договорами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1442"/>
-    <w:bookmarkStart w:name="z1669" w:id="1443"/>
+    <w:bookmarkEnd w:id="1250"/>
+    <w:bookmarkStart w:name="z1669" w:id="1251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) обеспечение исполнения заключенных договорных обязательств подрядчиками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1443"/>
-    <w:bookmarkStart w:name="z1670" w:id="1444"/>
+    <w:bookmarkEnd w:id="1251"/>
+    <w:bookmarkStart w:name="z1670" w:id="1252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) организация работы по сдаче построенных объектов в эксплуатацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1444"/>
-    <w:bookmarkStart w:name="z1671" w:id="1445"/>
+    <w:bookmarkEnd w:id="1252"/>
+    <w:bookmarkStart w:name="z1671" w:id="1253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) обеспечение учета и возврата средств, выделенных на возвратной основе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1445"/>
-    <w:bookmarkStart w:name="z1672" w:id="1446"/>
+    <w:bookmarkEnd w:id="1253"/>
+    <w:bookmarkStart w:name="z1672" w:id="1254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) обеспечение бюджетного кредитования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1446"/>
-    <w:bookmarkStart w:name="z1673" w:id="1447"/>
+    <w:bookmarkEnd w:id="1254"/>
+    <w:bookmarkStart w:name="z1673" w:id="1255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) рассмотрение устных и письменных обращений физических и юридических лиц, информирование населения о проводимой работе в сфере строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1447"/>
-    <w:bookmarkStart w:name="z1674" w:id="1448"/>
+    <w:bookmarkEnd w:id="1255"/>
+    <w:bookmarkStart w:name="z1674" w:id="1256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) осуществление функций по организации технического надзора заказчика и авторского надзора разработчиков проектов за процессом строительства на всех этапах строительства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1448"/>
-    <w:bookmarkStart w:name="z1675" w:id="1449"/>
+    <w:bookmarkEnd w:id="1256"/>
+    <w:bookmarkStart w:name="z1675" w:id="1257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) осуществление разработки проектно-сметной документации по представлению бюджетных заявок, работы по капитальному ремонту объектов образования и здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1449"/>
-    <w:bookmarkStart w:name="z1676" w:id="1450"/>
+    <w:bookmarkEnd w:id="1257"/>
+    <w:bookmarkStart w:name="z1676" w:id="1258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) осуществление иных функций, возложенных на Управление в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1450"/>
-    <w:bookmarkStart w:name="z1677" w:id="1451"/>
+    <w:bookmarkEnd w:id="1258"/>
+    <w:bookmarkStart w:name="z1677" w:id="1259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1451"/>
-    <w:bookmarkStart w:name="z1678" w:id="1452"/>
+    <w:bookmarkEnd w:id="1259"/>
+    <w:bookmarkStart w:name="z1678" w:id="1260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1452"/>
-    <w:bookmarkStart w:name="z1679" w:id="1453"/>
+    <w:bookmarkEnd w:id="1260"/>
+    <w:bookmarkStart w:name="z1679" w:id="1261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1453"/>
-    <w:bookmarkStart w:name="z1680" w:id="1454"/>
+    <w:bookmarkEnd w:id="1261"/>
+    <w:bookmarkStart w:name="z1680" w:id="1262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1454"/>
-    <w:bookmarkStart w:name="z1681" w:id="1455"/>
+    <w:bookmarkEnd w:id="1262"/>
+    <w:bookmarkStart w:name="z1681" w:id="1263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1455"/>
-    <w:bookmarkStart w:name="z1682" w:id="1456"/>
+    <w:bookmarkEnd w:id="1263"/>
+    <w:bookmarkStart w:name="z1682" w:id="1264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет обязанности и полномочия заместителей и руководителей структурных подразделений Управлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1456"/>
-    <w:bookmarkStart w:name="z1683" w:id="1457"/>
+    <w:bookmarkEnd w:id="1264"/>
+    <w:bookmarkStart w:name="z1683" w:id="1265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначает и освобождает от должностей работников Управлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1457"/>
-    <w:bookmarkStart w:name="z1684" w:id="1458"/>
+    <w:bookmarkEnd w:id="1265"/>
+    <w:bookmarkStart w:name="z1684" w:id="1266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке осуществляет поощрение сотрудников Управлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1458"/>
-    <w:bookmarkStart w:name="z1685" w:id="1459"/>
+    <w:bookmarkEnd w:id="1266"/>
+    <w:bookmarkStart w:name="z1685" w:id="1267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в установленном законодательством порядке налагает дисциплинарные взыскания на сотрудников Управлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1459"/>
-    <w:bookmarkStart w:name="z1686" w:id="1460"/>
+    <w:bookmarkEnd w:id="1267"/>
+    <w:bookmarkStart w:name="z1686" w:id="1268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции издает приказы, дает указания, подписывает служебную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1460"/>
-    <w:bookmarkStart w:name="z1687" w:id="1461"/>
+    <w:bookmarkEnd w:id="1268"/>
+    <w:bookmarkStart w:name="z1687" w:id="1269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждает положения о структурных подразделениях Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1461"/>
-    <w:bookmarkStart w:name="z1688" w:id="1462"/>
+    <w:bookmarkEnd w:id="1269"/>
+    <w:bookmarkStart w:name="z1688" w:id="1270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) представляет Управление в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1462"/>
-    <w:bookmarkStart w:name="z1689" w:id="1463"/>
+    <w:bookmarkEnd w:id="1270"/>
+    <w:bookmarkStart w:name="z1689" w:id="1271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) контролирует ход разработки правовых актов, проектов программ и других документов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1463"/>
-    <w:bookmarkStart w:name="z1690" w:id="1464"/>
+    <w:bookmarkEnd w:id="1271"/>
+    <w:bookmarkStart w:name="z1690" w:id="1272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) контролирует работу по подготовке отчетных материалов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1464"/>
-    <w:bookmarkStart w:name="z1691" w:id="1465"/>
+    <w:bookmarkEnd w:id="1272"/>
+    <w:bookmarkStart w:name="z1691" w:id="1273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) координирует ход реализации бюджетных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1465"/>
-    <w:bookmarkStart w:name="z1692" w:id="1466"/>
+    <w:bookmarkEnd w:id="1273"/>
+    <w:bookmarkStart w:name="z1692" w:id="1274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в установленном порядке решает вопросы финансово-экономической и хозяйственной деятельности, контролирует рациональное и целевое исполнение бюджетных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1466"/>
-    <w:bookmarkStart w:name="z1693" w:id="1467"/>
+    <w:bookmarkEnd w:id="1274"/>
+    <w:bookmarkStart w:name="z1693" w:id="1275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) обеспечивает соблюдение законности, договорной и финансовой дисциплины в деятельности Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1467"/>
-    <w:bookmarkStart w:name="z1694" w:id="1468"/>
+    <w:bookmarkEnd w:id="1275"/>
+    <w:bookmarkStart w:name="z1694" w:id="1276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) принимает необходимые меры по противодействию коррупции и несет персональную ответственность за непринятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1468"/>
-    <w:bookmarkStart w:name="z1695" w:id="1469"/>
+    <w:bookmarkEnd w:id="1276"/>
+    <w:bookmarkStart w:name="z1695" w:id="1277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1469"/>
-    <w:bookmarkStart w:name="z1696" w:id="1470"/>
+    <w:bookmarkEnd w:id="1277"/>
+    <w:bookmarkStart w:name="z1696" w:id="1278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1470"/>
-    <w:bookmarkStart w:name="z1697" w:id="1471"/>
+    <w:bookmarkEnd w:id="1278"/>
+    <w:bookmarkStart w:name="z1697" w:id="1279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1471"/>
-    <w:bookmarkStart w:name="z1698" w:id="1472"/>
+    <w:bookmarkEnd w:id="1279"/>
+    <w:bookmarkStart w:name="z1698" w:id="1280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1472"/>
-    <w:bookmarkStart w:name="z1699" w:id="1473"/>
+    <w:bookmarkEnd w:id="1280"/>
+    <w:bookmarkStart w:name="z1699" w:id="1281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущество (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1473"/>
-    <w:bookmarkStart w:name="z1700" w:id="1474"/>
+    <w:bookmarkEnd w:id="1281"/>
+    <w:bookmarkStart w:name="z1700" w:id="1282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1474"/>
-    <w:bookmarkStart w:name="z1701" w:id="1475"/>
+    <w:bookmarkEnd w:id="1282"/>
+    <w:bookmarkStart w:name="z1701" w:id="1283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1475"/>
-    <w:bookmarkStart w:name="z1702" w:id="1476"/>
+    <w:bookmarkEnd w:id="1283"/>
+    <w:bookmarkStart w:name="z1702" w:id="1284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1476"/>
-    <w:bookmarkStart w:name="z1703" w:id="1477"/>
+    <w:bookmarkEnd w:id="1284"/>
+    <w:bookmarkStart w:name="z1703" w:id="1285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднения Управления осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1477"/>
+    <w:bookmarkEnd w:id="1285"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -33139,1938 +32743,1938 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1706" w:id="1478"/>
+    <w:bookmarkStart w:name="z1706" w:id="1286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление культуры, архивов и документации области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1478"/>
-    <w:bookmarkStart w:name="z1707" w:id="1479"/>
+    <w:bookmarkEnd w:id="1286"/>
+    <w:bookmarkStart w:name="z1707" w:id="1287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1479"/>
-    <w:bookmarkStart w:name="z1708" w:id="1480"/>
+    <w:bookmarkEnd w:id="1287"/>
+    <w:bookmarkStart w:name="z1708" w:id="1288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление культуры, архивов и документации области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере культуры, архивов и документации на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1480"/>
-    <w:bookmarkStart w:name="z1709" w:id="1481"/>
+    <w:bookmarkEnd w:id="1288"/>
+    <w:bookmarkStart w:name="z1709" w:id="1289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Управление не имеет ведомств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1481"/>
-    <w:bookmarkStart w:name="z1710" w:id="1482"/>
+    <w:bookmarkEnd w:id="1289"/>
+    <w:bookmarkStart w:name="z1710" w:id="1290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1482"/>
-    <w:bookmarkStart w:name="z1711" w:id="1483"/>
+    <w:bookmarkEnd w:id="1290"/>
+    <w:bookmarkStart w:name="z1711" w:id="1291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штамп со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1483"/>
-    <w:bookmarkStart w:name="z1712" w:id="1484"/>
+    <w:bookmarkEnd w:id="1291"/>
+    <w:bookmarkStart w:name="z1712" w:id="1292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1484"/>
-    <w:bookmarkStart w:name="z1713" w:id="1485"/>
+    <w:bookmarkEnd w:id="1292"/>
+    <w:bookmarkStart w:name="z1713" w:id="1293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1485"/>
-    <w:bookmarkStart w:name="z1714" w:id="1486"/>
+    <w:bookmarkEnd w:id="1293"/>
+    <w:bookmarkStart w:name="z1714" w:id="1294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1486"/>
-    <w:bookmarkStart w:name="z1715" w:id="1487"/>
+    <w:bookmarkEnd w:id="1294"/>
+    <w:bookmarkStart w:name="z1715" w:id="1295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1487"/>
-    <w:bookmarkStart w:name="z1716" w:id="1488"/>
+    <w:bookmarkEnd w:id="1295"/>
+    <w:bookmarkStart w:name="z1716" w:id="1296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, проспект Н. Назарбаева,75.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1488"/>
-    <w:bookmarkStart w:name="z1717" w:id="1489"/>
+    <w:bookmarkEnd w:id="1296"/>
+    <w:bookmarkStart w:name="z1717" w:id="1297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1489"/>
-    <w:bookmarkStart w:name="z1718" w:id="1490"/>
+    <w:bookmarkEnd w:id="1297"/>
+    <w:bookmarkStart w:name="z1718" w:id="1298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1490"/>
-    <w:bookmarkStart w:name="z1719" w:id="1491"/>
+    <w:bookmarkEnd w:id="1298"/>
+    <w:bookmarkStart w:name="z1719" w:id="1299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1491"/>
-    <w:bookmarkStart w:name="z1720" w:id="1492"/>
+    <w:bookmarkEnd w:id="1299"/>
+    <w:bookmarkStart w:name="z1720" w:id="1300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1492"/>
-    <w:bookmarkStart w:name="z1721" w:id="1493"/>
+    <w:bookmarkEnd w:id="1300"/>
+    <w:bookmarkStart w:name="z1721" w:id="1301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1493"/>
-    <w:bookmarkStart w:name="z1722" w:id="1494"/>
+    <w:bookmarkEnd w:id="1301"/>
+    <w:bookmarkStart w:name="z1722" w:id="1302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1494"/>
-    <w:bookmarkStart w:name="z1723" w:id="1495"/>
+    <w:bookmarkEnd w:id="1302"/>
+    <w:bookmarkStart w:name="z1723" w:id="1303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществление государственного регулирования в области культуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1495"/>
-    <w:bookmarkStart w:name="z1724" w:id="1496"/>
+    <w:bookmarkEnd w:id="1303"/>
+    <w:bookmarkStart w:name="z1724" w:id="1304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осуществление государственного регулирования в области архивов и документации; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1496"/>
-    <w:bookmarkStart w:name="z1725" w:id="1497"/>
+    <w:bookmarkEnd w:id="1304"/>
+    <w:bookmarkStart w:name="z1725" w:id="1305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1497"/>
-    <w:bookmarkStart w:name="z1726" w:id="1498"/>
+    <w:bookmarkEnd w:id="1305"/>
+    <w:bookmarkStart w:name="z1726" w:id="1306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1498"/>
-    <w:bookmarkStart w:name="z1727" w:id="1499"/>
+    <w:bookmarkEnd w:id="1306"/>
+    <w:bookmarkStart w:name="z1727" w:id="1307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать, в установленном законодательством порядке, необходимую в своей деятельности информацию от государственных органов и иных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1499"/>
-    <w:bookmarkStart w:name="z1728" w:id="1500"/>
+    <w:bookmarkEnd w:id="1307"/>
+    <w:bookmarkStart w:name="z1728" w:id="1308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права, предусмотренные действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1500"/>
-    <w:bookmarkStart w:name="z1729" w:id="1501"/>
+    <w:bookmarkEnd w:id="1308"/>
+    <w:bookmarkStart w:name="z1729" w:id="1309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1501"/>
-    <w:bookmarkStart w:name="z1730" w:id="1502"/>
+    <w:bookmarkEnd w:id="1309"/>
+    <w:bookmarkStart w:name="z1730" w:id="1310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и проводить государственные закупки в установленном законодательством порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1502"/>
-    <w:bookmarkStart w:name="z1731" w:id="1503"/>
+    <w:bookmarkEnd w:id="1310"/>
+    <w:bookmarkStart w:name="z1731" w:id="1311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять пользование имуществом, находящимся на праве оперативного управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1503"/>
-    <w:bookmarkStart w:name="z1732" w:id="1504"/>
+    <w:bookmarkEnd w:id="1311"/>
+    <w:bookmarkStart w:name="z1732" w:id="1312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения в акимат области по созданию, реорганизации, переименованию и ликвидации государственных учреждений и предприятий, находящихся в ведении Управления и утверждать их Уставы (положения), вносить в них изменения и дополнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1504"/>
-    <w:bookmarkStart w:name="z1733" w:id="1505"/>
+    <w:bookmarkEnd w:id="1312"/>
+    <w:bookmarkStart w:name="z1733" w:id="1313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1505"/>
-    <w:bookmarkStart w:name="z1734" w:id="1506"/>
+    <w:bookmarkEnd w:id="1313"/>
+    <w:bookmarkStart w:name="z1734" w:id="1314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1506"/>
-    <w:bookmarkStart w:name="z1735" w:id="1507"/>
+    <w:bookmarkEnd w:id="1314"/>
+    <w:bookmarkStart w:name="z1735" w:id="1315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализует государственную политику в области культуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1507"/>
-    <w:bookmarkStart w:name="z1736" w:id="1508"/>
+    <w:bookmarkEnd w:id="1315"/>
+    <w:bookmarkStart w:name="z1736" w:id="1316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реализует государственную политику в области креативных индустрий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1508"/>
-    <w:bookmarkStart w:name="z1737" w:id="1509"/>
+    <w:bookmarkEnd w:id="1316"/>
+    <w:bookmarkStart w:name="z1737" w:id="1317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) создает, реорганизует, ликвидирует государственные организации культуры области в сфере театрального, циркового, музыкального искусства и киноискусства, культурно-досуговой деятельности и народного творчества, библиотечного и музейного дела в установленном законодательством Республики Казахстан порядке по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1509"/>
-    <w:bookmarkStart w:name="z1738" w:id="1510"/>
+    <w:bookmarkEnd w:id="1317"/>
+    <w:bookmarkStart w:name="z1738" w:id="1318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) поддерживает и координирует деятельность государственных организаций культуры области по развитию театрального, циркового, музыкального искусства и киноискусства, культурно-досуговой деятельности и народного творчества, библиотечного и музейного дела, обеспечивает деятельность учреждений области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1510"/>
-    <w:bookmarkStart w:name="z1739" w:id="1511"/>
+    <w:bookmarkEnd w:id="1318"/>
+    <w:bookmarkStart w:name="z1739" w:id="1319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) организует проведение областных (региональных) смотров, фестивалей и конкурсов в различных сферах творческой деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1511"/>
-    <w:bookmarkStart w:name="z1740" w:id="1512"/>
+    <w:bookmarkEnd w:id="1319"/>
+    <w:bookmarkStart w:name="z1740" w:id="1320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) вправе организовывать проведение республиканских конкурсов и фестивалей в различных сферах творческой деятельности по согласованию с уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1512"/>
-    <w:bookmarkStart w:name="z1741" w:id="1513"/>
+    <w:bookmarkEnd w:id="1320"/>
+    <w:bookmarkStart w:name="z1741" w:id="1321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) создает региональные художественные советы и утверждает положения о них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1513"/>
-    <w:bookmarkStart w:name="z1742" w:id="1514"/>
+    <w:bookmarkEnd w:id="1321"/>
+    <w:bookmarkStart w:name="z1742" w:id="1322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) организует работу по учету, охране, консервации и реставрации, а также использованию культурных ценностей области увековечению памяти видных деятелей культуры страны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1514"/>
-    <w:bookmarkStart w:name="z1743" w:id="1515"/>
+    <w:bookmarkEnd w:id="1322"/>
+    <w:bookmarkStart w:name="z1743" w:id="1323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) создает экспертную комиссию по временному вывозу культурных ценностей и утверждает положение о ней;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1515"/>
-    <w:bookmarkStart w:name="z1744" w:id="1516"/>
+    <w:bookmarkEnd w:id="1323"/>
+    <w:bookmarkStart w:name="z1744" w:id="1324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществляет мониторинг деятельности организаций культуры, расположенных на соответствующей территории, и предоставляет в уполномоченный орган информацию, а также статистические отчеты установленной формы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1516"/>
-    <w:bookmarkStart w:name="z1745" w:id="1517"/>
+    <w:bookmarkEnd w:id="1324"/>
+    <w:bookmarkStart w:name="z1745" w:id="1325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) осуществляет проведение зрелищных культурно-массовых мероприятий на уровне области; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1517"/>
-    <w:bookmarkStart w:name="z1746" w:id="1518"/>
+    <w:bookmarkEnd w:id="1325"/>
+    <w:bookmarkStart w:name="z1746" w:id="1326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) проводит аттестацию государственных организаций культуры области; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1518"/>
-    <w:bookmarkStart w:name="z1747" w:id="1519"/>
+    <w:bookmarkEnd w:id="1326"/>
+    <w:bookmarkStart w:name="z1747" w:id="1327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) в пределах своей компетенции осуществляет управление коммунальной собственностью в области культуры; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1519"/>
-    <w:bookmarkStart w:name="z1748" w:id="1520"/>
+    <w:bookmarkEnd w:id="1327"/>
+    <w:bookmarkStart w:name="z1748" w:id="1328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) выступает заказчиком по строительству, реконструкции и ремонту объектов культурного назначения области; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1520"/>
-    <w:bookmarkStart w:name="z1749" w:id="1521"/>
+    <w:bookmarkEnd w:id="1328"/>
+    <w:bookmarkStart w:name="z1749" w:id="1329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) организует работу по сохранению историко-культурного наследия, содействует развитию исторических, национальных и культурных традиций и обычаев; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1521"/>
-    <w:bookmarkStart w:name="z1750" w:id="1522"/>
+    <w:bookmarkEnd w:id="1329"/>
+    <w:bookmarkStart w:name="z1750" w:id="1330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) выдает свидетельство на право временного вывоза культурных ценностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1522"/>
-    <w:bookmarkStart w:name="z1751" w:id="1523"/>
+    <w:bookmarkEnd w:id="1330"/>
+    <w:bookmarkStart w:name="z1751" w:id="1331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) присваивает одной из государственных библиотек области статус "Центральная";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1523"/>
-    <w:bookmarkStart w:name="z1752" w:id="1524"/>
+    <w:bookmarkEnd w:id="1331"/>
+    <w:bookmarkStart w:name="z1752" w:id="1332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) осуществляет комплекс мероприятий, направленных на поиск и поддержку талантливой молодежи и перспективных творческих коллективов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1524"/>
-    <w:bookmarkStart w:name="z1753" w:id="1525"/>
+    <w:bookmarkEnd w:id="1332"/>
+    <w:bookmarkStart w:name="z1753" w:id="1333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) осуществляет проведение социально значимых мероприятий в области культуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1525"/>
-    <w:bookmarkStart w:name="z1754" w:id="1526"/>
+    <w:bookmarkEnd w:id="1333"/>
+    <w:bookmarkStart w:name="z1754" w:id="1334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) обеспечивает соблюдение особого режима объектов национального культурного достояния;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1526"/>
-    <w:bookmarkStart w:name="z1755" w:id="1527"/>
+    <w:bookmarkEnd w:id="1334"/>
+    <w:bookmarkStart w:name="z1755" w:id="1335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) утверждает государственный творческий заказ на финансирование творческих кружков для детей и юношества в пределах объемов бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1527"/>
-    <w:bookmarkStart w:name="z1756" w:id="1528"/>
+    <w:bookmarkEnd w:id="1335"/>
+    <w:bookmarkStart w:name="z1756" w:id="1336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) обеспечивает размещение государственного творческого заказа в творческих кружках для детей и юношества независимо от форм собственности поставщиков услуг государственного творческого заказа, их ведомственной подчиненности, типов и видов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1528"/>
-    <w:bookmarkStart w:name="z1757" w:id="1529"/>
+    <w:bookmarkEnd w:id="1336"/>
+    <w:bookmarkStart w:name="z1757" w:id="1337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) обеспечивает исполнение всех этапов и процедур размещения, контроля качества и целевого освоения государственного творческого заказа в электронном и общедоступном форматах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1529"/>
-    <w:bookmarkStart w:name="z1758" w:id="1530"/>
+    <w:bookmarkEnd w:id="1337"/>
+    <w:bookmarkStart w:name="z1758" w:id="1338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) реализует единую государственную политику в сфере архивного дела и документационного обеспечения управления на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1530"/>
-    <w:bookmarkStart w:name="z1759" w:id="1531"/>
+    <w:bookmarkEnd w:id="1338"/>
+    <w:bookmarkStart w:name="z1759" w:id="1339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) организует хранение, комплектование и использование документов Национального архивного фонда, принятых на хранение, государственных архивов области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1531"/>
-    <w:bookmarkStart w:name="z1760" w:id="1532"/>
+    <w:bookmarkEnd w:id="1339"/>
+    <w:bookmarkStart w:name="z1760" w:id="1340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) ведет государственный учет и обеспечение сохранности документов Национального архивного фонда, хранящихся в государственных архивах области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1532"/>
-    <w:bookmarkStart w:name="z1761" w:id="1533"/>
+    <w:bookmarkEnd w:id="1340"/>
+    <w:bookmarkStart w:name="z1761" w:id="1341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) обеспечивает защиту документальных памятников истории и культуры, находящихся в коммунальной собственности, их хранение и использование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1533"/>
-    <w:bookmarkStart w:name="z1762" w:id="1534"/>
+    <w:bookmarkEnd w:id="1341"/>
+    <w:bookmarkStart w:name="z1762" w:id="1342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) организует экспертизы научной и практической ценности документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1534"/>
-    <w:bookmarkStart w:name="z1763" w:id="1535"/>
+    <w:bookmarkEnd w:id="1342"/>
+    <w:bookmarkStart w:name="z1763" w:id="1343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) формирует базы данных по документам Национального архивного фонда, хранящимся в государственных архивах области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1535"/>
-    <w:bookmarkStart w:name="z1764" w:id="1536"/>
+    <w:bookmarkEnd w:id="1343"/>
+    <w:bookmarkStart w:name="z1764" w:id="1344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) обеспечивает организационно-методическое руководство вопросами архивного дела и документационного обеспечения управления на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1536"/>
-    <w:bookmarkStart w:name="z1765" w:id="1537"/>
+    <w:bookmarkEnd w:id="1344"/>
+    <w:bookmarkStart w:name="z1765" w:id="1345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан о Национальном архивном фонде и архивах на территории области, за исключением источников комплектования Национального архива Республики Казахстан и центральных государственных архивов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1537"/>
-    <w:bookmarkStart w:name="z1766" w:id="1538"/>
+    <w:bookmarkEnd w:id="1345"/>
+    <w:bookmarkStart w:name="z1766" w:id="1346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) организует исполнение запросов физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1538"/>
-    <w:bookmarkStart w:name="z1767" w:id="1539"/>
+    <w:bookmarkEnd w:id="1346"/>
+    <w:bookmarkStart w:name="z1767" w:id="1347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) утверждает положение об экспертно-проверочной комиссии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1539"/>
-    <w:bookmarkStart w:name="z1768" w:id="1540"/>
+    <w:bookmarkEnd w:id="1347"/>
+    <w:bookmarkStart w:name="z1768" w:id="1348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) использует документы Национального архивного фонда для удовлетворения запросов государства, физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1540"/>
-    <w:bookmarkStart w:name="z1769" w:id="1541"/>
+    <w:bookmarkEnd w:id="1348"/>
+    <w:bookmarkStart w:name="z1769" w:id="1349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) обеспечивает сбор и возвращение архивных документов по истории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1541"/>
-    <w:bookmarkStart w:name="z1770" w:id="1542"/>
+    <w:bookmarkEnd w:id="1349"/>
+    <w:bookmarkStart w:name="z1770" w:id="1350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1542"/>
-    <w:bookmarkStart w:name="z1771" w:id="1543"/>
+    <w:bookmarkEnd w:id="1350"/>
+    <w:bookmarkStart w:name="z1771" w:id="1351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1543"/>
-    <w:bookmarkStart w:name="z1772" w:id="1544"/>
+    <w:bookmarkEnd w:id="1351"/>
+    <w:bookmarkStart w:name="z1772" w:id="1352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управления задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1544"/>
-    <w:bookmarkStart w:name="z1773" w:id="1545"/>
+    <w:bookmarkEnd w:id="1352"/>
+    <w:bookmarkStart w:name="z1773" w:id="1353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1545"/>
-    <w:bookmarkStart w:name="z1774" w:id="1546"/>
+    <w:bookmarkEnd w:id="1353"/>
+    <w:bookmarkStart w:name="z1774" w:id="1354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель управления имеет заместителя, который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1546"/>
-    <w:bookmarkStart w:name="z1775" w:id="1547"/>
+    <w:bookmarkEnd w:id="1354"/>
+    <w:bookmarkStart w:name="z1775" w:id="1355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1547"/>
-    <w:bookmarkStart w:name="z1776" w:id="1548"/>
+    <w:bookmarkEnd w:id="1355"/>
+    <w:bookmarkStart w:name="z1776" w:id="1356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции определят обязанности и полномочия сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1548"/>
-    <w:bookmarkStart w:name="z1777" w:id="1549"/>
+    <w:bookmarkEnd w:id="1356"/>
+    <w:bookmarkStart w:name="z1777" w:id="1357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в соответствии с действующим законодательством назначает и освобождает от должности сотрудников Управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1549"/>
-    <w:bookmarkStart w:name="z1778" w:id="1550"/>
+    <w:bookmarkEnd w:id="1357"/>
+    <w:bookmarkStart w:name="z1778" w:id="1358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1550"/>
-    <w:bookmarkStart w:name="z1779" w:id="1551"/>
+    <w:bookmarkEnd w:id="1358"/>
+    <w:bookmarkStart w:name="z1779" w:id="1359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в пределах своей компетенции издает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1551"/>
-    <w:bookmarkStart w:name="z1780" w:id="1552"/>
+    <w:bookmarkEnd w:id="1359"/>
+    <w:bookmarkStart w:name="z1780" w:id="1360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции представляет интересы Управления в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1552"/>
-    <w:bookmarkStart w:name="z1781" w:id="1553"/>
+    <w:bookmarkEnd w:id="1360"/>
+    <w:bookmarkStart w:name="z1781" w:id="1361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) противодействует коррупции в Управлении с установлением за это персональной ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1553"/>
-    <w:bookmarkStart w:name="z1782" w:id="1554"/>
+    <w:bookmarkEnd w:id="1361"/>
+    <w:bookmarkStart w:name="z1782" w:id="1362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1554"/>
-    <w:bookmarkStart w:name="z1783" w:id="1555"/>
+    <w:bookmarkEnd w:id="1362"/>
+    <w:bookmarkStart w:name="z1783" w:id="1363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1555"/>
-    <w:bookmarkStart w:name="z1784" w:id="1556"/>
+    <w:bookmarkEnd w:id="1363"/>
+    <w:bookmarkStart w:name="z1784" w:id="1364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1556"/>
-    <w:bookmarkStart w:name="z1785" w:id="1557"/>
+    <w:bookmarkEnd w:id="1364"/>
+    <w:bookmarkStart w:name="z1785" w:id="1365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1557"/>
-    <w:bookmarkStart w:name="z1786" w:id="1558"/>
+    <w:bookmarkEnd w:id="1365"/>
+    <w:bookmarkStart w:name="z1786" w:id="1366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1558"/>
-    <w:bookmarkStart w:name="z1787" w:id="1559"/>
+    <w:bookmarkEnd w:id="1366"/>
+    <w:bookmarkStart w:name="z1787" w:id="1367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1559"/>
-    <w:bookmarkStart w:name="z1788" w:id="1560"/>
+    <w:bookmarkEnd w:id="1367"/>
+    <w:bookmarkStart w:name="z1788" w:id="1368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1560"/>
-    <w:bookmarkStart w:name="z1789" w:id="1561"/>
+    <w:bookmarkEnd w:id="1368"/>
+    <w:bookmarkStart w:name="z1789" w:id="1369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1561"/>
-    <w:bookmarkStart w:name="z1790" w:id="1562"/>
+    <w:bookmarkEnd w:id="1369"/>
+    <w:bookmarkStart w:name="z1790" w:id="1370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1562"/>
-    <w:bookmarkStart w:name="z1791" w:id="1563"/>
+    <w:bookmarkEnd w:id="1370"/>
+    <w:bookmarkStart w:name="z1791" w:id="1371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организаций, находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1563"/>
-    <w:bookmarkStart w:name="z1792" w:id="1564"/>
+    <w:bookmarkEnd w:id="1371"/>
+    <w:bookmarkStart w:name="z1792" w:id="1372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Государственное коммунальное казенное предприятие "Дворец культуры имени Ильяса Жансугурова";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1564"/>
-    <w:bookmarkStart w:name="z1793" w:id="1565"/>
+    <w:bookmarkEnd w:id="1372"/>
+    <w:bookmarkStart w:name="z1793" w:id="1373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Государственное коммунальное казенное предприятие "Филармония имени Данеша Ракишева области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1565"/>
-    <w:bookmarkStart w:name="z1794" w:id="1566"/>
+    <w:bookmarkEnd w:id="1373"/>
+    <w:bookmarkStart w:name="z1794" w:id="1374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Государственное коммунальное казенное предприятие "Талдыкорганский драматический театр имени Бикен Римовой";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1566"/>
-    <w:bookmarkStart w:name="z1795" w:id="1567"/>
+    <w:bookmarkEnd w:id="1374"/>
+    <w:bookmarkStart w:name="z1795" w:id="1375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Государственное коммунальное казенное предприятие "Галерея изобразительного искусства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1567"/>
-    <w:bookmarkStart w:name="z1796" w:id="1568"/>
+    <w:bookmarkEnd w:id="1375"/>
+    <w:bookmarkStart w:name="z1796" w:id="1376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Государственное коммунальное казенное предприятие "Центр народного творчества области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1568"/>
-    <w:bookmarkStart w:name="z1797" w:id="1569"/>
+    <w:bookmarkEnd w:id="1376"/>
+    <w:bookmarkStart w:name="z1797" w:id="1377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Государственное коммунальное казенное предприятие "Историко-краеведческий музей имени Мұхамеджан Тынышбайұлы области Жетісу"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1569"/>
-    <w:bookmarkStart w:name="z1798" w:id="1570"/>
+    <w:bookmarkEnd w:id="1377"/>
+    <w:bookmarkStart w:name="z1798" w:id="1378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Коммунальное государственное учреждение "Центральная библиотека имени Сакена Сейфуллина области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1570"/>
-    <w:bookmarkStart w:name="z1799" w:id="1571"/>
+    <w:bookmarkEnd w:id="1378"/>
+    <w:bookmarkStart w:name="z1799" w:id="1379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Коммунальное государственное учреждение "Центр по охране историко-культурного наследия области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1571"/>
-    <w:bookmarkStart w:name="z1800" w:id="1572"/>
+    <w:bookmarkEnd w:id="1379"/>
+    <w:bookmarkStart w:name="z1800" w:id="1380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Коммунальное государственное учреждение "Государственный архив области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1572"/>
+    <w:bookmarkEnd w:id="1380"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -35110,1238 +34714,1238 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 17 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1802" w:id="1573"/>
+    <w:bookmarkStart w:name="z1802" w:id="1381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление государственных закупок области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1573"/>
-    <w:bookmarkStart w:name="z1803" w:id="1574"/>
+    <w:bookmarkEnd w:id="1381"/>
+    <w:bookmarkStart w:name="z1803" w:id="1382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1574"/>
-    <w:bookmarkStart w:name="z1804" w:id="1575"/>
+    <w:bookmarkEnd w:id="1382"/>
+    <w:bookmarkStart w:name="z1804" w:id="1383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление государственных закупок области Жетісу" (далее-Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере государственных закупок в соответствии с законодательством Республики Казахстан на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1575"/>
-    <w:bookmarkStart w:name="z1805" w:id="1576"/>
+    <w:bookmarkEnd w:id="1383"/>
+    <w:bookmarkStart w:name="z1805" w:id="1384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1576"/>
-    <w:bookmarkStart w:name="z1806" w:id="1577"/>
+    <w:bookmarkEnd w:id="1384"/>
+    <w:bookmarkStart w:name="z1806" w:id="1385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1577"/>
-    <w:bookmarkStart w:name="z1807" w:id="1578"/>
+    <w:bookmarkEnd w:id="1385"/>
+    <w:bookmarkStart w:name="z1807" w:id="1386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1578"/>
-    <w:bookmarkStart w:name="z1808" w:id="1579"/>
+    <w:bookmarkEnd w:id="1386"/>
+    <w:bookmarkStart w:name="z1808" w:id="1387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1579"/>
-    <w:bookmarkStart w:name="z1809" w:id="1580"/>
+    <w:bookmarkEnd w:id="1387"/>
+    <w:bookmarkStart w:name="z1809" w:id="1388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1580"/>
-    <w:bookmarkStart w:name="z1810" w:id="1581"/>
+    <w:bookmarkEnd w:id="1388"/>
+    <w:bookmarkStart w:name="z1810" w:id="1389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1581"/>
-    <w:bookmarkStart w:name="z1811" w:id="1582"/>
+    <w:bookmarkEnd w:id="1389"/>
+    <w:bookmarkStart w:name="z1811" w:id="1390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1582"/>
-    <w:bookmarkStart w:name="z1812" w:id="1583"/>
+    <w:bookmarkEnd w:id="1390"/>
+    <w:bookmarkStart w:name="z1812" w:id="1391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, проспект Н. Назарбаева № 38.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1583"/>
-    <w:bookmarkStart w:name="z1813" w:id="1584"/>
+    <w:bookmarkEnd w:id="1391"/>
+    <w:bookmarkStart w:name="z1813" w:id="1392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1584"/>
-    <w:bookmarkStart w:name="z1814" w:id="1585"/>
+    <w:bookmarkEnd w:id="1392"/>
+    <w:bookmarkStart w:name="z1814" w:id="1393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1585"/>
-    <w:bookmarkStart w:name="z1815" w:id="1586"/>
+    <w:bookmarkEnd w:id="1393"/>
+    <w:bookmarkStart w:name="z1815" w:id="1394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1586"/>
-    <w:bookmarkStart w:name="z1816" w:id="1587"/>
+    <w:bookmarkEnd w:id="1394"/>
+    <w:bookmarkStart w:name="z1816" w:id="1395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1587"/>
-    <w:bookmarkStart w:name="z1817" w:id="1588"/>
+    <w:bookmarkEnd w:id="1395"/>
+    <w:bookmarkStart w:name="z1817" w:id="1396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1588"/>
-    <w:bookmarkStart w:name="z1818" w:id="1589"/>
+    <w:bookmarkEnd w:id="1396"/>
+    <w:bookmarkStart w:name="z1818" w:id="1397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задача:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1589"/>
-    <w:bookmarkStart w:name="z1819" w:id="1590"/>
+    <w:bookmarkEnd w:id="1397"/>
+    <w:bookmarkStart w:name="z1819" w:id="1398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах компетенции выполнение процедур организации и проведения государственных закупок в качестве единого организатора государственных закупок области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1590"/>
-    <w:bookmarkStart w:name="z1820" w:id="1591"/>
+    <w:bookmarkEnd w:id="1398"/>
+    <w:bookmarkStart w:name="z1820" w:id="1399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1591"/>
-    <w:bookmarkStart w:name="z1821" w:id="1592"/>
+    <w:bookmarkEnd w:id="1399"/>
+    <w:bookmarkStart w:name="z1821" w:id="1400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1592"/>
-    <w:bookmarkStart w:name="z1822" w:id="1593"/>
+    <w:bookmarkEnd w:id="1400"/>
+    <w:bookmarkStart w:name="z1822" w:id="1401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать от государственных органов, иных организаций, а также должностных лиц, граждан документы и сведения, необходимые для выполнения возложенных на него задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1593"/>
-    <w:bookmarkStart w:name="z1823" w:id="1594"/>
+    <w:bookmarkEnd w:id="1401"/>
+    <w:bookmarkStart w:name="z1823" w:id="1402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах своей компетенции принимать решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1594"/>
-    <w:bookmarkStart w:name="z1824" w:id="1595"/>
+    <w:bookmarkEnd w:id="1402"/>
+    <w:bookmarkStart w:name="z1824" w:id="1403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения по созданию, реорганизации и ликвидации организаций в пределах своей компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1595"/>
-    <w:bookmarkStart w:name="z1825" w:id="1596"/>
+    <w:bookmarkEnd w:id="1403"/>
+    <w:bookmarkStart w:name="z1825" w:id="1404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1596"/>
-    <w:bookmarkStart w:name="z1826" w:id="1597"/>
+    <w:bookmarkEnd w:id="1404"/>
+    <w:bookmarkStart w:name="z1826" w:id="1405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исполнять поручения вышестоящих органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1597"/>
-    <w:bookmarkStart w:name="z1827" w:id="1598"/>
+    <w:bookmarkEnd w:id="1405"/>
+    <w:bookmarkStart w:name="z1827" w:id="1406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать проекты правовых и нормативно-правовых актов акима, акимата области, входящих в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1598"/>
-    <w:bookmarkStart w:name="z1828" w:id="1599"/>
+    <w:bookmarkEnd w:id="1406"/>
+    <w:bookmarkStart w:name="z1828" w:id="1407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       привлекать к работе специалистов других исполнительных органов, финансируемых из местных бюджетов, по согласованию с их руководителями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1599"/>
-    <w:bookmarkStart w:name="z1829" w:id="1600"/>
+    <w:bookmarkEnd w:id="1407"/>
+    <w:bookmarkStart w:name="z1829" w:id="1408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах компетенции представлять интересы Управления во всех компетентных, государственных, административных органах, учреждениях, организациях, а также судебных и правоохранительных органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1600"/>
-    <w:bookmarkStart w:name="z1830" w:id="1601"/>
+    <w:bookmarkEnd w:id="1408"/>
+    <w:bookmarkStart w:name="z1830" w:id="1409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать в пределах компетенции соблюдение законов и иных нормативных правовых актов Республики Казахстан в области национальной безопасности, защиты государственных секретов, гражданской защиты, мобилизационной подготовки и мобилизации, по противодействию коррупции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1601"/>
-    <w:bookmarkStart w:name="z1831" w:id="1602"/>
+    <w:bookmarkEnd w:id="1409"/>
+    <w:bookmarkStart w:name="z1831" w:id="1410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах компетенции осуществлять иные права и обязанности, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1602"/>
-    <w:bookmarkStart w:name="z1832" w:id="1603"/>
+    <w:bookmarkEnd w:id="1410"/>
+    <w:bookmarkStart w:name="z1832" w:id="1411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1603"/>
-    <w:bookmarkStart w:name="z1833" w:id="1604"/>
+    <w:bookmarkEnd w:id="1411"/>
+    <w:bookmarkStart w:name="z1833" w:id="1412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) административно-организационные и правовые:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1604"/>
-    <w:bookmarkStart w:name="z1834" w:id="1605"/>
+    <w:bookmarkEnd w:id="1412"/>
+    <w:bookmarkStart w:name="z1834" w:id="1413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разработка и утверждение единым организатором государственных закупок проекта конкурсной документации на основании представленного заказчиком задания, содержащего документы, установленные правилами осуществления государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1605"/>
-    <w:bookmarkStart w:name="z1835" w:id="1606"/>
+    <w:bookmarkEnd w:id="1413"/>
+    <w:bookmarkStart w:name="z1835" w:id="1414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) определение и утверждение единым организатором государственных закупок состава конкурсной комиссии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1606"/>
-    <w:bookmarkStart w:name="z1836" w:id="1607"/>
+    <w:bookmarkEnd w:id="1414"/>
+    <w:bookmarkStart w:name="z1836" w:id="1415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в случае необходимости внесение единым организатором государственных закупок изменений и (или) дополнений в конкурсную документацию объявления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1607"/>
-    <w:bookmarkStart w:name="z1837" w:id="1608"/>
+    <w:bookmarkEnd w:id="1415"/>
+    <w:bookmarkStart w:name="z1837" w:id="1416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) размещение единым организатором государственных закупок на веб-портале государственных закупок объявления о проведении государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1608"/>
-    <w:bookmarkStart w:name="z1838" w:id="1609"/>
+    <w:bookmarkEnd w:id="1416"/>
+    <w:bookmarkStart w:name="z1838" w:id="1417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) направление единым организатором государственных закупок заказчику запросов и замечаний со стороны лиц, автоматически зарегистрированных на веб-портале государственных закупок, получивших конкурсную документацию к проекту договора о государственных закупках и (или) технической спецификации конкурсной документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1609"/>
-    <w:bookmarkStart w:name="z1839" w:id="1610"/>
+    <w:bookmarkEnd w:id="1417"/>
+    <w:bookmarkStart w:name="z1839" w:id="1418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) определение победителя государственных закупок способом конкурса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1610"/>
-    <w:bookmarkStart w:name="z1840" w:id="1611"/>
+    <w:bookmarkEnd w:id="1418"/>
+    <w:bookmarkStart w:name="z1840" w:id="1419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) проведение анализа, мониторинга запланированных и проведенных государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1611"/>
-    <w:bookmarkStart w:name="z1841" w:id="1612"/>
+    <w:bookmarkEnd w:id="1419"/>
+    <w:bookmarkStart w:name="z1841" w:id="1420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) рассмотрение жалоб потенциальных поставщиков, поступивших посредством веб-портала на протокол об итогах государственных закупок способом конкурса, аукциона; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1612"/>
-    <w:bookmarkStart w:name="z1842" w:id="1613"/>
+    <w:bookmarkEnd w:id="1420"/>
+    <w:bookmarkStart w:name="z1842" w:id="1421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) принятие решения об удовлетворении либо отказе в удовлетворении жалобы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1613"/>
-    <w:bookmarkStart w:name="z1843" w:id="1614"/>
+    <w:bookmarkEnd w:id="1421"/>
+    <w:bookmarkStart w:name="z1843" w:id="1422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществление иных функции, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1614"/>
-    <w:bookmarkStart w:name="z1844" w:id="1615"/>
+    <w:bookmarkEnd w:id="1422"/>
+    <w:bookmarkStart w:name="z1844" w:id="1423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1615"/>
-    <w:bookmarkStart w:name="z1845" w:id="1616"/>
+    <w:bookmarkEnd w:id="1423"/>
+    <w:bookmarkStart w:name="z1845" w:id="1424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1616"/>
-    <w:bookmarkStart w:name="z1846" w:id="1617"/>
+    <w:bookmarkEnd w:id="1424"/>
+    <w:bookmarkStart w:name="z1846" w:id="1425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1617"/>
-    <w:bookmarkStart w:name="z1847" w:id="1618"/>
+    <w:bookmarkEnd w:id="1425"/>
+    <w:bookmarkStart w:name="z1847" w:id="1426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Первый руководитель Управления не имеет заместителей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1618"/>
-    <w:bookmarkStart w:name="z1848" w:id="1619"/>
+    <w:bookmarkEnd w:id="1426"/>
+    <w:bookmarkStart w:name="z1848" w:id="1427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1619"/>
-    <w:bookmarkStart w:name="z1849" w:id="1620"/>
+    <w:bookmarkEnd w:id="1427"/>
+    <w:bookmarkStart w:name="z1849" w:id="1428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) назначает на должность и освобождает от должности сотрудников Управления в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1620"/>
-    <w:bookmarkStart w:name="z1850" w:id="1621"/>
+    <w:bookmarkEnd w:id="1428"/>
+    <w:bookmarkStart w:name="z1850" w:id="1429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поощряет и налагает дисциплинарные взыскания на работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1621"/>
-    <w:bookmarkStart w:name="z1851" w:id="1622"/>
+    <w:bookmarkEnd w:id="1429"/>
+    <w:bookmarkStart w:name="z1851" w:id="1430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в пределах своей компетенции издает приказы, инструкции, обязательные для исполнения работниками Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1622"/>
-    <w:bookmarkStart w:name="z1852" w:id="1623"/>
+    <w:bookmarkEnd w:id="1430"/>
+    <w:bookmarkStart w:name="z1852" w:id="1431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в пределах своей компетенции представляет интересы Управления в государственных органах и организациях в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1623"/>
-    <w:bookmarkStart w:name="z1853" w:id="1624"/>
+    <w:bookmarkEnd w:id="1431"/>
+    <w:bookmarkStart w:name="z1853" w:id="1432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) принимает решения по другим вопросам, отнесенным к его компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1624"/>
-    <w:bookmarkStart w:name="z1854" w:id="1625"/>
+    <w:bookmarkEnd w:id="1432"/>
+    <w:bookmarkStart w:name="z1854" w:id="1433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1625"/>
-    <w:bookmarkStart w:name="z1855" w:id="1626"/>
+    <w:bookmarkEnd w:id="1433"/>
+    <w:bookmarkStart w:name="z1855" w:id="1434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1626"/>
-    <w:bookmarkStart w:name="z1856" w:id="1627"/>
+    <w:bookmarkEnd w:id="1434"/>
+    <w:bookmarkStart w:name="z1856" w:id="1435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1627"/>
-    <w:bookmarkStart w:name="z1857" w:id="1628"/>
+    <w:bookmarkEnd w:id="1435"/>
+    <w:bookmarkStart w:name="z1857" w:id="1436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1628"/>
-    <w:bookmarkStart w:name="z1858" w:id="1629"/>
+    <w:bookmarkEnd w:id="1436"/>
+    <w:bookmarkStart w:name="z1858" w:id="1437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1629"/>
-    <w:bookmarkStart w:name="z1859" w:id="1630"/>
+    <w:bookmarkEnd w:id="1437"/>
+    <w:bookmarkStart w:name="z1859" w:id="1438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1630"/>
-    <w:bookmarkStart w:name="z1860" w:id="1631"/>
+    <w:bookmarkEnd w:id="1438"/>
+    <w:bookmarkStart w:name="z1860" w:id="1439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1631"/>
-    <w:bookmarkStart w:name="z1861" w:id="1632"/>
+    <w:bookmarkEnd w:id="1439"/>
+    <w:bookmarkStart w:name="z1861" w:id="1440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1632"/>
+    <w:bookmarkEnd w:id="1440"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -36381,2138 +35985,2138 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 18 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1863" w:id="1633"/>
+    <w:bookmarkStart w:name="z1863" w:id="1441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление государственного архитектурно-строительного контроля области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1633"/>
-    <w:bookmarkStart w:name="z1864" w:id="1634"/>
+    <w:bookmarkEnd w:id="1441"/>
+    <w:bookmarkStart w:name="z1864" w:id="1442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1634"/>
-    <w:bookmarkStart w:name="z1865" w:id="1635"/>
+    <w:bookmarkEnd w:id="1442"/>
+    <w:bookmarkStart w:name="z1865" w:id="1443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Государственное учреждение "Управление государственного архитектурно-строительного контроля области Жетісу" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере государственного архитектурно-строительного контроля и надзора, лицензирования, аттестации и аккредитации на территории области Жетісу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1635"/>
-    <w:bookmarkStart w:name="z1866" w:id="1636"/>
+    <w:bookmarkEnd w:id="1443"/>
+    <w:bookmarkStart w:name="z1866" w:id="1444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Управление не имеет ведомств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1636"/>
-    <w:bookmarkStart w:name="z1867" w:id="1637"/>
+    <w:bookmarkEnd w:id="1444"/>
+    <w:bookmarkStart w:name="z1867" w:id="1445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3 Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1637"/>
-    <w:bookmarkStart w:name="z1868" w:id="1638"/>
+    <w:bookmarkEnd w:id="1445"/>
+    <w:bookmarkStart w:name="z1868" w:id="1446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1638"/>
-    <w:bookmarkStart w:name="z1869" w:id="1639"/>
+    <w:bookmarkEnd w:id="1446"/>
+    <w:bookmarkStart w:name="z1869" w:id="1447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Управление вступает в гражданско-правовые отношения от собственного имени. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1639"/>
-    <w:bookmarkStart w:name="z1870" w:id="1640"/>
+    <w:bookmarkEnd w:id="1447"/>
+    <w:bookmarkStart w:name="z1870" w:id="1448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1640"/>
-    <w:bookmarkStart w:name="z1871" w:id="1641"/>
+    <w:bookmarkEnd w:id="1448"/>
+    <w:bookmarkStart w:name="z1871" w:id="1449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1641"/>
-    <w:bookmarkStart w:name="z1872" w:id="1642"/>
+    <w:bookmarkEnd w:id="1449"/>
+    <w:bookmarkStart w:name="z1872" w:id="1450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1642"/>
-    <w:bookmarkStart w:name="z1873" w:id="1643"/>
+    <w:bookmarkEnd w:id="1450"/>
+    <w:bookmarkStart w:name="z1873" w:id="1451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Шевченко, №131. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1643"/>
-    <w:bookmarkStart w:name="z1874" w:id="1644"/>
+    <w:bookmarkEnd w:id="1451"/>
+    <w:bookmarkStart w:name="z1874" w:id="1452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее положение является учредительным документом Управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1644"/>
-    <w:bookmarkStart w:name="z1875" w:id="1645"/>
+    <w:bookmarkEnd w:id="1452"/>
+    <w:bookmarkStart w:name="z1875" w:id="1453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1645"/>
-    <w:bookmarkStart w:name="z1876" w:id="1646"/>
+    <w:bookmarkEnd w:id="1453"/>
+    <w:bookmarkStart w:name="z1876" w:id="1454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1646"/>
-    <w:bookmarkStart w:name="z1877" w:id="1647"/>
+    <w:bookmarkEnd w:id="1454"/>
+    <w:bookmarkStart w:name="z1877" w:id="1455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1647"/>
-    <w:bookmarkStart w:name="z1878" w:id="1648"/>
+    <w:bookmarkEnd w:id="1455"/>
+    <w:bookmarkStart w:name="z1878" w:id="1456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1648"/>
-    <w:bookmarkStart w:name="z1879" w:id="1649"/>
+    <w:bookmarkEnd w:id="1456"/>
+    <w:bookmarkStart w:name="z1879" w:id="1457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Задачи: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1649"/>
-    <w:bookmarkStart w:name="z1880" w:id="1650"/>
+    <w:bookmarkEnd w:id="1457"/>
+    <w:bookmarkStart w:name="z1880" w:id="1458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведение государственной архитектурной, градостроительной и строительной политики на подведомственной территории;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1650"/>
-    <w:bookmarkStart w:name="z1881" w:id="1651"/>
+    <w:bookmarkEnd w:id="1458"/>
+    <w:bookmarkStart w:name="z1881" w:id="1459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ведение мониторинга строящихся (намечаемых к строительству) объектов и комплексов в порядке, установленном Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1651"/>
-    <w:bookmarkStart w:name="z1882" w:id="1652"/>
+    <w:bookmarkEnd w:id="1459"/>
+    <w:bookmarkStart w:name="z1882" w:id="1460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) совершенствование системы государственного управления в сфере государственной архитектурной, градостроительной и строительной деятельности, дальнейшее развитие и подготовка предложений по совершенствованию законодательных актов Республики Казахстан, регулирующих вопросы архитектурно-градостроительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1652"/>
-    <w:bookmarkStart w:name="z1883" w:id="1653"/>
+    <w:bookmarkEnd w:id="1460"/>
+    <w:bookmarkStart w:name="z1883" w:id="1461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в пределах своей компетенции обеспечение выполнения требований законодательства Республики Казахстан об архитектурной, градостроительной и строительной деятельности на территории области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1653"/>
-    <w:bookmarkStart w:name="z1884" w:id="1654"/>
+    <w:bookmarkEnd w:id="1461"/>
+    <w:bookmarkStart w:name="z1884" w:id="1462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) реализация государственной политики в области архитектуры, градостроительства, строительства, развития производственной базы строительной индустрии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1654"/>
-    <w:bookmarkStart w:name="z1885" w:id="1655"/>
+    <w:bookmarkEnd w:id="1462"/>
+    <w:bookmarkStart w:name="z1885" w:id="1463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление лицензирования в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1655"/>
-    <w:bookmarkStart w:name="z1886" w:id="1656"/>
+    <w:bookmarkEnd w:id="1463"/>
+    <w:bookmarkStart w:name="z1886" w:id="1464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) аттестация экспертов на право осуществления экспертных работ и инжиниринговых услуг в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1656"/>
-    <w:bookmarkStart w:name="z1887" w:id="1657"/>
+    <w:bookmarkEnd w:id="1464"/>
+    <w:bookmarkStart w:name="z1887" w:id="1465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) аккредитация организаций по управлению проектами в области архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1657"/>
-    <w:bookmarkStart w:name="z1888" w:id="1658"/>
+    <w:bookmarkEnd w:id="1465"/>
+    <w:bookmarkStart w:name="z1888" w:id="1466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) принятие решений о применении к нарушителям предусмотренных законодательных мер в связи с допущенными нарушениями и отклонениями от норм законодательства, государственных нормативных требований, условий и ограничений, установленных в сфере архитектурной, градостроительной и строительной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1658"/>
-    <w:bookmarkStart w:name="z1889" w:id="1659"/>
+    <w:bookmarkEnd w:id="1466"/>
+    <w:bookmarkStart w:name="z1889" w:id="1467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1659"/>
-    <w:bookmarkStart w:name="z1890" w:id="1660"/>
+    <w:bookmarkEnd w:id="1467"/>
+    <w:bookmarkStart w:name="z1890" w:id="1468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1660"/>
-    <w:bookmarkStart w:name="z1891" w:id="1661"/>
+    <w:bookmarkEnd w:id="1468"/>
+    <w:bookmarkStart w:name="z1891" w:id="1469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать от государственных органов, иных организаций, а также должностных лиц, граждан документы и сведения, необходимые для выполнения возложенных на него задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1661"/>
-    <w:bookmarkStart w:name="z1892" w:id="1662"/>
+    <w:bookmarkEnd w:id="1469"/>
+    <w:bookmarkStart w:name="z1892" w:id="1470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать у физических и юридических лиц, осуществляющих технический и авторский надзоры, и получать от них для ознакомления необходимую проектную и исполнительную техническую документацию по данной стройке, а также заключения экспертизы соответствующих проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1662"/>
-    <w:bookmarkStart w:name="z1893" w:id="1663"/>
+    <w:bookmarkEnd w:id="1470"/>
+    <w:bookmarkStart w:name="z1893" w:id="1471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить в установленном порядке проекты постановлений акимата, решений и распоряжений акима, и решений маслихата по вопросам, входящим в компетенцию Управление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1663"/>
-    <w:bookmarkStart w:name="z1894" w:id="1664"/>
+    <w:bookmarkEnd w:id="1471"/>
+    <w:bookmarkStart w:name="z1894" w:id="1472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       привлекать независимые лаборатории для проведения лабораторных испытаний конструкций строящихся объектов и применяемых строительных материалов, изделий и конструкций на соответствие требованиям проекта и государственным (межгосударственным) нормативам, и специалистов других исполнительных органов, финансируемых из местных бюджетов, по согласованию с их руководителями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1664"/>
-    <w:bookmarkStart w:name="z1895" w:id="1665"/>
+    <w:bookmarkEnd w:id="1472"/>
+    <w:bookmarkStart w:name="z1895" w:id="1473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при выявлении допущенных нарушений государственных нормативов и (или) отклонений от утвержденных проектов (проектных решений) выносить предписания об устранении заказчиком (застройщиком) и (или) подрядной строительно-монтажной организацией (предприятием) допущенных нарушений в установленные сроки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1665"/>
-    <w:bookmarkStart w:name="z1896" w:id="1666"/>
+    <w:bookmarkEnd w:id="1473"/>
+    <w:bookmarkStart w:name="z1896" w:id="1474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрещение применения строительных материалов и изделий, конструкций, оборудования, не соответствующих государственным стандартам и техническим условиям, законодательству в области архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1666"/>
-    <w:bookmarkStart w:name="z1897" w:id="1667"/>
+    <w:bookmarkEnd w:id="1474"/>
+    <w:bookmarkStart w:name="z1897" w:id="1475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принятие решений о приостановлении строительно-монтажных работ при нарушении государственных нормативов и (или) отклонениях от утвержденной проектной документации (проектных решений) и (или) законодательства в области архитектурной, градостроительной и строительной деятельности путем выдачи предписаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1667"/>
-    <w:bookmarkStart w:name="z1898" w:id="1668"/>
+    <w:bookmarkEnd w:id="1475"/>
+    <w:bookmarkStart w:name="z1898" w:id="1476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обращаться в судебные органы в защиту интересов государства в части соблюдения норм действующего законодательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1668"/>
-    <w:bookmarkStart w:name="z1899" w:id="1669"/>
+    <w:bookmarkEnd w:id="1476"/>
+    <w:bookmarkStart w:name="z1899" w:id="1477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять претензионно-исковую деятельность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1669"/>
-    <w:bookmarkStart w:name="z1900" w:id="1670"/>
+    <w:bookmarkEnd w:id="1477"/>
+    <w:bookmarkStart w:name="z1900" w:id="1478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1670"/>
-    <w:bookmarkStart w:name="z1901" w:id="1671"/>
+    <w:bookmarkEnd w:id="1478"/>
+    <w:bookmarkStart w:name="z1901" w:id="1479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мониторинг строящихся (реконструируемых, расширяемых, модернизируемых, капитально ремонтируемых) и введенных в эксплуатацию объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1671"/>
-    <w:bookmarkStart w:name="z1902" w:id="1672"/>
+    <w:bookmarkEnd w:id="1479"/>
+    <w:bookmarkStart w:name="z1902" w:id="1480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принятие установленных законодательством мер по отношению к юридическим и должностным лицам, допустившим неустраняемые нарушения либо не устранившим допущенные нарушения в установленные нормативные сроки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1672"/>
-    <w:bookmarkStart w:name="z1903" w:id="1673"/>
+    <w:bookmarkEnd w:id="1480"/>
+    <w:bookmarkStart w:name="z1903" w:id="1481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществление контроля за деятельностью технического и авторского надзоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1673"/>
-    <w:bookmarkStart w:name="z1904" w:id="1674"/>
+    <w:bookmarkEnd w:id="1481"/>
+    <w:bookmarkStart w:name="z1904" w:id="1482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществление контроля за организацией и осуществлением заказчиком (собственником) технического и авторского надзоров при строительстве объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1674"/>
-    <w:bookmarkStart w:name="z1905" w:id="1675"/>
+    <w:bookmarkEnd w:id="1482"/>
+    <w:bookmarkStart w:name="z1905" w:id="1483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществление государственного архитектурно-строительного контроля и надзора за качеством строительства объектов, применение установленных законодательством Республики Казахстан административных мер воздействия к нарушителям архитектурно-градостроительной дисциплины на этих объектах; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1675"/>
-    <w:bookmarkStart w:name="z1906" w:id="1676"/>
+    <w:bookmarkEnd w:id="1483"/>
+    <w:bookmarkStart w:name="z1906" w:id="1484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществление лицензирования деятельности в сфере архитектуры, градостроительства и строительства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1676"/>
-    <w:bookmarkStart w:name="z1907" w:id="1677"/>
+    <w:bookmarkEnd w:id="1484"/>
+    <w:bookmarkStart w:name="z1907" w:id="1485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аттестация экспертов на право осуществления экспертных работ и инжиниринговых услуг в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1677"/>
-    <w:bookmarkStart w:name="z1908" w:id="1678"/>
+    <w:bookmarkEnd w:id="1485"/>
+    <w:bookmarkStart w:name="z1908" w:id="1486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аккредитация организаций по управлению проектами в области архитектуры, градостроительства и строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1678"/>
-    <w:bookmarkStart w:name="z1909" w:id="1679"/>
+    <w:bookmarkEnd w:id="1486"/>
+    <w:bookmarkStart w:name="z1909" w:id="1487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1679"/>
-    <w:bookmarkStart w:name="z1910" w:id="1680"/>
+    <w:bookmarkEnd w:id="1487"/>
+    <w:bookmarkStart w:name="z1910" w:id="1488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) установление соответствия заявителя квалификационным требованиям при выдаче лицензии и приложения к лицензии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1680"/>
-    <w:bookmarkStart w:name="z1911" w:id="1681"/>
+    <w:bookmarkEnd w:id="1488"/>
+    <w:bookmarkStart w:name="z1911" w:id="1489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) принятие соответствующих мер к нарушителям норм лицензирования по результатам внеплановых проверок; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1681"/>
-    <w:bookmarkStart w:name="z1912" w:id="1682"/>
+    <w:bookmarkEnd w:id="1489"/>
+    <w:bookmarkStart w:name="z1912" w:id="1490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ведение реестра заявителей на получение лицензии и лицензиатов в сфере архитектуры, градостроительства и строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1682"/>
-    <w:bookmarkStart w:name="z1913" w:id="1683"/>
+    <w:bookmarkEnd w:id="1490"/>
+    <w:bookmarkStart w:name="z1913" w:id="1491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) ведение организационных мероприятий по аттестации экспертов, оказывающих экспертные работы и инжиниринговые услуги (электронное тестирование); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1683"/>
-    <w:bookmarkStart w:name="z1914" w:id="1684"/>
+    <w:bookmarkEnd w:id="1491"/>
+    <w:bookmarkStart w:name="z1914" w:id="1492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществление аттестации экспертов в сфере архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1684"/>
-    <w:bookmarkStart w:name="z1915" w:id="1685"/>
+    <w:bookmarkEnd w:id="1492"/>
+    <w:bookmarkStart w:name="z1915" w:id="1493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ведение реестра заявителей на получение аттестатов эксперта и экспертов, оказывающих экспертные работы и инжиниринговые услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1685"/>
-    <w:bookmarkStart w:name="z1916" w:id="1686"/>
+    <w:bookmarkEnd w:id="1493"/>
+    <w:bookmarkStart w:name="z1916" w:id="1494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществление аккредитации организаций по управлению проектами в области архитектуры, градостроительства и строительства, и ведение их организационных мероприятий и реестра заявителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1686"/>
-    <w:bookmarkStart w:name="z1917" w:id="1687"/>
+    <w:bookmarkEnd w:id="1494"/>
+    <w:bookmarkStart w:name="z1917" w:id="1495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) соблюдение норм антикоррупционного законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1687"/>
-    <w:bookmarkStart w:name="z1918" w:id="1688"/>
+    <w:bookmarkEnd w:id="1495"/>
+    <w:bookmarkStart w:name="z1918" w:id="1496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) рассмотрение обращений физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1688"/>
-    <w:bookmarkStart w:name="z1919" w:id="1689"/>
+    <w:bookmarkEnd w:id="1496"/>
+    <w:bookmarkStart w:name="z1919" w:id="1497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) организация приема граждан и представителей юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1689"/>
-    <w:bookmarkStart w:name="z1920" w:id="1690"/>
+    <w:bookmarkEnd w:id="1497"/>
+    <w:bookmarkStart w:name="z1920" w:id="1498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сохранение и укрепление доверия общества к государственной службе, государству и его институтам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1690"/>
-    <w:bookmarkStart w:name="z1921" w:id="1691"/>
+    <w:bookmarkEnd w:id="1498"/>
+    <w:bookmarkStart w:name="z1921" w:id="1499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) подготовка предложений по совершенствованию законодательных актов Республики Казахстан, регулирующих вопросы архитектурно-строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1691"/>
-    <w:bookmarkStart w:name="z1922" w:id="1692"/>
+    <w:bookmarkEnd w:id="1499"/>
+    <w:bookmarkStart w:name="z1922" w:id="1500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) осуществление всех видов проверок на предмет соблюдения требований законодательства Республики Казахстан в сфере архитектурной, градостроительной и строительной деятельности предусмотренных Предпринимательским кодексом Республики Казахстан, а также по установлению достоверности данных, указанных в уведомлении о начале производства строительно-монтажных работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1692"/>
-    <w:bookmarkStart w:name="z1923" w:id="1693"/>
+    <w:bookmarkEnd w:id="1500"/>
+    <w:bookmarkStart w:name="z1923" w:id="1501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществляет государственного архитектурно-строительного контроля и надзора за:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1693"/>
-    <w:bookmarkStart w:name="z1924" w:id="1694"/>
+    <w:bookmarkEnd w:id="1501"/>
+    <w:bookmarkStart w:name="z1924" w:id="1502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - наличием соответствующего права на земельный участок, утвержденной проектной (проектно-сметной) документации, положительного заключения экспертизы проектов, а также уведомлением о начале производства строительно-монтажных работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1694"/>
-    <w:bookmarkStart w:name="z1925" w:id="1695"/>
+    <w:bookmarkEnd w:id="1502"/>
+    <w:bookmarkStart w:name="z1925" w:id="1503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - достоверностью данных, указанных в уведомлении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1695"/>
-    <w:bookmarkStart w:name="z1926" w:id="1696"/>
+    <w:bookmarkEnd w:id="1503"/>
+    <w:bookmarkStart w:name="z1926" w:id="1504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - наличием лицензии на право осуществления соответствующих видов лицензируемой архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1696"/>
-    <w:bookmarkStart w:name="z1927" w:id="1697"/>
+    <w:bookmarkEnd w:id="1504"/>
+    <w:bookmarkStart w:name="z1927" w:id="1505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - соответствием выполненных (выполняемых) строительно-монтажных работ, применяемых строительных материалов, изделий, конструкций и оборудования утвержденным проектным решениям и государственным (межгосударственным) нормативам, в том числе по обеспечению прочности, устойчивости, надежности несущих и ограждающих конструкций и эксплуатационных качеств зданий (сооружений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1697"/>
-    <w:bookmarkStart w:name="z1928" w:id="1698"/>
+    <w:bookmarkEnd w:id="1505"/>
+    <w:bookmarkStart w:name="z1928" w:id="1506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - организацией и осуществлением подрядчиком (генподрядчиком) всех видов и форм собственного производственного контроля и надзора качества строительства (входного, операционного, приемочного, лабораторного, геодезического и других);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1698"/>
-    <w:bookmarkStart w:name="z1929" w:id="1699"/>
+    <w:bookmarkEnd w:id="1506"/>
+    <w:bookmarkStart w:name="z1929" w:id="1507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - своевременностью и правильностью оформления исполнительной документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1699"/>
-    <w:bookmarkStart w:name="z1930" w:id="1700"/>
+    <w:bookmarkEnd w:id="1507"/>
+    <w:bookmarkStart w:name="z1930" w:id="1508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - организацией и осуществлением заказчиком (собственником) технического и авторского надзоров при строительстве объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1700"/>
-    <w:bookmarkStart w:name="z1931" w:id="1701"/>
+    <w:bookmarkEnd w:id="1508"/>
+    <w:bookmarkStart w:name="z1931" w:id="1509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - соблюдением лицами, осуществляющими технический и авторский надзоры, требований, установленных законодательством Республики Казахстан об архитектурной, градостроительной и строительной деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1701"/>
-    <w:bookmarkStart w:name="z1932" w:id="1702"/>
+    <w:bookmarkEnd w:id="1509"/>
+    <w:bookmarkStart w:name="z1932" w:id="1510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) при выявлении допущенных нарушений государственных нормативов и (или) отклонений от утвержденных проектов (проектных решений) принимает решение (выдает предписание):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1702"/>
-    <w:bookmarkStart w:name="z1933" w:id="1703"/>
+    <w:bookmarkEnd w:id="1510"/>
+    <w:bookmarkStart w:name="z1933" w:id="1511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - о запрещении применения строительных материалов, изделий, конструкций и оборудования, не соответствующих национальным стандартам и техническим условиям; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1703"/>
-    <w:bookmarkStart w:name="z1934" w:id="1704"/>
+    <w:bookmarkEnd w:id="1511"/>
+    <w:bookmarkStart w:name="z1934" w:id="1512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - об устранении заказчиком (застройщиком) и (или) подрядной строительно-монтажной организацией (предприятием) допущенных нарушений в установленные сроки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1704"/>
-    <w:bookmarkStart w:name="z1935" w:id="1705"/>
+    <w:bookmarkEnd w:id="1512"/>
+    <w:bookmarkStart w:name="z1935" w:id="1513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - о приостановлении строительно-монтажных работ; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1705"/>
-    <w:bookmarkStart w:name="z1936" w:id="1706"/>
+    <w:bookmarkEnd w:id="1513"/>
+    <w:bookmarkStart w:name="z1936" w:id="1514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) при выявлении незаконных переоборудования и перепланировки жилых и нежилых помещений принимает решение (выдают предписание): </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1706"/>
-    <w:bookmarkStart w:name="z1937" w:id="1707"/>
+    <w:bookmarkEnd w:id="1514"/>
+    <w:bookmarkStart w:name="z1937" w:id="1515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - об устранении заказчиком допущенных нарушений в установленные сроки; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1707"/>
-    <w:bookmarkStart w:name="z1938" w:id="1708"/>
+    <w:bookmarkEnd w:id="1515"/>
+    <w:bookmarkStart w:name="z1938" w:id="1516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - о приостановлении строительно-монтажных работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1708"/>
-    <w:bookmarkStart w:name="z1939" w:id="1709"/>
+    <w:bookmarkEnd w:id="1516"/>
+    <w:bookmarkStart w:name="z1939" w:id="1517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) проводить профилактический контроль и надзор с посещением субъекта (объекта) контроля и надзора с учетом приоритетности, установленной в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1709"/>
-    <w:bookmarkStart w:name="z1940" w:id="1710"/>
+    <w:bookmarkEnd w:id="1517"/>
+    <w:bookmarkStart w:name="z1940" w:id="1518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - промышленные объекты, производственные здания, сооружения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1710"/>
-    <w:bookmarkStart w:name="z1941" w:id="1711"/>
+    <w:bookmarkEnd w:id="1518"/>
+    <w:bookmarkStart w:name="z1941" w:id="1519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - административные здания государственных органов, здания музеев республиканского значения, государственных архивов, хранилищ национальных и культурных ценностей и объекты жизнеобеспечения городов и населенных пунктов, требующие специальных устройств искусственного микроклимата и (или) специальных охранных или антитеррористических мероприятий; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1711"/>
-    <w:bookmarkStart w:name="z1942" w:id="1712"/>
+    <w:bookmarkEnd w:id="1519"/>
+    <w:bookmarkStart w:name="z1942" w:id="1520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - социально значимые объекты (организации образования, здравоохранения, культуры и другие); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1712"/>
-    <w:bookmarkStart w:name="z1943" w:id="1713"/>
+    <w:bookmarkEnd w:id="1520"/>
+    <w:bookmarkStart w:name="z1943" w:id="1521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - объекты жилищно-гражданского назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1713"/>
-    <w:bookmarkStart w:name="z1944" w:id="1714"/>
+    <w:bookmarkEnd w:id="1521"/>
+    <w:bookmarkStart w:name="z1944" w:id="1522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - объекты транспортной инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1714"/>
-    <w:bookmarkStart w:name="z1945" w:id="1715"/>
+    <w:bookmarkEnd w:id="1522"/>
+    <w:bookmarkStart w:name="z1945" w:id="1523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - объекты водоснабжения и водоотведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1715"/>
-    <w:bookmarkStart w:name="z1946" w:id="1716"/>
+    <w:bookmarkEnd w:id="1523"/>
+    <w:bookmarkStart w:name="z1946" w:id="1524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - прочие здания и сооружения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1716"/>
-    <w:bookmarkStart w:name="z1947" w:id="1717"/>
+    <w:bookmarkEnd w:id="1524"/>
+    <w:bookmarkStart w:name="z1947" w:id="1525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) осуществление иных функций, возлагаемых на местные исполнительные органы законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1717"/>
-    <w:bookmarkStart w:name="z1948" w:id="1718"/>
+    <w:bookmarkEnd w:id="1525"/>
+    <w:bookmarkStart w:name="z1948" w:id="1526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1718"/>
-    <w:bookmarkStart w:name="z1949" w:id="1719"/>
+    <w:bookmarkEnd w:id="1526"/>
+    <w:bookmarkStart w:name="z1949" w:id="1527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1719"/>
-    <w:bookmarkStart w:name="z1950" w:id="1720"/>
+    <w:bookmarkEnd w:id="1527"/>
+    <w:bookmarkStart w:name="z1950" w:id="1528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1720"/>
-    <w:bookmarkStart w:name="z1951" w:id="1721"/>
+    <w:bookmarkEnd w:id="1528"/>
+    <w:bookmarkStart w:name="z1951" w:id="1529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Первый руководитель Управления не имеет заместителей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1721"/>
-    <w:bookmarkStart w:name="z1952" w:id="1722"/>
+    <w:bookmarkEnd w:id="1529"/>
+    <w:bookmarkStart w:name="z1952" w:id="1530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Полномочия первого руководителя Управления: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1722"/>
-    <w:bookmarkStart w:name="z1953" w:id="1723"/>
+    <w:bookmarkEnd w:id="1530"/>
+    <w:bookmarkStart w:name="z1953" w:id="1531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции определят обязанности и полномочия сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1723"/>
-    <w:bookmarkStart w:name="z1954" w:id="1724"/>
+    <w:bookmarkEnd w:id="1531"/>
+    <w:bookmarkStart w:name="z1954" w:id="1532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в соответствии с действующим законодательством назначает и освобождает от должности сотрудников Управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1724"/>
-    <w:bookmarkStart w:name="z1955" w:id="1725"/>
+    <w:bookmarkEnd w:id="1532"/>
+    <w:bookmarkStart w:name="z1955" w:id="1533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1725"/>
-    <w:bookmarkStart w:name="z1956" w:id="1726"/>
+    <w:bookmarkEnd w:id="1533"/>
+    <w:bookmarkStart w:name="z1956" w:id="1534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в пределах своей компетенции издает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1726"/>
-    <w:bookmarkStart w:name="z1957" w:id="1727"/>
+    <w:bookmarkEnd w:id="1534"/>
+    <w:bookmarkStart w:name="z1957" w:id="1535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции представляет интересы Управления в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1727"/>
-    <w:bookmarkStart w:name="z1958" w:id="1728"/>
+    <w:bookmarkEnd w:id="1535"/>
+    <w:bookmarkStart w:name="z1958" w:id="1536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) противодействует коррупции в Управлении с установлением за это персональной ответственности и несет персональную ответственность за непринятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1728"/>
-    <w:bookmarkStart w:name="z1959" w:id="1729"/>
+    <w:bookmarkEnd w:id="1536"/>
+    <w:bookmarkStart w:name="z1959" w:id="1537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1729"/>
-    <w:bookmarkStart w:name="z1960" w:id="1730"/>
+    <w:bookmarkEnd w:id="1537"/>
+    <w:bookmarkStart w:name="z1960" w:id="1538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1730"/>
-    <w:bookmarkStart w:name="z1961" w:id="1731"/>
+    <w:bookmarkEnd w:id="1538"/>
+    <w:bookmarkStart w:name="z1961" w:id="1539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1731"/>
-    <w:bookmarkStart w:name="z1962" w:id="1732"/>
+    <w:bookmarkEnd w:id="1539"/>
+    <w:bookmarkStart w:name="z1962" w:id="1540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1732"/>
-    <w:bookmarkStart w:name="z1963" w:id="1733"/>
+    <w:bookmarkEnd w:id="1540"/>
+    <w:bookmarkStart w:name="z1963" w:id="1541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1733"/>
-    <w:bookmarkStart w:name="z1964" w:id="1734"/>
+    <w:bookmarkEnd w:id="1541"/>
+    <w:bookmarkStart w:name="z1964" w:id="1542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1734"/>
-    <w:bookmarkStart w:name="z1965" w:id="1735"/>
+    <w:bookmarkEnd w:id="1542"/>
+    <w:bookmarkStart w:name="z1965" w:id="1543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1735"/>
-    <w:bookmarkStart w:name="z1966" w:id="1736"/>
+    <w:bookmarkEnd w:id="1543"/>
+    <w:bookmarkStart w:name="z1966" w:id="1544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1736"/>
-    <w:bookmarkStart w:name="z1967" w:id="1737"/>
+    <w:bookmarkEnd w:id="1544"/>
+    <w:bookmarkStart w:name="z1967" w:id="1545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1737"/>
+    <w:bookmarkEnd w:id="1545"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -38617,1858 +38221,1858 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1970" w:id="1738"/>
+    <w:bookmarkStart w:name="z1970" w:id="1546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление архитектуры и градостроительства области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1738"/>
-    <w:bookmarkStart w:name="z1971" w:id="1739"/>
+    <w:bookmarkEnd w:id="1546"/>
+    <w:bookmarkStart w:name="z1971" w:id="1547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1739"/>
-    <w:bookmarkStart w:name="z1972" w:id="1740"/>
+    <w:bookmarkEnd w:id="1547"/>
+    <w:bookmarkStart w:name="z1972" w:id="1548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление архитектуры и градостроительства области Жетісу" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сферах архитектуры и градостроительства на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1740"/>
-    <w:bookmarkStart w:name="z1973" w:id="1741"/>
+    <w:bookmarkEnd w:id="1548"/>
+    <w:bookmarkStart w:name="z1973" w:id="1549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1741"/>
-    <w:bookmarkStart w:name="z1974" w:id="1742"/>
+    <w:bookmarkEnd w:id="1549"/>
+    <w:bookmarkStart w:name="z1974" w:id="1550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1742"/>
-    <w:bookmarkStart w:name="z1975" w:id="1743"/>
+    <w:bookmarkEnd w:id="1550"/>
+    <w:bookmarkStart w:name="z1975" w:id="1551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1743"/>
-    <w:bookmarkStart w:name="z1976" w:id="1744"/>
+    <w:bookmarkEnd w:id="1551"/>
+    <w:bookmarkStart w:name="z1976" w:id="1552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1744"/>
-    <w:bookmarkStart w:name="z1977" w:id="1745"/>
+    <w:bookmarkEnd w:id="1552"/>
+    <w:bookmarkStart w:name="z1977" w:id="1553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1745"/>
-    <w:bookmarkStart w:name="z1978" w:id="1746"/>
+    <w:bookmarkEnd w:id="1553"/>
+    <w:bookmarkStart w:name="z1978" w:id="1554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1746"/>
-    <w:bookmarkStart w:name="z1979" w:id="1747"/>
+    <w:bookmarkEnd w:id="1554"/>
+    <w:bookmarkStart w:name="z1979" w:id="1555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1747"/>
-    <w:bookmarkStart w:name="z1980" w:id="1748"/>
+    <w:bookmarkEnd w:id="1555"/>
+    <w:bookmarkStart w:name="z1980" w:id="1556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, ул. Шевченко, № 131.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1748"/>
-    <w:bookmarkStart w:name="z1981" w:id="1749"/>
+    <w:bookmarkEnd w:id="1556"/>
+    <w:bookmarkStart w:name="z1981" w:id="1557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1749"/>
-    <w:bookmarkStart w:name="z1982" w:id="1750"/>
+    <w:bookmarkEnd w:id="1557"/>
+    <w:bookmarkStart w:name="z1982" w:id="1558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1750"/>
-    <w:bookmarkStart w:name="z1983" w:id="1751"/>
+    <w:bookmarkEnd w:id="1558"/>
+    <w:bookmarkStart w:name="z1983" w:id="1559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1751"/>
-    <w:bookmarkStart w:name="z1984" w:id="1752"/>
+    <w:bookmarkEnd w:id="1559"/>
+    <w:bookmarkStart w:name="z1984" w:id="1560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1752"/>
-    <w:bookmarkStart w:name="z1985" w:id="1753"/>
+    <w:bookmarkEnd w:id="1560"/>
+    <w:bookmarkStart w:name="z1985" w:id="1561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1753"/>
-    <w:bookmarkStart w:name="z1986" w:id="1754"/>
+    <w:bookmarkEnd w:id="1561"/>
+    <w:bookmarkStart w:name="z1986" w:id="1562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1754"/>
-    <w:bookmarkStart w:name="z1987" w:id="1755"/>
+    <w:bookmarkEnd w:id="1562"/>
+    <w:bookmarkStart w:name="z1987" w:id="1563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирование полноценной среды обитания и жизнедеятельности населения, рациональное использование природных ресурсов, территорий населенных пунктов и межселенных территорий при градостроительном освоении, развитии и застройке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1755"/>
-    <w:bookmarkStart w:name="z1988" w:id="1756"/>
+    <w:bookmarkEnd w:id="1563"/>
+    <w:bookmarkStart w:name="z1988" w:id="1564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реализация градостроительных и других программ, направленных на социально-экономическое развитие территорий и населенных пунктов, жилищного строительства, строительного комплекса и инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1756"/>
-    <w:bookmarkStart w:name="z1989" w:id="1757"/>
+    <w:bookmarkEnd w:id="1564"/>
+    <w:bookmarkStart w:name="z1989" w:id="1565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществление мероприятий по формированию градостроительного пространства и повышению уровня обслуживания территорий и населенных пунктов области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1757"/>
-    <w:bookmarkStart w:name="z1990" w:id="1758"/>
+    <w:bookmarkEnd w:id="1565"/>
+    <w:bookmarkStart w:name="z1990" w:id="1566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечение сохранности памятников исторического и культурного наследия архитектурными и градостроительными средствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1758"/>
-    <w:bookmarkStart w:name="z1991" w:id="1759"/>
+    <w:bookmarkEnd w:id="1566"/>
+    <w:bookmarkStart w:name="z1991" w:id="1567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) развитие социальной, производственной, инженерной, транспортной и рекреационной инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1759"/>
-    <w:bookmarkStart w:name="z1992" w:id="1760"/>
+    <w:bookmarkEnd w:id="1567"/>
+    <w:bookmarkStart w:name="z1992" w:id="1568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) осуществление контроля за разработкой и внедрением инвестиционных целевых программ по развитию строительного комплекса области, создание стимулирующих условий для привлечения инвестиций в отрасль и их эфективного использования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1760"/>
-    <w:bookmarkStart w:name="z1993" w:id="1761"/>
+    <w:bookmarkEnd w:id="1568"/>
+    <w:bookmarkStart w:name="z1993" w:id="1569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) изучение, анализ, прогнозирование и регулирование развития инфраструктуры на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1761"/>
-    <w:bookmarkStart w:name="z1994" w:id="1762"/>
+    <w:bookmarkEnd w:id="1569"/>
+    <w:bookmarkStart w:name="z1994" w:id="1570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) защита внутреннего рынка проектной продукции, формирование условий, стимулирующих повышение качества и конкурентноспособности отечественной проектной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1762"/>
-    <w:bookmarkStart w:name="z1995" w:id="1763"/>
+    <w:bookmarkEnd w:id="1570"/>
+    <w:bookmarkStart w:name="z1995" w:id="1571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) углубление интеграционных процессов в сфере архитектурной градостроительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1763"/>
-    <w:bookmarkStart w:name="z1996" w:id="1764"/>
+    <w:bookmarkEnd w:id="1571"/>
+    <w:bookmarkStart w:name="z1996" w:id="1572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) иные задачи, выполняемые в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1764"/>
-    <w:bookmarkStart w:name="z1997" w:id="1765"/>
+    <w:bookmarkEnd w:id="1572"/>
+    <w:bookmarkStart w:name="z1997" w:id="1573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1765"/>
-    <w:bookmarkStart w:name="z1998" w:id="1766"/>
+    <w:bookmarkEnd w:id="1573"/>
+    <w:bookmarkStart w:name="z1998" w:id="1574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1766"/>
-    <w:bookmarkStart w:name="z1999" w:id="1767"/>
+    <w:bookmarkEnd w:id="1574"/>
+    <w:bookmarkStart w:name="z1999" w:id="1575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах своей компетенции принимать нормативно-правовые акты в области архитектуры и градостроительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1767"/>
-    <w:bookmarkStart w:name="z2000" w:id="1768"/>
+    <w:bookmarkEnd w:id="1575"/>
+    <w:bookmarkStart w:name="z2000" w:id="1576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать участие в подготовке предложений по разработке нормативно-правовых актов, касающихся сохранения памятников истории и культуры, объектов государственного заповедного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1768"/>
-    <w:bookmarkStart w:name="z2001" w:id="1769"/>
+    <w:bookmarkEnd w:id="1576"/>
+    <w:bookmarkStart w:name="z2001" w:id="1577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке схемы и механизмов финансирования и кредитования жилищного строительства и сохранения жилищного фонда, поэтапном решении проблемы в области, содействовать формированию и развитию полноценного рынка жилья;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1769"/>
-    <w:bookmarkStart w:name="z2002" w:id="1770"/>
+    <w:bookmarkEnd w:id="1577"/>
+    <w:bookmarkStart w:name="z2002" w:id="1578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       беспрепятственно посещать находящиеся на территории области объекты жилищно-гражданского, промышленного, сельскохозяйственного, транспортного и коммунального строительства и реконструкции, предприятия и организации независимо от форм собственности и ведомственной подчиненности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1770"/>
-    <w:bookmarkStart w:name="z2003" w:id="1771"/>
+    <w:bookmarkEnd w:id="1578"/>
+    <w:bookmarkStart w:name="z2003" w:id="1579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прекращать производство топогеодезических и инженерно-геологических изысканий, разбивочных работ, выполняемых с нарушениями действующих инструкций и нормативов, или без выданного в установленном порядке разрешения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1771"/>
-    <w:bookmarkStart w:name="z2004" w:id="1772"/>
+    <w:bookmarkEnd w:id="1579"/>
+    <w:bookmarkStart w:name="z2004" w:id="1580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать в установленном порядке и с установленной периодичностью статистические материалы в области капитального строительства, а также в сфере производства и импорта новых строительных материалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1772"/>
-    <w:bookmarkStart w:name="z2005" w:id="1773"/>
+    <w:bookmarkEnd w:id="1580"/>
+    <w:bookmarkStart w:name="z2005" w:id="1581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       возбуждать перед соответствующими государственными органами вопросы о применении дисциплинарной, административной, а в случаях, предусмотренных законом, уголовной ответственности к лицам, виновным в самовольном строительстве, в нарушении градостроительного законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1773"/>
-    <w:bookmarkStart w:name="z2006" w:id="1774"/>
+    <w:bookmarkEnd w:id="1581"/>
+    <w:bookmarkStart w:name="z2006" w:id="1582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       давать соответствующие представления на приостановление действий или лишения прав осуществления архитектурно-градостроительной деятельности проектных, строительных, производственных организаций, а также физических лиц, выполняющих работы с нарушением действующего законодательства, архитектурных, градостроительных, экологических и других нормативных требований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1774"/>
-    <w:bookmarkStart w:name="z2007" w:id="1775"/>
+    <w:bookmarkEnd w:id="1582"/>
+    <w:bookmarkStart w:name="z2007" w:id="1583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать при Управлении проектно-изыскательские, консультационные и другие функциональные подразделения для выполнения возложенных на Управление задач, а также определять тематическую направленность их деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1775"/>
-    <w:bookmarkStart w:name="z2008" w:id="1776"/>
+    <w:bookmarkEnd w:id="1583"/>
+    <w:bookmarkStart w:name="z2008" w:id="1584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществление прав владения и пользования государственным пакетом акций акционерных обществ и долями участия в товариществах с ограниченной ответственностью, субъекта права государственных юридических лиц, в том числе принятие решений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1776"/>
-    <w:bookmarkStart w:name="z2009" w:id="1777"/>
+    <w:bookmarkEnd w:id="1584"/>
+    <w:bookmarkStart w:name="z2009" w:id="1585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рассматривают, согласовывают и утверждают планы развития областных государственных предприятий, контролируемых государством акционерных обществ и товариществ с ограниченной ответственностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1777"/>
-    <w:bookmarkStart w:name="z2010" w:id="1778"/>
+    <w:bookmarkEnd w:id="1585"/>
+    <w:bookmarkStart w:name="z2010" w:id="1586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляют контроль и анализ выполнения планов развития областных государственных предприятий, контролируемых государством акционерных обществ и товариществ с ограниченной ответственностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1778"/>
-    <w:bookmarkStart w:name="z2011" w:id="1779"/>
+    <w:bookmarkEnd w:id="1586"/>
+    <w:bookmarkStart w:name="z2011" w:id="1587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1779"/>
-    <w:bookmarkStart w:name="z2012" w:id="1780"/>
+    <w:bookmarkEnd w:id="1587"/>
+    <w:bookmarkStart w:name="z2012" w:id="1588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах своей компетенции вносить предложения по стратегии градостроительного планирования развития области, развития строительного комплекса и инфраструктуры в области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1780"/>
-    <w:bookmarkStart w:name="z2013" w:id="1781"/>
+    <w:bookmarkEnd w:id="1588"/>
+    <w:bookmarkStart w:name="z2013" w:id="1589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       издавать приказы, принимать решения по вопросам реализации генеральных планов застройки населенных пунктов, благоустройства, озеленения и художественного оформления территорий, являющихся обязательными для исполнения всеми субъектами архитектурно-градостроительной деятельности на территории области, независимо от ведомственной подчиненности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1781"/>
-    <w:bookmarkStart w:name="z2014" w:id="1782"/>
+    <w:bookmarkEnd w:id="1589"/>
+    <w:bookmarkStart w:name="z2014" w:id="1590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения по приостановлению и отмене действия отдельных решений центральных и местных исполнительных органов, противоречащих нормативно-правовым актам и иным государственным нормативам в сфере архитектурной и градостроительной деятельности, препятствующих развитию строительного комплекса и инфраструктуры на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1782"/>
-    <w:bookmarkStart w:name="z2015" w:id="1783"/>
+    <w:bookmarkEnd w:id="1590"/>
+    <w:bookmarkStart w:name="z2015" w:id="1591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и реализации градостроительных программ, инвестиционных проектов и планов социально-экономического развития области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1783"/>
-    <w:bookmarkStart w:name="z2016" w:id="1784"/>
+    <w:bookmarkEnd w:id="1591"/>
+    <w:bookmarkStart w:name="z2016" w:id="1592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в разработке и осуществлении программ по подготовке кадров для архитектурной, градостроительной и строительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1784"/>
-    <w:bookmarkStart w:name="z2017" w:id="1785"/>
+    <w:bookmarkEnd w:id="1592"/>
+    <w:bookmarkStart w:name="z2017" w:id="1593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать в установленном порядке и в согласованные сроки информацию от государственных и местных органов, предприятий, учреждений и организаций независимо от форм собственности и ведомственной подчиненности, а также от всех областных управлений и комитетов, местных органов архитектуры и градостроительства необходимые сведения по вопросам, относящимся к компетенции органов архитектуры и градостроительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1785"/>
-    <w:bookmarkStart w:name="z2018" w:id="1786"/>
+    <w:bookmarkEnd w:id="1593"/>
+    <w:bookmarkStart w:name="z2018" w:id="1594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Функции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1786"/>
-    <w:bookmarkStart w:name="z2019" w:id="1787"/>
+    <w:bookmarkEnd w:id="1594"/>
+    <w:bookmarkStart w:name="z2019" w:id="1595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) координация деятельности по реализации комплексной схемы градостроительного планирования территорий (проекта районной планировки области или ее части), утвержденных в установленном порядке генеральных планов населенных пунктов на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1787"/>
-    <w:bookmarkStart w:name="z2020" w:id="1788"/>
+    <w:bookmarkEnd w:id="1595"/>
+    <w:bookmarkStart w:name="z2020" w:id="1596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) внесение на рассмотрение областного маслихата проекта генерального плана города областного значения с расчетной численностью населения свыше ста тысяч жителей для последующего представления в Правительство Республики Казахстан на утверждение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1788"/>
-    <w:bookmarkStart w:name="z2021" w:id="1789"/>
+    <w:bookmarkEnd w:id="1596"/>
+    <w:bookmarkStart w:name="z2021" w:id="1597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организация разработки и представление в Правительство Республики Казахстан на утверждение генеральных планов городов областного значения с расчетной численностью населения свыше ста тысяч жителей, одобренных областным маслихатом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1789"/>
-    <w:bookmarkStart w:name="z2022" w:id="1790"/>
+    <w:bookmarkEnd w:id="1597"/>
+    <w:bookmarkStart w:name="z2022" w:id="1598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) представление на утверждение областному маслихату комплексных схем градостроительного планирования территории подведомственных административно-территориальных единиц (проектов районной планировки), а также проектов генеральных планов развития городов областного значения с расчетной численностью населения до ста тысяч жителей, одобренных городскими маслихатами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1790"/>
-    <w:bookmarkStart w:name="z2023" w:id="1791"/>
+    <w:bookmarkEnd w:id="1598"/>
+    <w:bookmarkStart w:name="z2023" w:id="1599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) внесение в областной маслихат предложений, обусловленных градообразующими факторами, по установлению или изменению границ подведомственных административно-территориальных единиц в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1791"/>
-    <w:bookmarkStart w:name="z2024" w:id="1792"/>
+    <w:bookmarkEnd w:id="1599"/>
+    <w:bookmarkStart w:name="z2024" w:id="1600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) согласование проектов генеральных планов городов областного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1792"/>
-    <w:bookmarkStart w:name="z2025" w:id="1793"/>
+    <w:bookmarkEnd w:id="1600"/>
+    <w:bookmarkStart w:name="z2025" w:id="1601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждение и реализация градостроительных проектов (проектов детальной планировки, проектов застройки), разрабатываемых для развития утвержденных генеральных планов (комплексной схемы градостроительного планирования, проектов планировки) населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1793"/>
-    <w:bookmarkStart w:name="z2026" w:id="1794"/>
+    <w:bookmarkEnd w:id="1601"/>
+    <w:bookmarkStart w:name="z2026" w:id="1602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) согласование проектов генеральных планов городов республиканского значения в части их развития за счет территории области, резервных территорий, пригородной зоны, а также иных территорий, законодательно отнесенных к зоне влияния города;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1794"/>
-    <w:bookmarkStart w:name="z2027" w:id="1795"/>
+    <w:bookmarkEnd w:id="1602"/>
+    <w:bookmarkStart w:name="z2027" w:id="1603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) информирование населения о планируемой застройке территории либо иных градостроительных изменениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1795"/>
-    <w:bookmarkStart w:name="z2028" w:id="1796"/>
+    <w:bookmarkEnd w:id="1603"/>
+    <w:bookmarkStart w:name="z2028" w:id="1604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) принятие решений о застройке территорий, расширение, техническое перевооружении, модернизации, реконструкции (перепланировке, переоборудовании, перепрофилировании), реставрации и капитальном ремонте строений, зданий, сооружений, инженерных и транспортных коммуникаций, а также об инженерной подготовке территории, благоустройстве и озеленении, консервации объектов незавершенного строительства, проведении комплекса работ по постутилизации объектов областного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1796"/>
-    <w:bookmarkStart w:name="z2029" w:id="1797"/>
+    <w:bookmarkEnd w:id="1604"/>
+    <w:bookmarkStart w:name="z2029" w:id="1605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оказание содействия в работе государственных органов архитектурно-строительного контроля и надзора на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1797"/>
-    <w:bookmarkStart w:name="z2030" w:id="1798"/>
+    <w:bookmarkEnd w:id="1605"/>
+    <w:bookmarkStart w:name="z2030" w:id="1606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) предоставление в установленном порядке информации и (или) сведений для внесения в базу данных государственного градостроительного кадастра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1798"/>
-    <w:bookmarkStart w:name="z2031" w:id="1799"/>
+    <w:bookmarkEnd w:id="1606"/>
+    <w:bookmarkStart w:name="z2031" w:id="1607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) выдача решения о строительстве культовых зданий (сооружений), определении их месторасположения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1799"/>
-    <w:bookmarkStart w:name="z2032" w:id="1800"/>
+    <w:bookmarkEnd w:id="1607"/>
+    <w:bookmarkStart w:name="z2032" w:id="1608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) выдача решения о перепрофилировании (изменении функционального назначения) зданий (сооружений) в культовые здания (сооружения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1800"/>
-    <w:bookmarkStart w:name="z2033" w:id="1801"/>
+    <w:bookmarkEnd w:id="1608"/>
+    <w:bookmarkStart w:name="z2033" w:id="1609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1801"/>
-    <w:bookmarkStart w:name="z2034" w:id="1802"/>
+    <w:bookmarkEnd w:id="1609"/>
+    <w:bookmarkStart w:name="z2034" w:id="1610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1802"/>
-    <w:bookmarkStart w:name="z2035" w:id="1803"/>
+    <w:bookmarkEnd w:id="1610"/>
+    <w:bookmarkStart w:name="z2035" w:id="1611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1803"/>
-    <w:bookmarkStart w:name="z2036" w:id="1804"/>
+    <w:bookmarkEnd w:id="1611"/>
+    <w:bookmarkStart w:name="z2036" w:id="1612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1804"/>
-    <w:bookmarkStart w:name="z2037" w:id="1805"/>
+    <w:bookmarkEnd w:id="1612"/>
+    <w:bookmarkStart w:name="z2037" w:id="1613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления не имеет заместителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1805"/>
-    <w:bookmarkStart w:name="z2038" w:id="1806"/>
+    <w:bookmarkEnd w:id="1613"/>
+    <w:bookmarkStart w:name="z2038" w:id="1614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1806"/>
-    <w:bookmarkStart w:name="z2039" w:id="1807"/>
+    <w:bookmarkEnd w:id="1614"/>
+    <w:bookmarkStart w:name="z2039" w:id="1615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет обязанности и полномочия руководителей структурных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1807"/>
-    <w:bookmarkStart w:name="z2040" w:id="1808"/>
+    <w:bookmarkEnd w:id="1615"/>
+    <w:bookmarkStart w:name="z2040" w:id="1616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначает и освобождает от должностей работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1808"/>
-    <w:bookmarkStart w:name="z2041" w:id="1809"/>
+    <w:bookmarkEnd w:id="1616"/>
+    <w:bookmarkStart w:name="z2041" w:id="1617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке осуществляет поощрение сотрудников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1809"/>
-    <w:bookmarkStart w:name="z2042" w:id="1810"/>
+    <w:bookmarkEnd w:id="1617"/>
+    <w:bookmarkStart w:name="z2042" w:id="1618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в установленном законодательством порядке налагает дисциплинарные взыскания на сотрудников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1810"/>
-    <w:bookmarkStart w:name="z2043" w:id="1811"/>
+    <w:bookmarkEnd w:id="1618"/>
+    <w:bookmarkStart w:name="z2043" w:id="1619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции издает приказы, дает указания, подписывает служебную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1811"/>
-    <w:bookmarkStart w:name="z2044" w:id="1812"/>
+    <w:bookmarkEnd w:id="1619"/>
+    <w:bookmarkStart w:name="z2044" w:id="1620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждает положения о структурных подразделениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1812"/>
-    <w:bookmarkStart w:name="z2045" w:id="1813"/>
+    <w:bookmarkEnd w:id="1620"/>
+    <w:bookmarkStart w:name="z2045" w:id="1621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) представляет Управление в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1813"/>
-    <w:bookmarkStart w:name="z2046" w:id="1814"/>
+    <w:bookmarkEnd w:id="1621"/>
+    <w:bookmarkStart w:name="z2046" w:id="1622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) контролирует ход разработки нормативных правовых актов, проектов программ и других документов по вопросам, входящим в компетенцию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1814"/>
-    <w:bookmarkStart w:name="z2047" w:id="1815"/>
+    <w:bookmarkEnd w:id="1622"/>
+    <w:bookmarkStart w:name="z2047" w:id="1623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) контролирует работу по подготовке отчетных материалов по вопросам, входящим в компетенцию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1815"/>
-    <w:bookmarkStart w:name="z2048" w:id="1816"/>
+    <w:bookmarkEnd w:id="1623"/>
+    <w:bookmarkStart w:name="z2048" w:id="1624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) координирует ход реализации Стратегического плана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1816"/>
-    <w:bookmarkStart w:name="z2049" w:id="1817"/>
+    <w:bookmarkEnd w:id="1624"/>
+    <w:bookmarkStart w:name="z2049" w:id="1625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в установленном порядке решает вопросы финансово-экономической и хозяйственной деятельности, контролирует рациональное и целевое исполнение бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1817"/>
-    <w:bookmarkStart w:name="z2050" w:id="1818"/>
+    <w:bookmarkEnd w:id="1625"/>
+    <w:bookmarkStart w:name="z2050" w:id="1626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) обеспечивает соблюдение законности, договорной и финансовой дисциплины в деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1818"/>
-    <w:bookmarkStart w:name="z2051" w:id="1819"/>
+    <w:bookmarkEnd w:id="1626"/>
+    <w:bookmarkStart w:name="z2051" w:id="1627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) обязан принимать необходимые меры по противодействию коррупции и несет персональную ответственность за неприятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1819"/>
-    <w:bookmarkStart w:name="z2052" w:id="1820"/>
+    <w:bookmarkEnd w:id="1627"/>
+    <w:bookmarkStart w:name="z2052" w:id="1628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1820"/>
-    <w:bookmarkStart w:name="z2053" w:id="1821"/>
+    <w:bookmarkEnd w:id="1628"/>
+    <w:bookmarkStart w:name="z2053" w:id="1629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1821"/>
-    <w:bookmarkStart w:name="z2054" w:id="1822"/>
+    <w:bookmarkEnd w:id="1629"/>
+    <w:bookmarkStart w:name="z2054" w:id="1630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1822"/>
-    <w:bookmarkStart w:name="z2055" w:id="1823"/>
+    <w:bookmarkEnd w:id="1630"/>
+    <w:bookmarkStart w:name="z2055" w:id="1631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1823"/>
-    <w:bookmarkStart w:name="z2056" w:id="1824"/>
+    <w:bookmarkEnd w:id="1631"/>
+    <w:bookmarkStart w:name="z2056" w:id="1632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1824"/>
-    <w:bookmarkStart w:name="z2057" w:id="1825"/>
+    <w:bookmarkEnd w:id="1632"/>
+    <w:bookmarkStart w:name="z2057" w:id="1633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1825"/>
-    <w:bookmarkStart w:name="z2058" w:id="1826"/>
+    <w:bookmarkEnd w:id="1633"/>
+    <w:bookmarkStart w:name="z2058" w:id="1634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1826"/>
-    <w:bookmarkStart w:name="z2059" w:id="1827"/>
+    <w:bookmarkEnd w:id="1634"/>
+    <w:bookmarkStart w:name="z2059" w:id="1635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1827"/>
-    <w:bookmarkStart w:name="z2060" w:id="1828"/>
+    <w:bookmarkEnd w:id="1635"/>
+    <w:bookmarkStart w:name="z2060" w:id="1636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1828"/>
+    <w:bookmarkEnd w:id="1636"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -40508,2498 +40112,2498 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 20 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2062" w:id="1829"/>
+    <w:bookmarkStart w:name="z2062" w:id="1637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление природных ресурсов и регулирования природопользования области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1829"/>
-    <w:bookmarkStart w:name="z2063" w:id="1830"/>
+    <w:bookmarkEnd w:id="1637"/>
+    <w:bookmarkStart w:name="z2063" w:id="1638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1830"/>
-    <w:bookmarkStart w:name="z2064" w:id="1831"/>
+    <w:bookmarkEnd w:id="1638"/>
+    <w:bookmarkStart w:name="z2064" w:id="1639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление природных ресурсов и регулирования природопользования области Жетісу" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сферах охраны, воспроизводства, регулирования и рационального использования природных ресурсов на территории области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1831"/>
-    <w:bookmarkStart w:name="z2065" w:id="1832"/>
+    <w:bookmarkEnd w:id="1639"/>
+    <w:bookmarkStart w:name="z2065" w:id="1640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1832"/>
-    <w:bookmarkStart w:name="z2066" w:id="1833"/>
+    <w:bookmarkEnd w:id="1640"/>
+    <w:bookmarkStart w:name="z2066" w:id="1641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1833"/>
-    <w:bookmarkStart w:name="z2067" w:id="1834"/>
+    <w:bookmarkEnd w:id="1641"/>
+    <w:bookmarkStart w:name="z2067" w:id="1642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1834"/>
-    <w:bookmarkStart w:name="z2068" w:id="1835"/>
+    <w:bookmarkEnd w:id="1642"/>
+    <w:bookmarkStart w:name="z2068" w:id="1643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1835"/>
-    <w:bookmarkStart w:name="z2069" w:id="1836"/>
+    <w:bookmarkEnd w:id="1643"/>
+    <w:bookmarkStart w:name="z2069" w:id="1644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1836"/>
-    <w:bookmarkStart w:name="z2070" w:id="1837"/>
+    <w:bookmarkEnd w:id="1644"/>
+    <w:bookmarkStart w:name="z2070" w:id="1645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1837"/>
-    <w:bookmarkStart w:name="z2071" w:id="1838"/>
+    <w:bookmarkEnd w:id="1645"/>
+    <w:bookmarkStart w:name="z2071" w:id="1646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1838"/>
-    <w:bookmarkStart w:name="z2072" w:id="1839"/>
+    <w:bookmarkEnd w:id="1646"/>
+    <w:bookmarkStart w:name="z2072" w:id="1647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, улица Кабанбай батыра, № 26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1839"/>
-    <w:bookmarkStart w:name="z2073" w:id="1840"/>
+    <w:bookmarkEnd w:id="1647"/>
+    <w:bookmarkStart w:name="z2073" w:id="1648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1840"/>
-    <w:bookmarkStart w:name="z2074" w:id="1841"/>
+    <w:bookmarkEnd w:id="1648"/>
+    <w:bookmarkStart w:name="z2074" w:id="1649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1841"/>
-    <w:bookmarkStart w:name="z2075" w:id="1842"/>
+    <w:bookmarkEnd w:id="1649"/>
+    <w:bookmarkStart w:name="z2075" w:id="1650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1842"/>
-    <w:bookmarkStart w:name="z2076" w:id="1843"/>
+    <w:bookmarkEnd w:id="1650"/>
+    <w:bookmarkStart w:name="z2076" w:id="1651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1843"/>
-    <w:bookmarkStart w:name="z2077" w:id="1844"/>
+    <w:bookmarkEnd w:id="1651"/>
+    <w:bookmarkStart w:name="z2077" w:id="1652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1844"/>
-    <w:bookmarkStart w:name="z2078" w:id="1845"/>
+    <w:bookmarkEnd w:id="1652"/>
+    <w:bookmarkStart w:name="z2078" w:id="1653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1845"/>
-    <w:bookmarkStart w:name="z2079" w:id="1846"/>
+    <w:bookmarkEnd w:id="1653"/>
+    <w:bookmarkStart w:name="z2079" w:id="1654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственное управление с целью охраны, защиты, воспроизводства лесов, охраны животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1846"/>
-    <w:bookmarkStart w:name="z2080" w:id="1847"/>
+    <w:bookmarkEnd w:id="1654"/>
+    <w:bookmarkStart w:name="z2080" w:id="1655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) государственное управление в области использования природных ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1847"/>
-    <w:bookmarkStart w:name="z2081" w:id="1848"/>
+    <w:bookmarkEnd w:id="1655"/>
+    <w:bookmarkStart w:name="z2081" w:id="1656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) государственное регулирование в области охраны окружающей среды путем регулирования качества окружающей среды и установления допустимого воздействия на нее, обеспечивающего экологическую безопасность, сохранение экологических систем и биологического разнообразия с целью обеспечения благоприятной окружающей среды для жизни и здоровья человека.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1848"/>
-    <w:bookmarkStart w:name="z2082" w:id="1849"/>
+    <w:bookmarkEnd w:id="1656"/>
+    <w:bookmarkStart w:name="z2082" w:id="1657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1849"/>
-    <w:bookmarkStart w:name="z2083" w:id="1850"/>
+    <w:bookmarkEnd w:id="1657"/>
+    <w:bookmarkStart w:name="z2083" w:id="1658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1850"/>
-    <w:bookmarkStart w:name="z2084" w:id="1851"/>
+    <w:bookmarkEnd w:id="1658"/>
+    <w:bookmarkStart w:name="z2084" w:id="1659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать, в установленном законодательством порядке, необходимую в своей деятельности информацию от государственных органов и иных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1851"/>
-    <w:bookmarkStart w:name="z2085" w:id="1852"/>
+    <w:bookmarkEnd w:id="1659"/>
+    <w:bookmarkStart w:name="z2085" w:id="1660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права, предусмотренные действующим законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1852"/>
-    <w:bookmarkStart w:name="z2086" w:id="1853"/>
+    <w:bookmarkEnd w:id="1660"/>
+    <w:bookmarkStart w:name="z2086" w:id="1661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1853"/>
-    <w:bookmarkStart w:name="z2087" w:id="1854"/>
+    <w:bookmarkEnd w:id="1661"/>
+    <w:bookmarkStart w:name="z2087" w:id="1662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать меры по недопущению административных правонарушений и преступлений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1854"/>
-    <w:bookmarkStart w:name="z2088" w:id="1855"/>
+    <w:bookmarkEnd w:id="1662"/>
+    <w:bookmarkStart w:name="z2088" w:id="1663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать квалификационные характеристики должностей руководителей и специалистов государственных учреждений лесного хозяйства находящихся в ведении Управления, на основании утвержденных Типовых квалификационных характеристик должностей руководителей и специалистов природоохранных организаций, организаций лесного хозяйства и специализированных организаций Комитета лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1855"/>
-    <w:bookmarkStart w:name="z2089" w:id="1856"/>
+    <w:bookmarkEnd w:id="1663"/>
+    <w:bookmarkStart w:name="z2089" w:id="1664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить работу по привлечению нарушителей природоохранного законодательства к ответственности, предусмотренной законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1856"/>
-    <w:bookmarkStart w:name="z2090" w:id="1857"/>
+    <w:bookmarkEnd w:id="1664"/>
+    <w:bookmarkStart w:name="z2090" w:id="1665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организовывать и проводить государственные закупки по природоохранным мероприятиям в установленном законодательством порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1857"/>
-    <w:bookmarkStart w:name="z2091" w:id="1858"/>
+    <w:bookmarkEnd w:id="1665"/>
+    <w:bookmarkStart w:name="z2091" w:id="1666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключать договора на закупку работ и услуг по выполнению природоохранных мероприятий и контролировать их выполнение в установленном законодательством порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1858"/>
-    <w:bookmarkStart w:name="z2092" w:id="1859"/>
+    <w:bookmarkEnd w:id="1666"/>
+    <w:bookmarkStart w:name="z2092" w:id="1667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах своей компетенции осуществлять иные права и обязанности в области охраны окружающей среды, водных ресурсов, животного и растительного мира в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1859"/>
-    <w:bookmarkStart w:name="z2093" w:id="1860"/>
+    <w:bookmarkEnd w:id="1667"/>
+    <w:bookmarkStart w:name="z2093" w:id="1668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1860"/>
-    <w:bookmarkStart w:name="z2094" w:id="1861"/>
+    <w:bookmarkEnd w:id="1668"/>
+    <w:bookmarkStart w:name="z2094" w:id="1669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1861"/>
-    <w:bookmarkStart w:name="z2095" w:id="1862"/>
+    <w:bookmarkEnd w:id="1669"/>
+    <w:bookmarkStart w:name="z2095" w:id="1670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)обеспечивает охрану лесов и животного мира на территории государственного лесного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1862"/>
-    <w:bookmarkStart w:name="z2096" w:id="1863"/>
+    <w:bookmarkEnd w:id="1670"/>
+    <w:bookmarkStart w:name="z2096" w:id="1671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)представляет на утверждение перечень объектов государственного природно-заповедного фонда и особо охраняемых природных территорий местного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1863"/>
-    <w:bookmarkStart w:name="z2097" w:id="1864"/>
+    <w:bookmarkEnd w:id="1671"/>
+    <w:bookmarkStart w:name="z2097" w:id="1672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)вносит предложения по установлению охранных зон особо охраняемых природных территорий местного значения с ограничением в пределах этих зон деятельности, отрицательно влияющей на состояние экологических систем этих территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1864"/>
-    <w:bookmarkStart w:name="z2098" w:id="1865"/>
+    <w:bookmarkEnd w:id="1672"/>
+    <w:bookmarkStart w:name="z2098" w:id="1673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)участвует в выработке предложений по формированию государственной лесной политики и ее реализации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1865"/>
-    <w:bookmarkStart w:name="z2099" w:id="1866"/>
+    <w:bookmarkEnd w:id="1673"/>
+    <w:bookmarkStart w:name="z2099" w:id="1674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)создает резерв горюче-смазочных материалов на пожароопасный сезон в лесу для тушения пожаров на территории государственного лесного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1866"/>
-    <w:bookmarkStart w:name="z2100" w:id="1867"/>
+    <w:bookmarkEnd w:id="1674"/>
+    <w:bookmarkStart w:name="z2100" w:id="1675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)обеспечивает контроль за проведением крестьянскими и фермерскими хозяйствами и иными сельскохозяйственными организациями сжигания стерни, пожнивных и иных растительных остатков на сельскохозяйственных полях, пастбищах и сенокосах, отжигов травянистой растительности на территориях, прилегающих к лесному фонду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1867"/>
-    <w:bookmarkStart w:name="z2101" w:id="1868"/>
+    <w:bookmarkEnd w:id="1675"/>
+    <w:bookmarkStart w:name="z2101" w:id="1676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)координирует работу по борьбе с лесными пожарами на территории области с созданием в необходимых случаях для этой цели специальных комиссий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1868"/>
-    <w:bookmarkStart w:name="z2102" w:id="1869"/>
+    <w:bookmarkEnd w:id="1676"/>
+    <w:bookmarkStart w:name="z2102" w:id="1677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)организовывает и обеспечивает охрану, защиту, воспроизводство лесов и лесоразведение, регулируют лесопользование на территории государственного лесного фонда, находящегося в их функциональном ведении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1869"/>
-    <w:bookmarkStart w:name="z2103" w:id="1870"/>
+    <w:bookmarkEnd w:id="1677"/>
+    <w:bookmarkStart w:name="z2103" w:id="1678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)разрабатывает, утверждает и реализует выполнение ежегодных планов мероприятий по профилактике лесных пожаров и борьбе с ними на территории государственного лесного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1870"/>
-    <w:bookmarkStart w:name="z2104" w:id="1871"/>
+    <w:bookmarkEnd w:id="1678"/>
+    <w:bookmarkStart w:name="z2104" w:id="1679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)организовывает противопожарную пропаганду, регулярное освещение в средствах массовой информации вопросов о сбережении лесов, выполнении правил пожарной безопасности в лесах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1871"/>
-    <w:bookmarkStart w:name="z2105" w:id="1872"/>
+    <w:bookmarkEnd w:id="1679"/>
+    <w:bookmarkStart w:name="z2105" w:id="1680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)организовывает на территории лесного фонда работу по борьбе с вредителями и болезнями леса и улучшению его санитарного состояния;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1872"/>
-    <w:bookmarkStart w:name="z2106" w:id="1873"/>
+    <w:bookmarkEnd w:id="1680"/>
+    <w:bookmarkStart w:name="z2106" w:id="1681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)вносит предложения о запрещении пребывания физических лиц на территории государственного лесного фонда, об ограничении права лесопользования при проведении авиахимических, авиабиологических и аэрозольных мероприятий по борьбе с вредителями и болезнями леса, а также в периоды высокой пожарной опасности в лесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1873"/>
-    <w:bookmarkStart w:name="z2107" w:id="1874"/>
+    <w:bookmarkEnd w:id="1681"/>
+    <w:bookmarkStart w:name="z2107" w:id="1682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)подготавливает материалы по государственному учету лесного фонда, государственному лесному кадастру, государственному мониторингу лесов, находящихся в их функциональном ведении, для представления их уполномоченному органу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1874"/>
-    <w:bookmarkStart w:name="z2108" w:id="1875"/>
+    <w:bookmarkEnd w:id="1682"/>
+    <w:bookmarkStart w:name="z2108" w:id="1683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14)принимает законченные объекты и готовую продукцию, произведенную в результате проведения лесохозяйственных мероприятий на участках государственного лесного фонда, находящихся в их функциональном ведении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1875"/>
-    <w:bookmarkStart w:name="z2109" w:id="1876"/>
+    <w:bookmarkEnd w:id="1683"/>
+    <w:bookmarkStart w:name="z2109" w:id="1684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)разрабатывает проекты ставок платы за лесные пользования на участках государственного лесного фонда (за исключением ставок за древесину, отпускаемую на корню);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1876"/>
-    <w:bookmarkStart w:name="z2110" w:id="1877"/>
+    <w:bookmarkEnd w:id="1684"/>
+    <w:bookmarkStart w:name="z2110" w:id="1685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16)организовывает и проводит тендеры по предоставлению лесных ресурсов в долгосрочное лесопользование на участках государственного лесного фонда, находящихся в их функциональном ведении, с участием уполномоченного органа и местного представительного органа области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1877"/>
-    <w:bookmarkStart w:name="z2111" w:id="1878"/>
+    <w:bookmarkEnd w:id="1685"/>
+    <w:bookmarkStart w:name="z2111" w:id="1686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17)приостанавливает, ограничивает, прекращает право лесопользования на участках государственного лесного фонда, а также работы, представляющие опасность для состояния и воспроизводства лесов, в соответствии с законодательством Республики Казахстан в лесах, находящихся в их функциональном ведении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1878"/>
-    <w:bookmarkStart w:name="z2112" w:id="1879"/>
+    <w:bookmarkEnd w:id="1686"/>
+    <w:bookmarkStart w:name="z2112" w:id="1687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18)предоставляет лесопользователям участки под объекты строительства на землях государственного лесного фонда, находящихся в их ведении, где лесные ресурсы предоставлены в долгосрочное лесопользование для оздоровительных, рекреационных, историко-культурных, туристских и спортивных целей, нужд охотничьего хозяйства, побочного лесного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1879"/>
-    <w:bookmarkStart w:name="z2113" w:id="1880"/>
+    <w:bookmarkEnd w:id="1687"/>
+    <w:bookmarkStart w:name="z2113" w:id="1688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19)утверждает символику (эмблему и флаг) лесного учреждения, находящегося в их ведомственном подчинении; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1880"/>
-    <w:bookmarkStart w:name="z2114" w:id="1881"/>
+    <w:bookmarkEnd w:id="1688"/>
+    <w:bookmarkStart w:name="z2114" w:id="1689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20)осуществляет перевод земель других категорий в земли лесного фонда в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1881"/>
-    <w:bookmarkStart w:name="z2115" w:id="1882"/>
+    <w:bookmarkEnd w:id="1689"/>
+    <w:bookmarkStart w:name="z2115" w:id="1690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21)реализует государственную политику в области охраны, воспроизводства и использования животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1882"/>
-    <w:bookmarkStart w:name="z2116" w:id="1883"/>
+    <w:bookmarkEnd w:id="1690"/>
+    <w:bookmarkStart w:name="z2116" w:id="1691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22)осуществляет координацию и контроль и надзор за деятельностью подведомственных им органов и организаций в области охраны, воспроизводства и использования животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1883"/>
-    <w:bookmarkStart w:name="z2117" w:id="1884"/>
+    <w:bookmarkEnd w:id="1691"/>
+    <w:bookmarkStart w:name="z2117" w:id="1692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23)представляет на утверждение перечень рыбохозяйственных водоемов и (или) участков местного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1884"/>
-    <w:bookmarkStart w:name="z2118" w:id="1885"/>
+    <w:bookmarkEnd w:id="1692"/>
+    <w:bookmarkStart w:name="z2118" w:id="1693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) готовит документы для принятия решения по закреплению охотничьих угодий за пользователями животным миром и установлению сервитутов для нужд охотничьего хозяйства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1885"/>
-    <w:bookmarkStart w:name="z2119" w:id="1886"/>
+    <w:bookmarkEnd w:id="1693"/>
+    <w:bookmarkStart w:name="z2119" w:id="1694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25)организует мероприятия по оказанию помощи животным в случае их заболеваний, угрозы их гибели на незакрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1886"/>
-    <w:bookmarkStart w:name="z2120" w:id="1887"/>
+    <w:bookmarkEnd w:id="1694"/>
+    <w:bookmarkStart w:name="z2120" w:id="1695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26)проводит конкурсы по закреплению охотничьих угодий за пользователями животным миром для нужд охотничьего хозяйства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1887"/>
-    <w:bookmarkStart w:name="z2121" w:id="1888"/>
+    <w:bookmarkEnd w:id="1695"/>
+    <w:bookmarkStart w:name="z2121" w:id="1696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27)организует деятельность по интродукции, реинтродукции и гибридизации, а также по искусственному разведению животных, в том числе редких и находящихся под угрозой исчезновения видов животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1888"/>
-    <w:bookmarkStart w:name="z2122" w:id="1889"/>
+    <w:bookmarkEnd w:id="1696"/>
+    <w:bookmarkStart w:name="z2122" w:id="1697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28)организует и обеспечивает охрану животного мира в резервном фонде охотничьих угодий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1889"/>
-    <w:bookmarkStart w:name="z2123" w:id="1890"/>
+    <w:bookmarkEnd w:id="1697"/>
+    <w:bookmarkStart w:name="z2123" w:id="1698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29)организует и обеспечивает охрану в резервном фонде рыбохозяйственных водоемов и (или) участков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1890"/>
-    <w:bookmarkStart w:name="z2124" w:id="1891"/>
+    <w:bookmarkEnd w:id="1698"/>
+    <w:bookmarkStart w:name="z2124" w:id="1699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30)на основании научных рекомендаций ведет паспортизацию рыбохозяйственных водоемов и (или) участков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1891"/>
-    <w:bookmarkStart w:name="z2125" w:id="1892"/>
+    <w:bookmarkEnd w:id="1699"/>
+    <w:bookmarkStart w:name="z2125" w:id="1700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31)устанавливает зоны рекреационного рыболовства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1892"/>
-    <w:bookmarkStart w:name="z2126" w:id="1893"/>
+    <w:bookmarkEnd w:id="1700"/>
+    <w:bookmarkStart w:name="z2126" w:id="1701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32)устанавливает границы рыбохозяйственных участков, открывает и закрывает тони (тоневые участки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1893"/>
-    <w:bookmarkStart w:name="z2127" w:id="1894"/>
+    <w:bookmarkEnd w:id="1701"/>
+    <w:bookmarkStart w:name="z2127" w:id="1702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33)выдает разрешения на пользование животным миром, за исключением научно-исследовательского лова на рыбохозяйственных водоемах, расположенных на территории двух и более областей, а также редких и находящихся под угрозой исчезновений видов животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1894"/>
-    <w:bookmarkStart w:name="z2128" w:id="1895"/>
+    <w:bookmarkEnd w:id="1702"/>
+    <w:bookmarkStart w:name="z2128" w:id="1703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34)организует и (или) обеспечивает проведение научных исследований и проектно-изыскательских работ в области охраны, воспроизводства и использования животного мира на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1895"/>
-    <w:bookmarkStart w:name="z2129" w:id="1896"/>
+    <w:bookmarkEnd w:id="1703"/>
+    <w:bookmarkStart w:name="z2129" w:id="1704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35)организует мелиоративный лов рыб в случаях возникновения угрозы замора на рыбохозяйственных водоемах и (или) участках резервного фонда на основании решения территориального подразделения ведомства уполномоченного органа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1896"/>
-    <w:bookmarkStart w:name="z2130" w:id="1897"/>
+    <w:bookmarkEnd w:id="1704"/>
+    <w:bookmarkStart w:name="z2130" w:id="1705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36)проводит работы по возмещению части расходов, понесенных субъектом рыбного хозяйства при инвестиционных вложениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1897"/>
-    <w:bookmarkStart w:name="z2131" w:id="1898"/>
+    <w:bookmarkEnd w:id="1705"/>
+    <w:bookmarkStart w:name="z2131" w:id="1706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37)выдает субсидии на повышение продуктивности и качества продукции аквакультуры (рыбоводства), а также развитие племенного рыбоводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1898"/>
-    <w:bookmarkStart w:name="z2132" w:id="1899"/>
+    <w:bookmarkEnd w:id="1706"/>
+    <w:bookmarkStart w:name="z2132" w:id="1707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38)обеспечивает проведение биотехнических мероприятий на территории государственного лесного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1899"/>
-    <w:bookmarkStart w:name="z2133" w:id="1900"/>
+    <w:bookmarkEnd w:id="1707"/>
+    <w:bookmarkStart w:name="z2133" w:id="1708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39)в пределах своей компетенции осуществляет оказание государственных услуг, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1900"/>
-    <w:bookmarkStart w:name="z2134" w:id="1901"/>
+    <w:bookmarkEnd w:id="1708"/>
+    <w:bookmarkStart w:name="z2134" w:id="1709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - выдача разрешения на пользования животным миром;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1901"/>
-    <w:bookmarkStart w:name="z2135" w:id="1902"/>
+    <w:bookmarkEnd w:id="1709"/>
+    <w:bookmarkStart w:name="z2135" w:id="1710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - выдача разрешений на пользование рыбными ресурсами и другими водными животными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1902"/>
-    <w:bookmarkStart w:name="z2136" w:id="1903"/>
+    <w:bookmarkEnd w:id="1710"/>
+    <w:bookmarkStart w:name="z2136" w:id="1711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - субсидирование по возмещению части расходов, понесенных субъектом рыбного хозяйства, при инвестиционных вложениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1903"/>
-    <w:bookmarkStart w:name="z2137" w:id="1904"/>
+    <w:bookmarkEnd w:id="1711"/>
+    <w:bookmarkStart w:name="z2137" w:id="1712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - субсидирование повышения продуктивности и качества продукции аквакультуры (рыбоводства), а также развития племенного рыбоводства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1904"/>
-    <w:bookmarkStart w:name="z2138" w:id="1905"/>
+    <w:bookmarkEnd w:id="1712"/>
+    <w:bookmarkStart w:name="z2138" w:id="1713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40)устанавливает водоохранные зоны и полосы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1905"/>
-    <w:bookmarkStart w:name="z2139" w:id="1906"/>
+    <w:bookmarkEnd w:id="1713"/>
+    <w:bookmarkStart w:name="z2139" w:id="1714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41)устанавливает режим и особые условия хозяйственного использования водоохранных зон и полос по согласованию с бассейновыми водохозяйственными управлениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1906"/>
-    <w:bookmarkStart w:name="z2140" w:id="1907"/>
+    <w:bookmarkEnd w:id="1714"/>
+    <w:bookmarkStart w:name="z2140" w:id="1715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42)принимает участие в работе бассейновых советов и бассейновом соглашении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1907"/>
-    <w:bookmarkStart w:name="z2141" w:id="1908"/>
+    <w:bookmarkEnd w:id="1715"/>
+    <w:bookmarkStart w:name="z2141" w:id="1716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43)предоставляет информацию для составления Национального доклада в соответствии с правилами разработки Национального и Интерактивного докладов о состоянии окружающей среды и об использовании природных ресурсов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1908"/>
-    <w:bookmarkStart w:name="z2142" w:id="1909"/>
+    <w:bookmarkEnd w:id="1716"/>
+    <w:bookmarkStart w:name="z2142" w:id="1717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) реализует государственную экологическую политику на местном уровне в соответствии с Экологическим кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1909"/>
-    <w:bookmarkStart w:name="z2143" w:id="1910"/>
+    <w:bookmarkEnd w:id="1717"/>
+    <w:bookmarkStart w:name="z2143" w:id="1718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) реализует мероприятий по охране окружающей среды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1910"/>
-    <w:bookmarkStart w:name="z2144" w:id="1911"/>
+    <w:bookmarkEnd w:id="1718"/>
+    <w:bookmarkStart w:name="z2144" w:id="1719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) разрабатывает целевые показатели качества окружающей среды на каждый пятилетний период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1911"/>
-    <w:bookmarkStart w:name="z2145" w:id="1912"/>
+    <w:bookmarkEnd w:id="1719"/>
+    <w:bookmarkStart w:name="z2145" w:id="1720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) проводит сводные расчеты загрязнения атмосферного воздуха в населенных пунктах с населением свыше десяти тысяч человек и составление на их основе сводного тома предельно допустимых выбросов населенного пункта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1912"/>
-    <w:bookmarkStart w:name="z2146" w:id="1913"/>
+    <w:bookmarkEnd w:id="1720"/>
+    <w:bookmarkStart w:name="z2146" w:id="1721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) обеспечивает инвентаризацию стационарных источников выбросов загрязняющих веществ в атмосферный воздух в населенных пунктах с населением свыше десяти тысяч человек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1913"/>
-    <w:bookmarkStart w:name="z2147" w:id="1914"/>
+    <w:bookmarkEnd w:id="1721"/>
+    <w:bookmarkStart w:name="z2147" w:id="1722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49)организует и проводит в пределах своей компетенции государственные услуги по экологической экспертизе в отношении: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1914"/>
-    <w:bookmarkStart w:name="z2148" w:id="1915"/>
+    <w:bookmarkEnd w:id="1722"/>
+    <w:bookmarkStart w:name="z2148" w:id="1723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - проектной документации по строительству и (или) эксплуатации объектов II категории в рамках процедуры выдачи экологических разрешений на воздействие;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1915"/>
-    <w:bookmarkStart w:name="z2149" w:id="1916"/>
+    <w:bookmarkEnd w:id="1723"/>
+    <w:bookmarkStart w:name="z2149" w:id="1724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - проектной документации по строительству и (или) эксплуатации объектов III категории при подготовке декларации о воздействии на окружающую среду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1916"/>
-    <w:bookmarkStart w:name="z2150" w:id="1917"/>
+    <w:bookmarkEnd w:id="1724"/>
+    <w:bookmarkStart w:name="z2150" w:id="1725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - иных объектов государственной экологической экспертизы, предусмотренных законами Республики Казахстан, государственная экологическая экспертиза которых не входит в компетенцию уполномоченного органа в области охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1917"/>
-    <w:bookmarkStart w:name="z2151" w:id="1918"/>
+    <w:bookmarkEnd w:id="1725"/>
+    <w:bookmarkStart w:name="z2151" w:id="1726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) организует общественные слушания при проведении государственной экологической экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1918"/>
-    <w:bookmarkStart w:name="z2152" w:id="1919"/>
+    <w:bookmarkEnd w:id="1726"/>
+    <w:bookmarkStart w:name="z2152" w:id="1727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) осуществляет в интересах местного государственного управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1919"/>
-    <w:bookmarkStart w:name="z2153" w:id="1920"/>
+    <w:bookmarkEnd w:id="1727"/>
+    <w:bookmarkStart w:name="z2153" w:id="1728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1920"/>
-    <w:bookmarkStart w:name="z2154" w:id="1921"/>
+    <w:bookmarkEnd w:id="1728"/>
+    <w:bookmarkStart w:name="z2154" w:id="1729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1921"/>
-    <w:bookmarkStart w:name="z2155" w:id="1922"/>
+    <w:bookmarkEnd w:id="1729"/>
+    <w:bookmarkStart w:name="z2155" w:id="1730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1922"/>
-    <w:bookmarkStart w:name="z2156" w:id="1923"/>
+    <w:bookmarkEnd w:id="1730"/>
+    <w:bookmarkStart w:name="z2156" w:id="1731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1923"/>
-    <w:bookmarkStart w:name="z2157" w:id="1924"/>
+    <w:bookmarkEnd w:id="1731"/>
+    <w:bookmarkStart w:name="z2157" w:id="1732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления не имеет заместителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1924"/>
-    <w:bookmarkStart w:name="z2158" w:id="1925"/>
+    <w:bookmarkEnd w:id="1732"/>
+    <w:bookmarkStart w:name="z2158" w:id="1733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1925"/>
-    <w:bookmarkStart w:name="z2159" w:id="1926"/>
+    <w:bookmarkEnd w:id="1733"/>
+    <w:bookmarkStart w:name="z2159" w:id="1734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции определяет обязанности и полномочия руководителей структурных подразделений, работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1926"/>
-    <w:bookmarkStart w:name="z2160" w:id="1927"/>
+    <w:bookmarkEnd w:id="1734"/>
+    <w:bookmarkStart w:name="z2160" w:id="1735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в соответствии с действующим законодательством назначает и освобождает от должности работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1927"/>
-    <w:bookmarkStart w:name="z2161" w:id="1928"/>
+    <w:bookmarkEnd w:id="1735"/>
+    <w:bookmarkStart w:name="z2161" w:id="1736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в соответствии с действующим законодательством назначает и освобождает от должности директоров коммунальных государственных учреждений находящихся в ведении Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1928"/>
-    <w:bookmarkStart w:name="z2162" w:id="1929"/>
+    <w:bookmarkEnd w:id="1736"/>
+    <w:bookmarkStart w:name="z2162" w:id="1737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в соответствии с действующим законодательством назначает и освобождает от должности заместителей директоров государственных учреждений, находящихся в ведении Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1929"/>
-    <w:bookmarkStart w:name="z2163" w:id="1930"/>
+    <w:bookmarkEnd w:id="1737"/>
+    <w:bookmarkStart w:name="z2163" w:id="1738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания на работников Управления, директоров и заместителей директоров государственных учреждений, находящихся в ведении Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1930"/>
-    <w:bookmarkStart w:name="z2164" w:id="1931"/>
+    <w:bookmarkEnd w:id="1738"/>
+    <w:bookmarkStart w:name="z2164" w:id="1739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в пределах своей компетенции издает приказы и утверждает Положения структурных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1931"/>
-    <w:bookmarkStart w:name="z2165" w:id="1932"/>
+    <w:bookmarkEnd w:id="1739"/>
+    <w:bookmarkStart w:name="z2165" w:id="1740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) в пределах своей компетенции представляет интересы Управления в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1932"/>
-    <w:bookmarkStart w:name="z2166" w:id="1933"/>
+    <w:bookmarkEnd w:id="1740"/>
+    <w:bookmarkStart w:name="z2166" w:id="1741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принимает меры, направленные на противодействие коррупции в Управлении и несет персональную ответственность за непринятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1933"/>
-    <w:bookmarkStart w:name="z2167" w:id="1934"/>
+    <w:bookmarkEnd w:id="1741"/>
+    <w:bookmarkStart w:name="z2167" w:id="1742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1934"/>
-    <w:bookmarkStart w:name="z2168" w:id="1935"/>
+    <w:bookmarkEnd w:id="1742"/>
+    <w:bookmarkStart w:name="z2168" w:id="1743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1935"/>
-    <w:bookmarkStart w:name="z2169" w:id="1936"/>
+    <w:bookmarkEnd w:id="1743"/>
+    <w:bookmarkStart w:name="z2169" w:id="1744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1936"/>
-    <w:bookmarkStart w:name="z2170" w:id="1937"/>
+    <w:bookmarkEnd w:id="1744"/>
+    <w:bookmarkStart w:name="z2170" w:id="1745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1937"/>
-    <w:bookmarkStart w:name="z2171" w:id="1938"/>
+    <w:bookmarkEnd w:id="1745"/>
+    <w:bookmarkStart w:name="z2171" w:id="1746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1938"/>
-    <w:bookmarkStart w:name="z2172" w:id="1939"/>
+    <w:bookmarkEnd w:id="1746"/>
+    <w:bookmarkStart w:name="z2172" w:id="1747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1939"/>
-    <w:bookmarkStart w:name="z2173" w:id="1940"/>
+    <w:bookmarkEnd w:id="1747"/>
+    <w:bookmarkStart w:name="z2173" w:id="1748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1940"/>
-    <w:bookmarkStart w:name="z2174" w:id="1941"/>
+    <w:bookmarkEnd w:id="1748"/>
+    <w:bookmarkStart w:name="z2174" w:id="1749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1941"/>
-    <w:bookmarkStart w:name="z2175" w:id="1942"/>
+    <w:bookmarkEnd w:id="1749"/>
+    <w:bookmarkStart w:name="z2175" w:id="1750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1942"/>
-    <w:bookmarkStart w:name="z2176" w:id="1943"/>
+    <w:bookmarkEnd w:id="1750"/>
+    <w:bookmarkStart w:name="z2176" w:id="1751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перечень организации находящихся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1943"/>
-    <w:bookmarkStart w:name="z2177" w:id="1944"/>
+    <w:bookmarkEnd w:id="1751"/>
+    <w:bookmarkStart w:name="z2177" w:id="1752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)Коммунальное государственное учреждение "Алакольское лесное хозяйство" государственного учреждения "Управление природных ресурсов и регулирования природопользования области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1944"/>
-    <w:bookmarkStart w:name="z2178" w:id="1945"/>
+    <w:bookmarkEnd w:id="1752"/>
+    <w:bookmarkStart w:name="z2178" w:id="1753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)Коммунальное государственное учреждение "Борлитобинское лесное хозяйство" государственного учреждения "Управление природных ресурсов и регулирования природопользования области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1945"/>
-    <w:bookmarkStart w:name="z2179" w:id="1946"/>
+    <w:bookmarkEnd w:id="1753"/>
+    <w:bookmarkStart w:name="z2179" w:id="1754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)Коммунальное государственное учреждение "Жаркентское лесное хозяйство" государственного учреждения "Управление природных ресурсов и регулирования природопользования области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1946"/>
-    <w:bookmarkStart w:name="z2180" w:id="1947"/>
+    <w:bookmarkEnd w:id="1754"/>
+    <w:bookmarkStart w:name="z2180" w:id="1755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)Коммунальное государственное учреждение "Капальское лесное хозяйство" государственного учреждения "Управление природных ресурсов и регулирования природопользования области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1947"/>
-    <w:bookmarkStart w:name="z2181" w:id="1948"/>
+    <w:bookmarkEnd w:id="1755"/>
+    <w:bookmarkStart w:name="z2181" w:id="1756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)Коммунальное государственное учреждение "Талдыкорганское лесное хозяйство" государственного учреждения "Управление природных ресурсов и регулирования природопользования области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1948"/>
-    <w:bookmarkStart w:name="z2182" w:id="1949"/>
+    <w:bookmarkEnd w:id="1756"/>
+    <w:bookmarkStart w:name="z2182" w:id="1757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)Коммунальное государственное учреждение "Уйгентасское лесное хозяйство" государственного учреждения "Управление природных ресурсов и регулирования природопользования области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1949"/>
-    <w:bookmarkStart w:name="z2183" w:id="1950"/>
+    <w:bookmarkEnd w:id="1757"/>
+    <w:bookmarkStart w:name="z2183" w:id="1758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)Коммунальное государственное учреждение "Уштобинское лесное хозяйство" государственного учреждения "Управление природных ресурсов и регулирования природопользования области Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1950"/>
-    <w:bookmarkStart w:name="z2184" w:id="1951"/>
+    <w:bookmarkEnd w:id="1758"/>
+    <w:bookmarkStart w:name="z2184" w:id="1759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)Коммунальное государственное учреждение "Оперативная служба по охране животного мира" государственного учреждения "Управление природных ресурсов и регулирования природопользования области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1951"/>
+    <w:bookmarkEnd w:id="1759"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -43104,1778 +42708,1778 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2187" w:id="1952"/>
+    <w:bookmarkStart w:name="z2187" w:id="1760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление цифровых технологий области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1952"/>
-    <w:bookmarkStart w:name="z2188" w:id="1953"/>
+    <w:bookmarkEnd w:id="1760"/>
+    <w:bookmarkStart w:name="z2188" w:id="1761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1953"/>
-    <w:bookmarkStart w:name="z2189" w:id="1954"/>
+    <w:bookmarkEnd w:id="1761"/>
+    <w:bookmarkStart w:name="z2189" w:id="1762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1.Государственное учреждение "Управление цифровых технологий области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сферах: развитие цифровых технологий, информатизации, автоматизации государственных услуг в области Жетісу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1954"/>
-    <w:bookmarkStart w:name="z2190" w:id="1955"/>
+    <w:bookmarkEnd w:id="1762"/>
+    <w:bookmarkStart w:name="z2190" w:id="1763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1955"/>
-    <w:bookmarkStart w:name="z2191" w:id="1956"/>
+    <w:bookmarkEnd w:id="1763"/>
+    <w:bookmarkStart w:name="z2191" w:id="1764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1956"/>
-    <w:bookmarkStart w:name="z2192" w:id="1957"/>
+    <w:bookmarkEnd w:id="1764"/>
+    <w:bookmarkStart w:name="z2192" w:id="1765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1957"/>
-    <w:bookmarkStart w:name="z2193" w:id="1958"/>
+    <w:bookmarkEnd w:id="1765"/>
+    <w:bookmarkStart w:name="z2193" w:id="1766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1958"/>
-    <w:bookmarkStart w:name="z2194" w:id="1959"/>
+    <w:bookmarkEnd w:id="1766"/>
+    <w:bookmarkStart w:name="z2194" w:id="1767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1959"/>
-    <w:bookmarkStart w:name="z2195" w:id="1960"/>
+    <w:bookmarkEnd w:id="1767"/>
+    <w:bookmarkStart w:name="z2195" w:id="1768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1960"/>
-    <w:bookmarkStart w:name="z2196" w:id="1961"/>
+    <w:bookmarkEnd w:id="1768"/>
+    <w:bookmarkStart w:name="z2196" w:id="1769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1961"/>
-    <w:bookmarkStart w:name="z2197" w:id="1962"/>
+    <w:bookmarkEnd w:id="1769"/>
+    <w:bookmarkStart w:name="z2197" w:id="1770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, проспект Н. Назарбаева, 38.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1962"/>
-    <w:bookmarkStart w:name="z2198" w:id="1963"/>
+    <w:bookmarkEnd w:id="1770"/>
+    <w:bookmarkStart w:name="z2198" w:id="1771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1963"/>
-    <w:bookmarkStart w:name="z2199" w:id="1964"/>
+    <w:bookmarkEnd w:id="1771"/>
+    <w:bookmarkStart w:name="z2199" w:id="1772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1964"/>
-    <w:bookmarkStart w:name="z2200" w:id="1965"/>
+    <w:bookmarkEnd w:id="1772"/>
+    <w:bookmarkStart w:name="z2200" w:id="1773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1965"/>
-    <w:bookmarkStart w:name="z2201" w:id="1966"/>
+    <w:bookmarkEnd w:id="1773"/>
+    <w:bookmarkStart w:name="z2201" w:id="1774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1966"/>
-    <w:bookmarkStart w:name="z2202" w:id="1967"/>
+    <w:bookmarkEnd w:id="1774"/>
+    <w:bookmarkStart w:name="z2202" w:id="1775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1967"/>
-    <w:bookmarkStart w:name="z2203" w:id="1968"/>
+    <w:bookmarkEnd w:id="1775"/>
+    <w:bookmarkStart w:name="z2203" w:id="1776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1968"/>
-    <w:bookmarkStart w:name="z2204" w:id="1969"/>
+    <w:bookmarkEnd w:id="1776"/>
+    <w:bookmarkStart w:name="z2204" w:id="1777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)координация работы по внедрению цифровых технологий в основные отрасли экономики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1969"/>
-    <w:bookmarkStart w:name="z2205" w:id="1970"/>
+    <w:bookmarkEnd w:id="1777"/>
+    <w:bookmarkStart w:name="z2205" w:id="1778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)координация работы по внедрению технологий "Smart City";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1970"/>
-    <w:bookmarkStart w:name="z2206" w:id="1971"/>
+    <w:bookmarkEnd w:id="1778"/>
+    <w:bookmarkStart w:name="z2206" w:id="1779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)обеспечение взаимодействия с уполномоченными органами в сфере информатизации, оператором информационно-коммуникационной инфраструктуры "электронного правительства", сервисным интегратором "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1971"/>
-    <w:bookmarkStart w:name="z2207" w:id="1972"/>
+    <w:bookmarkEnd w:id="1779"/>
+    <w:bookmarkStart w:name="z2207" w:id="1780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)обеспечение соблюдения единых требований в области информационно-коммуникационных технологий, а также правил реализации сервисной модели информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1972"/>
-    <w:bookmarkStart w:name="z2208" w:id="1973"/>
+    <w:bookmarkEnd w:id="1780"/>
+    <w:bookmarkStart w:name="z2208" w:id="1781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)обеспечение администрирования проектной деятельности в местных исполнительных органах, контроль и мониторинг проектов на всех этапах управления проектами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1973"/>
-    <w:bookmarkStart w:name="z2209" w:id="1974"/>
+    <w:bookmarkEnd w:id="1781"/>
+    <w:bookmarkStart w:name="z2209" w:id="1782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1974"/>
-    <w:bookmarkStart w:name="z2210" w:id="1975"/>
+    <w:bookmarkEnd w:id="1782"/>
+    <w:bookmarkStart w:name="z2210" w:id="1783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1975"/>
-    <w:bookmarkStart w:name="z2211" w:id="1976"/>
+    <w:bookmarkEnd w:id="1783"/>
+    <w:bookmarkStart w:name="z2211" w:id="1784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участвовать в подготовке проектов решений, распоряжений акима области, постановлений акимата области по вопросам, относящимся к компетенции Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1976"/>
-    <w:bookmarkStart w:name="z2212" w:id="1977"/>
+    <w:bookmarkEnd w:id="1784"/>
+    <w:bookmarkStart w:name="z2212" w:id="1785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в установленном законодательством порядке запрашивать и получать от государственных органов, местных исполнительных органов районов, городов, иных организаций информацию, необходимую для выполнения возложенных функций, а также предоставлять информацию другим государственным органам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1977"/>
-    <w:bookmarkStart w:name="z2213" w:id="1978"/>
+    <w:bookmarkEnd w:id="1785"/>
+    <w:bookmarkStart w:name="z2213" w:id="1786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить совещания, семинары, конференции по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1978"/>
-    <w:bookmarkStart w:name="z2214" w:id="1979"/>
+    <w:bookmarkEnd w:id="1786"/>
+    <w:bookmarkStart w:name="z2214" w:id="1787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вносить предложения по усовершенствованию структуры исполнительных органов области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1979"/>
-    <w:bookmarkStart w:name="z2215" w:id="1980"/>
+    <w:bookmarkEnd w:id="1787"/>
+    <w:bookmarkStart w:name="z2215" w:id="1788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1980"/>
-    <w:bookmarkStart w:name="z2216" w:id="1981"/>
+    <w:bookmarkEnd w:id="1788"/>
+    <w:bookmarkStart w:name="z2216" w:id="1789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать законные и обоснованные решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1981"/>
-    <w:bookmarkStart w:name="z2217" w:id="1982"/>
+    <w:bookmarkEnd w:id="1789"/>
+    <w:bookmarkStart w:name="z2217" w:id="1790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проводить анализ работы местных исполнительных органов области Жетісу по вопросам, относящимся к компетенции управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1982"/>
-    <w:bookmarkStart w:name="z2218" w:id="1983"/>
+    <w:bookmarkEnd w:id="1790"/>
+    <w:bookmarkStart w:name="z2218" w:id="1791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать методическую, консультационную помощь местным исполнительным органам по вопросам, относящимся к компетенции управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1983"/>
-    <w:bookmarkStart w:name="z2219" w:id="1984"/>
+    <w:bookmarkEnd w:id="1791"/>
+    <w:bookmarkStart w:name="z2219" w:id="1792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять деятельность в соответствии с Бюджетным кодексом Республики Казахстан и Законом Республики Казахстан от 4 декабря 2015 года "О государственных закупках";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1984"/>
-    <w:bookmarkStart w:name="z2220" w:id="1985"/>
+    <w:bookmarkEnd w:id="1792"/>
+    <w:bookmarkStart w:name="z2220" w:id="1793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять в интересах местного государственного управления иные права и обязанности, установленные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1985"/>
-    <w:bookmarkStart w:name="z2221" w:id="1986"/>
+    <w:bookmarkEnd w:id="1793"/>
+    <w:bookmarkStart w:name="z2221" w:id="1794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1986"/>
-    <w:bookmarkStart w:name="z2222" w:id="1987"/>
+    <w:bookmarkEnd w:id="1794"/>
+    <w:bookmarkStart w:name="z2222" w:id="1795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)координация и контроль за исполнением мероприятий по реализации Национальных проектов, утвержденных постановлением Правительства Республики Казахстан в сфере цифровизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1987"/>
-    <w:bookmarkStart w:name="z2223" w:id="1988"/>
+    <w:bookmarkEnd w:id="1795"/>
+    <w:bookmarkStart w:name="z2223" w:id="1796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)реализация проектов цифровизации по направлениям и проектам, предусмотренными государственными программами в сфере цифровизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1988"/>
-    <w:bookmarkStart w:name="z2224" w:id="1989"/>
+    <w:bookmarkEnd w:id="1796"/>
+    <w:bookmarkStart w:name="z2224" w:id="1797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)проведение мероприятий по популяризации проектов в сфере цифровизации, реализуемых в области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1989"/>
-    <w:bookmarkStart w:name="z2225" w:id="1990"/>
+    <w:bookmarkEnd w:id="1797"/>
+    <w:bookmarkStart w:name="z2225" w:id="1798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)координация и контроль мероприятий по реализации государственными органами области Жетісу Закона Республики Казахстан "О доступе к информации";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1990"/>
-    <w:bookmarkStart w:name="z2226" w:id="1991"/>
+    <w:bookmarkEnd w:id="1798"/>
+    <w:bookmarkStart w:name="z2226" w:id="1799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5)обеспечение соблюдения требований по развитию архитектуры "электронного правительства", внедрение типовой архитектуры "электронного акимата" с учетом направлений деятельности местного исполнительного органа; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1991"/>
-    <w:bookmarkStart w:name="z2227" w:id="1992"/>
+    <w:bookmarkEnd w:id="1799"/>
+    <w:bookmarkStart w:name="z2227" w:id="1800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)создание и развитие государственных электронных информационных ресурсов и информационных систем государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1992"/>
-    <w:bookmarkStart w:name="z2228" w:id="1993"/>
+    <w:bookmarkEnd w:id="1800"/>
+    <w:bookmarkStart w:name="z2228" w:id="1801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)обеспечение регистрации информационных систем государственного органа, учета сведений об объектах информатизации государственного органа, размещения электронных копий технической документации объектов информатизации государственного органа, а также актуализацию информации об объектах информатизации государственного органа на архитектурном портале "электронного правительства", координация в данном направлении деятельность местных исполнительных органов области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1993"/>
-    <w:bookmarkStart w:name="z2229" w:id="1994"/>
+    <w:bookmarkEnd w:id="1801"/>
+    <w:bookmarkStart w:name="z2229" w:id="1802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)обеспечение передачи сервисному интегратору "электронного правительства" для учета и хранения разработанного программного обеспечения, исходных программных кодов (при наличии) и комплекса настроек лицензионного программного обеспечения информационных систем местных исполнительных органов области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1994"/>
-    <w:bookmarkStart w:name="z2230" w:id="1995"/>
+    <w:bookmarkEnd w:id="1802"/>
+    <w:bookmarkStart w:name="z2230" w:id="1803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)обеспечение хранения оригиналов технической документации на бумажных носителях и представление их сервисному интегратору "электронного правительства";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1995"/>
-    <w:bookmarkStart w:name="z2231" w:id="1996"/>
+    <w:bookmarkEnd w:id="1803"/>
+    <w:bookmarkStart w:name="z2231" w:id="1804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)проведение мероприятий по заполнению портала "Открытые данные" государственными органами области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1996"/>
-    <w:bookmarkStart w:name="z2232" w:id="1997"/>
+    <w:bookmarkEnd w:id="1804"/>
+    <w:bookmarkStart w:name="z2232" w:id="1805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)координация и контроль за проведением работ по обеспечению связью и интернетом населения области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1997"/>
-    <w:bookmarkStart w:name="z2233" w:id="1998"/>
+    <w:bookmarkEnd w:id="1805"/>
+    <w:bookmarkStart w:name="z2233" w:id="1806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)развитие сетей связи в области Жетісу совместно с другими государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1998"/>
-    <w:bookmarkStart w:name="z2234" w:id="1999"/>
+    <w:bookmarkEnd w:id="1806"/>
+    <w:bookmarkStart w:name="z2234" w:id="1807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)проведение анализа наличия широкополосного доступа к сети интернет населенных пунктов области Жетісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1999"/>
-    <w:bookmarkStart w:name="z2235" w:id="2000"/>
+    <w:bookmarkEnd w:id="1807"/>
+    <w:bookmarkStart w:name="z2235" w:id="1808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14)организация проведений обучающих семинаров, курсов по развитию навыков "Информационно-коммуникационные технологии";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2000"/>
-    <w:bookmarkStart w:name="z2236" w:id="2001"/>
+    <w:bookmarkEnd w:id="1808"/>
+    <w:bookmarkStart w:name="z2236" w:id="1809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)приобретение информационно-коммуникационных услуг у оператора информационно-коммуникационной инфраструктуры "электронного правительства" в соответствии с каталогом информационно-коммуникационных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2001"/>
-    <w:bookmarkStart w:name="z2237" w:id="2002"/>
+    <w:bookmarkEnd w:id="1809"/>
+    <w:bookmarkStart w:name="z2237" w:id="1810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16)ведение мониторинга эффективности использования местными исполнительными органами области Жетісу государственных информационных систем республиканского уровня и ведомственных информационных систем областного уровня;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2002"/>
-    <w:bookmarkStart w:name="z2238" w:id="2003"/>
+    <w:bookmarkEnd w:id="1810"/>
+    <w:bookmarkStart w:name="z2238" w:id="1811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17)обеспечение интеграции информационных систем государственных органов в соответствии с правилами интеграции объектов информатизации "электронного правительства" и при соблюдении требований информационной безопасности, определяемых профилем защиты и оформляемых договором совместных работ по информационной безопасности государственных и негосударственных информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2003"/>
-    <w:bookmarkStart w:name="z2239" w:id="2004"/>
+    <w:bookmarkEnd w:id="1811"/>
+    <w:bookmarkStart w:name="z2239" w:id="1812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18)обеспечение принятия мер по оптимизации и автоматизации процессов оказания государственных услуг в соответствии с законодательством Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2004"/>
-    <w:bookmarkStart w:name="z2240" w:id="2005"/>
+    <w:bookmarkEnd w:id="1812"/>
+    <w:bookmarkStart w:name="z2240" w:id="1813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19)обеспечение реализации государственных и отраслевых программ в области Жетісу, программы развития области Жетісу по направлениям и сферам, относящимся к компетенции управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2005"/>
-    <w:bookmarkStart w:name="z2241" w:id="2006"/>
+    <w:bookmarkEnd w:id="1813"/>
+    <w:bookmarkStart w:name="z2241" w:id="1814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20)предоставление отчетной информации в уполномоченный орган для проведения оценки эффективности деятельности местных исполнительных органов области Жетісу по направлениям, относящимся к компетенции управления, анализ итогов оценки эффективности, разработка планов и реализация мероприятий по улучшению показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2006"/>
-    <w:bookmarkStart w:name="z2242" w:id="2007"/>
+    <w:bookmarkEnd w:id="1814"/>
+    <w:bookmarkStart w:name="z2242" w:id="1815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21)организация конкурса либо прямых переговоров в отношении проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2007"/>
-    <w:bookmarkStart w:name="z2243" w:id="2008"/>
+    <w:bookmarkEnd w:id="1815"/>
+    <w:bookmarkStart w:name="z2243" w:id="1816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22)заключение договоров государственно-частного партнерства по проектам государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2008"/>
-    <w:bookmarkStart w:name="z2244" w:id="2009"/>
+    <w:bookmarkEnd w:id="1816"/>
+    <w:bookmarkStart w:name="z2244" w:id="1817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23)осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2009"/>
-    <w:bookmarkStart w:name="z2245" w:id="2010"/>
+    <w:bookmarkEnd w:id="1817"/>
+    <w:bookmarkStart w:name="z2245" w:id="1818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24)обеспечивает соблюдение единых требований в области информационно-коммуникационных технологий и обеспечения информационной безопасности, а также правил реализации сервисной модели информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2010"/>
-    <w:bookmarkStart w:name="z2246" w:id="2011"/>
+    <w:bookmarkEnd w:id="1818"/>
+    <w:bookmarkStart w:name="z2246" w:id="1819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25)создание условий для повышения цифровой грамотности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2011"/>
-    <w:bookmarkStart w:name="z2247" w:id="2012"/>
+    <w:bookmarkEnd w:id="1819"/>
+    <w:bookmarkStart w:name="z2247" w:id="1820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2012"/>
-    <w:bookmarkStart w:name="z2248" w:id="2013"/>
+    <w:bookmarkEnd w:id="1820"/>
+    <w:bookmarkStart w:name="z2248" w:id="1821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2013"/>
-    <w:bookmarkStart w:name="z2249" w:id="2014"/>
+    <w:bookmarkEnd w:id="1821"/>
+    <w:bookmarkStart w:name="z2249" w:id="1822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2014"/>
-    <w:bookmarkStart w:name="z2250" w:id="2015"/>
+    <w:bookmarkEnd w:id="1822"/>
+    <w:bookmarkStart w:name="z2250" w:id="1823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Управления не имеет заместителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2015"/>
-    <w:bookmarkStart w:name="z2251" w:id="2016"/>
+    <w:bookmarkEnd w:id="1823"/>
+    <w:bookmarkStart w:name="z2251" w:id="1824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2016"/>
-    <w:bookmarkStart w:name="z2252" w:id="2017"/>
+    <w:bookmarkEnd w:id="1824"/>
+    <w:bookmarkStart w:name="z2252" w:id="1825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) разрабатывает Положение Управления; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2017"/>
-    <w:bookmarkStart w:name="z2253" w:id="2018"/>
+    <w:bookmarkEnd w:id="1825"/>
+    <w:bookmarkStart w:name="z2253" w:id="1826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) утверждает структуру Управления и положения его структурных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2018"/>
-    <w:bookmarkStart w:name="z2254" w:id="2019"/>
+    <w:bookmarkEnd w:id="1826"/>
+    <w:bookmarkStart w:name="z2254" w:id="1827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) контролирует исполнение законодательства о государственной службе сотрудниками Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2019"/>
-    <w:bookmarkStart w:name="z2255" w:id="2020"/>
+    <w:bookmarkEnd w:id="1827"/>
+    <w:bookmarkStart w:name="z2255" w:id="1828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в соответствии с законодательством Республики Казахстан назначает и освобождает от должностей работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2020"/>
-    <w:bookmarkStart w:name="z2256" w:id="2021"/>
+    <w:bookmarkEnd w:id="1828"/>
+    <w:bookmarkStart w:name="z2256" w:id="1829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в установленном законодательством Республики Казахстан порядке поощряет и налагает дисциплинарные взыскания на сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2021"/>
-    <w:bookmarkStart w:name="z2257" w:id="2022"/>
+    <w:bookmarkEnd w:id="1829"/>
+    <w:bookmarkStart w:name="z2257" w:id="1830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обеспечивает равный доступ мужчин и женщин к государственной службе в соответствии с их опытом, способностями и профессиональной подготовкой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2022"/>
-    <w:bookmarkStart w:name="z2258" w:id="2023"/>
+    <w:bookmarkEnd w:id="1830"/>
+    <w:bookmarkStart w:name="z2258" w:id="1831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) представляет интересы Управления в государственных органах, иных организациях; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2023"/>
-    <w:bookmarkStart w:name="z2259" w:id="2024"/>
+    <w:bookmarkEnd w:id="1831"/>
+    <w:bookmarkStart w:name="z2259" w:id="1832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) обеспечивает соблюдение норм служебной этики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2024"/>
-    <w:bookmarkStart w:name="z2260" w:id="2025"/>
+    <w:bookmarkEnd w:id="1832"/>
+    <w:bookmarkStart w:name="z2260" w:id="1833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) издает в пределах своей компетенции приказы и дает указания, обязательные для исполнения всеми работниками Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2025"/>
-    <w:bookmarkStart w:name="z2261" w:id="2026"/>
+    <w:bookmarkEnd w:id="1833"/>
+    <w:bookmarkStart w:name="z2261" w:id="1834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) принимает меры по усилению противодействия явлениям коррупции и несет персональную ответственность за нарушение антикоррупционного законодательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2026"/>
-    <w:bookmarkStart w:name="z2262" w:id="2027"/>
+    <w:bookmarkEnd w:id="1834"/>
+    <w:bookmarkStart w:name="z2262" w:id="1835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществляет иные функции, возложенные на него законодательством Республики Казахстан, настоящим Положением и акиматом области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2027"/>
-    <w:bookmarkStart w:name="z2263" w:id="2028"/>
+    <w:bookmarkEnd w:id="1835"/>
+    <w:bookmarkStart w:name="z2263" w:id="1836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2028"/>
-    <w:bookmarkStart w:name="z2264" w:id="2029"/>
+    <w:bookmarkEnd w:id="1836"/>
+    <w:bookmarkStart w:name="z2264" w:id="1837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2029"/>
-    <w:bookmarkStart w:name="z2265" w:id="2030"/>
+    <w:bookmarkEnd w:id="1837"/>
+    <w:bookmarkStart w:name="z2265" w:id="1838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2030"/>
-    <w:bookmarkStart w:name="z2266" w:id="2031"/>
+    <w:bookmarkEnd w:id="1838"/>
+    <w:bookmarkStart w:name="z2266" w:id="1839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2031"/>
-    <w:bookmarkStart w:name="z2267" w:id="2032"/>
+    <w:bookmarkEnd w:id="1839"/>
+    <w:bookmarkStart w:name="z2267" w:id="1840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2032"/>
-    <w:bookmarkStart w:name="z2268" w:id="2033"/>
+    <w:bookmarkEnd w:id="1840"/>
+    <w:bookmarkStart w:name="z2268" w:id="1841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2033"/>
-    <w:bookmarkStart w:name="z2269" w:id="2034"/>
+    <w:bookmarkEnd w:id="1841"/>
+    <w:bookmarkStart w:name="z2269" w:id="1842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2034"/>
-    <w:bookmarkStart w:name="z2270" w:id="2035"/>
+    <w:bookmarkEnd w:id="1842"/>
+    <w:bookmarkStart w:name="z2270" w:id="1843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2035"/>
-    <w:bookmarkStart w:name="z2271" w:id="2036"/>
+    <w:bookmarkEnd w:id="1843"/>
+    <w:bookmarkStart w:name="z2271" w:id="1844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень организаций, находящихся в ведении Управления: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2036"/>
-    <w:bookmarkStart w:name="z2272" w:id="2037"/>
+    <w:bookmarkEnd w:id="1844"/>
+    <w:bookmarkStart w:name="z2272" w:id="1845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)Комунальное государственное учреждение "Центр информационных технологий".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2037"/>
-    <w:bookmarkStart w:name="z2273" w:id="2038"/>
+    <w:bookmarkEnd w:id="1845"/>
+    <w:bookmarkStart w:name="z2273" w:id="1846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)Комунальное государственное учреждение "Центр цифровых коммуникаций".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2038"/>
+    <w:bookmarkEnd w:id="1846"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -44915,1858 +44519,1858 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 22 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2275" w:id="2039"/>
+    <w:bookmarkStart w:name="z2275" w:id="1847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление экономики и бюджетного планирования области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2039"/>
-    <w:bookmarkStart w:name="z2276" w:id="2040"/>
+    <w:bookmarkEnd w:id="1847"/>
+    <w:bookmarkStart w:name="z2276" w:id="1848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2040"/>
-    <w:bookmarkStart w:name="z2277" w:id="2041"/>
+    <w:bookmarkEnd w:id="1848"/>
+    <w:bookmarkStart w:name="z2277" w:id="1849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.Государственное учреждение "Управление экономики и бюджетного</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2041"/>
-    <w:bookmarkStart w:name="z2278" w:id="2042"/>
+    <w:bookmarkEnd w:id="1849"/>
+    <w:bookmarkStart w:name="z2278" w:id="1850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       планирования области Жетісу" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере стратегического, экономического и бюджетного планирования в соответствии с законодательством Республики Казахстан на территории области Жетісу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2042"/>
-    <w:bookmarkStart w:name="z2279" w:id="2043"/>
+    <w:bookmarkEnd w:id="1850"/>
+    <w:bookmarkStart w:name="z2279" w:id="1851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2043"/>
-    <w:bookmarkStart w:name="z2280" w:id="2044"/>
+    <w:bookmarkEnd w:id="1851"/>
+    <w:bookmarkStart w:name="z2280" w:id="1852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2044"/>
-    <w:bookmarkStart w:name="z2281" w:id="2045"/>
+    <w:bookmarkEnd w:id="1852"/>
+    <w:bookmarkStart w:name="z2281" w:id="1853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2045"/>
-    <w:bookmarkStart w:name="z2282" w:id="2046"/>
+    <w:bookmarkEnd w:id="1853"/>
+    <w:bookmarkStart w:name="z2282" w:id="1854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2046"/>
-    <w:bookmarkStart w:name="z2283" w:id="2047"/>
+    <w:bookmarkEnd w:id="1854"/>
+    <w:bookmarkStart w:name="z2283" w:id="1855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2047"/>
-    <w:bookmarkStart w:name="z2284" w:id="2048"/>
+    <w:bookmarkEnd w:id="1855"/>
+    <w:bookmarkStart w:name="z2284" w:id="1856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2048"/>
-    <w:bookmarkStart w:name="z2285" w:id="2049"/>
+    <w:bookmarkEnd w:id="1856"/>
+    <w:bookmarkStart w:name="z2285" w:id="1857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2049"/>
-    <w:bookmarkStart w:name="z2286" w:id="2050"/>
+    <w:bookmarkEnd w:id="1857"/>
+    <w:bookmarkStart w:name="z2286" w:id="1858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, проспект Н. Назарбаева, №38.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2050"/>
-    <w:bookmarkStart w:name="z2287" w:id="2051"/>
+    <w:bookmarkEnd w:id="1858"/>
+    <w:bookmarkStart w:name="z2287" w:id="1859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2051"/>
-    <w:bookmarkStart w:name="z2288" w:id="2052"/>
+    <w:bookmarkEnd w:id="1859"/>
+    <w:bookmarkStart w:name="z2288" w:id="1860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2052"/>
-    <w:bookmarkStart w:name="z2289" w:id="2053"/>
+    <w:bookmarkEnd w:id="1860"/>
+    <w:bookmarkStart w:name="z2289" w:id="1861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2053"/>
-    <w:bookmarkStart w:name="z2290" w:id="2054"/>
+    <w:bookmarkEnd w:id="1861"/>
+    <w:bookmarkStart w:name="z2290" w:id="1862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы, направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2054"/>
-    <w:bookmarkStart w:name="z2291" w:id="2055"/>
+    <w:bookmarkEnd w:id="1862"/>
+    <w:bookmarkStart w:name="z2291" w:id="1863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2055"/>
-    <w:bookmarkStart w:name="z2292" w:id="2056"/>
+    <w:bookmarkEnd w:id="1863"/>
+    <w:bookmarkStart w:name="z2292" w:id="1864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Задачи: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2056"/>
-    <w:bookmarkStart w:name="z2293" w:id="2057"/>
+    <w:bookmarkEnd w:id="1864"/>
+    <w:bookmarkStart w:name="z2293" w:id="1865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) формирование стратегических целей и приоритетов, основных направлений социально-экономического развития области; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2057"/>
-    <w:bookmarkStart w:name="z2294" w:id="2058"/>
+    <w:bookmarkEnd w:id="1865"/>
+    <w:bookmarkStart w:name="z2294" w:id="1866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реализация бюджетной и инвестиционной политики во взаимодействии с приоритетами социально-экономического развития.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2058"/>
-    <w:bookmarkStart w:name="z2295" w:id="2059"/>
+    <w:bookmarkEnd w:id="1866"/>
+    <w:bookmarkStart w:name="z2295" w:id="1867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2059"/>
-    <w:bookmarkStart w:name="z2296" w:id="2060"/>
+    <w:bookmarkEnd w:id="1867"/>
+    <w:bookmarkStart w:name="z2296" w:id="1868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2060"/>
-    <w:bookmarkStart w:name="z2297" w:id="2061"/>
+    <w:bookmarkEnd w:id="1868"/>
+    <w:bookmarkStart w:name="z2297" w:id="1869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        запрашивать и получать от государственных органов, иных организаций, а также должностных лиц, граждан документы и сведения, необходимые для выполнения возложенных на него задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2061"/>
-    <w:bookmarkStart w:name="z2298" w:id="2062"/>
+    <w:bookmarkEnd w:id="1869"/>
+    <w:bookmarkStart w:name="z2298" w:id="1870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        в пределах своей компетенции принимать решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2062"/>
-    <w:bookmarkStart w:name="z2299" w:id="2063"/>
+    <w:bookmarkEnd w:id="1870"/>
+    <w:bookmarkStart w:name="z2299" w:id="1871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        вносить предложения по созданию, реорганизации и ликвидации организаций в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2063"/>
-    <w:bookmarkStart w:name="z2300" w:id="2064"/>
+    <w:bookmarkEnd w:id="1871"/>
+    <w:bookmarkStart w:name="z2300" w:id="1872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        привлекать к работе специалистов других исполнительных органов, финансируемых из местных бюджетов, по согласованию с их руководителями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2064"/>
-    <w:bookmarkStart w:name="z2301" w:id="2065"/>
+    <w:bookmarkEnd w:id="1872"/>
+    <w:bookmarkStart w:name="z2301" w:id="1873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        представлять интересы Управления во всех компетентных, государственных, административных органах, учреждениях, организациях, а также судебных и правоохранительных органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2065"/>
-    <w:bookmarkStart w:name="z2302" w:id="2066"/>
+    <w:bookmarkEnd w:id="1873"/>
+    <w:bookmarkStart w:name="z2302" w:id="1874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2066"/>
-    <w:bookmarkStart w:name="z2303" w:id="2067"/>
+    <w:bookmarkEnd w:id="1874"/>
+    <w:bookmarkStart w:name="z2303" w:id="1875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2067"/>
-    <w:bookmarkStart w:name="z2304" w:id="2068"/>
+    <w:bookmarkEnd w:id="1875"/>
+    <w:bookmarkStart w:name="z2304" w:id="1876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        исполнять поручения вышестоящих органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2068"/>
-    <w:bookmarkStart w:name="z2305" w:id="2069"/>
+    <w:bookmarkEnd w:id="1876"/>
+    <w:bookmarkStart w:name="z2305" w:id="1877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разрабатывать проекты правовых и нормативно-правовых актов акима, акимата области, областного маслихата, входящих в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2069"/>
-    <w:bookmarkStart w:name="z2306" w:id="2070"/>
+    <w:bookmarkEnd w:id="1877"/>
+    <w:bookmarkStart w:name="z2306" w:id="1878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       проводить мониторинг и анализ основных показателей социально-экономического развития области, районов и городов, населенных пунктов, а также секторов экономики; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2070"/>
-    <w:bookmarkStart w:name="z2307" w:id="2071"/>
+    <w:bookmarkEnd w:id="1878"/>
+    <w:bookmarkStart w:name="z2307" w:id="1879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подготовка и представление материалов об итогах социально-экономического развития региона акиму области, курирующему заместителю акима области, на совещания, заседание акимата области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2071"/>
-    <w:bookmarkStart w:name="z2308" w:id="2072"/>
+    <w:bookmarkEnd w:id="1879"/>
+    <w:bookmarkStart w:name="z2308" w:id="1880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2072"/>
-    <w:bookmarkStart w:name="z2309" w:id="2073"/>
+    <w:bookmarkEnd w:id="1880"/>
+    <w:bookmarkStart w:name="z2309" w:id="1881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2073"/>
-    <w:bookmarkStart w:name="z2310" w:id="2074"/>
+    <w:bookmarkEnd w:id="1881"/>
+    <w:bookmarkStart w:name="z2310" w:id="1882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разработка, корректировка и мониторинг реализации Плана развития области и плана мероприятий по ее реализации на пятилетний период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2074"/>
-    <w:bookmarkStart w:name="z2311" w:id="2075"/>
+    <w:bookmarkEnd w:id="1882"/>
+    <w:bookmarkStart w:name="z2311" w:id="1883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) согласование декомпозиции индикаторов районов и городов областного значения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2075"/>
-    <w:bookmarkStart w:name="z2312" w:id="2076"/>
+    <w:bookmarkEnd w:id="1883"/>
+    <w:bookmarkStart w:name="z2312" w:id="1884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) разработка прогноза социально-экономического развития области Жетісу на пятилетний период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2076"/>
-    <w:bookmarkStart w:name="z2313" w:id="2077"/>
+    <w:bookmarkEnd w:id="1884"/>
+    <w:bookmarkStart w:name="z2313" w:id="1885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) разработка Паспорта социально-экономического развития области за предыдущий год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2077"/>
-    <w:bookmarkStart w:name="z2314" w:id="2078"/>
+    <w:bookmarkEnd w:id="1885"/>
+    <w:bookmarkStart w:name="z2314" w:id="1886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) реализация, мониторинг Национальных проектов и других документов системы государственного планирования по вопросам, входящим в компетенцию; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2078"/>
-    <w:bookmarkStart w:name="z2315" w:id="2079"/>
+    <w:bookmarkEnd w:id="1886"/>
+    <w:bookmarkStart w:name="z2315" w:id="1887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) проведение экономической экспертизы проекта дополнения к контракту на недропользование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2079"/>
-    <w:bookmarkStart w:name="z2316" w:id="2080"/>
+    <w:bookmarkEnd w:id="1887"/>
+    <w:bookmarkStart w:name="z2316" w:id="1888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) обеспечение методологической, организационно-технической и аналитической поддержки сотрудников проектной группы, а также координация их деятельности по вопросам, отнесенным к компетенции проектного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2080"/>
-    <w:bookmarkStart w:name="z2317" w:id="2081"/>
+    <w:bookmarkEnd w:id="1888"/>
+    <w:bookmarkStart w:name="z2317" w:id="1889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мониторинг достижения целевых индикаторов и показателей, реализации детальных планов по приоритетным направлениям в рамках проектного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2081"/>
-    <w:bookmarkStart w:name="z2318" w:id="2082"/>
+    <w:bookmarkEnd w:id="1889"/>
+    <w:bookmarkStart w:name="z2318" w:id="1890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) разработка местных бюджетов на плановый период (ежегодно) с учетом прогноза социально-экономического развития области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2082"/>
-    <w:bookmarkStart w:name="z2319" w:id="2083"/>
+    <w:bookmarkEnd w:id="1890"/>
+    <w:bookmarkStart w:name="z2319" w:id="1891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) прогнозирование объема поступлений в местный бюджет в разрезе доходных источников районов и городов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2083"/>
-    <w:bookmarkStart w:name="z2320" w:id="2084"/>
+    <w:bookmarkEnd w:id="1891"/>
+    <w:bookmarkStart w:name="z2320" w:id="1892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) определение лимитов расходов администраторов бюджетных программ, лимитов местного бюджета на новые инициативы на основе прогнозных показателей социально-экономического развития области, приоритетных направлений расходования бюджетных средств, размера дефицита бюджета на плановый период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2084"/>
-    <w:bookmarkStart w:name="z2321" w:id="2085"/>
+    <w:bookmarkEnd w:id="1892"/>
+    <w:bookmarkStart w:name="z2321" w:id="1893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) рассмотрение и формирование заключений по бюджетным заявкам и проектам бюджетных программ администраторов бюджетных программ, финансируемых из областного бюджета с учетом результатов анализа исполнения бюджета за отчетный финансовый год и оценки эффективности деятельности государственного органа по управлению бюджетными средствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2085"/>
-    <w:bookmarkStart w:name="z2322" w:id="2086"/>
+    <w:bookmarkEnd w:id="1893"/>
+    <w:bookmarkStart w:name="z2322" w:id="1894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) подготовка материалов к заседаниям областной бюджетной комиссии в соответствии со сроками и с повесткой дня, определяемыми областной бюджетной комиссией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2086"/>
-    <w:bookmarkStart w:name="z2323" w:id="2087"/>
+    <w:bookmarkEnd w:id="1894"/>
+    <w:bookmarkStart w:name="z2323" w:id="1895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) составление проекта областного бюджета и внесение его на рассмотрение областной бюджетной комиссии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2087"/>
-    <w:bookmarkStart w:name="z2324" w:id="2088"/>
+    <w:bookmarkEnd w:id="1895"/>
+    <w:bookmarkStart w:name="z2324" w:id="1896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) определение прогнозируемых объемов трансфертов общего характера между областным и районными (городскими) бюджетами на трехлетний период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2088"/>
-    <w:bookmarkStart w:name="z2325" w:id="2089"/>
+    <w:bookmarkEnd w:id="1896"/>
+    <w:bookmarkStart w:name="z2325" w:id="1897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) согласование бюджетных программ администраторов бюджетных программ на плановый период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2089"/>
-    <w:bookmarkStart w:name="z2326" w:id="2090"/>
+    <w:bookmarkEnd w:id="1897"/>
+    <w:bookmarkStart w:name="z2326" w:id="1898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) организация проведения экономической экспертизы государственных инвестиционных проектов, бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц, предполагаемых к финансированию за счет средств местного бюджета, а также за счет целевых трансфертов из республиканского бюджета, концепции и конкурсной документации проектов государственного частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2090"/>
-    <w:bookmarkStart w:name="z2327" w:id="2091"/>
+    <w:bookmarkEnd w:id="1898"/>
+    <w:bookmarkStart w:name="z2327" w:id="1899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) подготовка экономического заключения государственных инвестиционных проектов, бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц, предполагаемых к финансированию за счет средств местного бюджета, а также за счет целевых трансфертов из республиканского бюджета, концепции и конкурсной документации проектов государственного частного партнерства, в том числе концессионных предложений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2091"/>
-    <w:bookmarkStart w:name="z2328" w:id="2092"/>
+    <w:bookmarkEnd w:id="1899"/>
+    <w:bookmarkStart w:name="z2328" w:id="1900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) рассмотрение, отбор и формирование перечня бюджетных инвестиционных проектов, бюджетных инвестиций, планируемых к реализации посредством участия государства в уставном капитале юридических лиц, предполагаемых к финансированию за счет средств местного бюджета, а также за счет целевых трансфертов из республиканского бюджета, проектов государственного частного партнерства, в том числе концессионных предложений и внесение его на рассмотрение областной бюджетной комиссии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2092"/>
-    <w:bookmarkStart w:name="z2329" w:id="2093"/>
+    <w:bookmarkEnd w:id="1900"/>
+    <w:bookmarkStart w:name="z2329" w:id="1901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) мониторинг и оценка реализации бюджетных инвестиционных проектов, бюджетных инвестиций посредством участия государства в уставном капитале юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2093"/>
-    <w:bookmarkStart w:name="z2330" w:id="2094"/>
+    <w:bookmarkEnd w:id="1901"/>
+    <w:bookmarkStart w:name="z2330" w:id="1902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) определение целесообразности бюджетного кредитования бюджетных инвестиционных проектов и рассмотрение бюджетных программ на предмет соответствия их критериям бюджетного кредитования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2094"/>
-    <w:bookmarkStart w:name="z2331" w:id="2095"/>
+    <w:bookmarkEnd w:id="1902"/>
+    <w:bookmarkStart w:name="z2331" w:id="1903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) методологическое обеспечение по разработке планов развития акционерных обществ и товариществ с ограниченной ответственностью с участием акимата области в уставном капитале, областных государственных предприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2095"/>
-    <w:bookmarkStart w:name="z2332" w:id="2096"/>
+    <w:bookmarkEnd w:id="1903"/>
+    <w:bookmarkStart w:name="z2332" w:id="1904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) мониторинг и анализ социально-экономического развития сельских населенных пунктов, мониторинг обеспеченности населенных пунктов в соответствии с требованиями Системы региональных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2096"/>
-    <w:bookmarkStart w:name="z2333" w:id="2097"/>
+    <w:bookmarkEnd w:id="1904"/>
+    <w:bookmarkStart w:name="z2333" w:id="1905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) определение потенциала социально-экономического развития сельских населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2097"/>
-    <w:bookmarkStart w:name="z2334" w:id="2098"/>
+    <w:bookmarkEnd w:id="1905"/>
+    <w:bookmarkStart w:name="z2334" w:id="1906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) мониторинг по развитию городов, моно и малых городов, приграничных территорий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2098"/>
-    <w:bookmarkStart w:name="z2335" w:id="2099"/>
+    <w:bookmarkEnd w:id="1906"/>
+    <w:bookmarkStart w:name="z2335" w:id="1907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) мониторинг реализации программы "С дипломом в село", обеспечение мер социальной поддержки специалистам в области здравоохранения, образования, социального обеспечения, культуры, спорта и агропромышленного комплекса, государственным служащим аппаратов акимов сел, поселков, сельских округов, прибывшим для работы и проживания в сельские населенные пункты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2099"/>
-    <w:bookmarkStart w:name="z2336" w:id="2100"/>
+    <w:bookmarkEnd w:id="1907"/>
+    <w:bookmarkStart w:name="z2336" w:id="1908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) формирование перечня и мониторинг проектов в рамках спецпроекта "Ауыл – Ел бесігі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2100"/>
-    <w:bookmarkStart w:name="z2337" w:id="2101"/>
+    <w:bookmarkEnd w:id="1908"/>
+    <w:bookmarkStart w:name="z2337" w:id="1909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) осуществление иных и других функций, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2101"/>
-    <w:bookmarkStart w:name="z2338" w:id="2102"/>
+    <w:bookmarkEnd w:id="1909"/>
+    <w:bookmarkStart w:name="z2338" w:id="1910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2102"/>
-    <w:bookmarkStart w:name="z2339" w:id="2103"/>
+    <w:bookmarkEnd w:id="1910"/>
+    <w:bookmarkStart w:name="z2339" w:id="1911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2103"/>
-    <w:bookmarkStart w:name="z2340" w:id="2104"/>
+    <w:bookmarkEnd w:id="1911"/>
+    <w:bookmarkStart w:name="z2340" w:id="1912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2104"/>
-    <w:bookmarkStart w:name="z2341" w:id="2105"/>
+    <w:bookmarkEnd w:id="1912"/>
+    <w:bookmarkStart w:name="z2341" w:id="1913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Первый руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2105"/>
-    <w:bookmarkStart w:name="z2342" w:id="2106"/>
+    <w:bookmarkEnd w:id="1913"/>
+    <w:bookmarkStart w:name="z2342" w:id="1914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2106"/>
-    <w:bookmarkStart w:name="z2343" w:id="2107"/>
+    <w:bookmarkEnd w:id="1914"/>
+    <w:bookmarkStart w:name="z2343" w:id="1915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет обязанности и полномочия своих заместителей и руководителей структурных подразделений Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2107"/>
-    <w:bookmarkStart w:name="z2344" w:id="2108"/>
+    <w:bookmarkEnd w:id="1915"/>
+    <w:bookmarkStart w:name="z2344" w:id="1916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначает и освобождает от должностей работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2108"/>
-    <w:bookmarkStart w:name="z2345" w:id="2109"/>
+    <w:bookmarkEnd w:id="1916"/>
+    <w:bookmarkStart w:name="z2345" w:id="1917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке осуществляет поощрение сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2109"/>
-    <w:bookmarkStart w:name="z2346" w:id="2110"/>
+    <w:bookmarkEnd w:id="1917"/>
+    <w:bookmarkStart w:name="z2346" w:id="1918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в установленном законодательством порядке налагает дисциплинарные взыскания на сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2110"/>
-    <w:bookmarkStart w:name="z2347" w:id="2111"/>
+    <w:bookmarkEnd w:id="1918"/>
+    <w:bookmarkStart w:name="z2347" w:id="1919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах своей компетенции издает приказы, дает указания, подписывает служебную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2111"/>
-    <w:bookmarkStart w:name="z2348" w:id="2112"/>
+    <w:bookmarkEnd w:id="1919"/>
+    <w:bookmarkStart w:name="z2348" w:id="1920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждает положения о структурных подразделениях Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2112"/>
-    <w:bookmarkStart w:name="z2349" w:id="2113"/>
+    <w:bookmarkEnd w:id="1920"/>
+    <w:bookmarkStart w:name="z2349" w:id="1921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) представляет Управление в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2113"/>
-    <w:bookmarkStart w:name="z2350" w:id="2114"/>
+    <w:bookmarkEnd w:id="1921"/>
+    <w:bookmarkStart w:name="z2350" w:id="1922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) контролирует ход разработки нормативных правовых актов, проектов программ и других документов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2114"/>
-    <w:bookmarkStart w:name="z2351" w:id="2115"/>
+    <w:bookmarkEnd w:id="1922"/>
+    <w:bookmarkStart w:name="z2351" w:id="1923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) контролирует работу по подготовке отчетных материалов по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2115"/>
-    <w:bookmarkStart w:name="z2352" w:id="2116"/>
+    <w:bookmarkEnd w:id="1923"/>
+    <w:bookmarkStart w:name="z2352" w:id="1924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) координирует ход реализации бюджетных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2116"/>
-    <w:bookmarkStart w:name="z2353" w:id="2117"/>
+    <w:bookmarkEnd w:id="1924"/>
+    <w:bookmarkStart w:name="z2353" w:id="1925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в установленном порядке решает вопросы финансово-экономической и хозяйственной деятельности, контролирует рациональное и целевое исполнение бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2117"/>
-    <w:bookmarkStart w:name="z2354" w:id="2118"/>
+    <w:bookmarkEnd w:id="1925"/>
+    <w:bookmarkStart w:name="z2354" w:id="1926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) обеспечивает соблюдение законности, договорной и финансовой дисциплины в деятельности Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2118"/>
-    <w:bookmarkStart w:name="z2355" w:id="2119"/>
+    <w:bookmarkEnd w:id="1926"/>
+    <w:bookmarkStart w:name="z2355" w:id="1927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2119"/>
-    <w:bookmarkStart w:name="z2356" w:id="2120"/>
+    <w:bookmarkEnd w:id="1927"/>
+    <w:bookmarkStart w:name="z2356" w:id="1928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2120"/>
-    <w:bookmarkStart w:name="z2357" w:id="2121"/>
+    <w:bookmarkEnd w:id="1928"/>
+    <w:bookmarkStart w:name="z2357" w:id="1929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2121"/>
-    <w:bookmarkStart w:name="z2358" w:id="2122"/>
+    <w:bookmarkEnd w:id="1929"/>
+    <w:bookmarkStart w:name="z2358" w:id="1930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2122"/>
-    <w:bookmarkStart w:name="z2359" w:id="2123"/>
+    <w:bookmarkEnd w:id="1930"/>
+    <w:bookmarkStart w:name="z2359" w:id="1931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2123"/>
-    <w:bookmarkStart w:name="z2360" w:id="2124"/>
+    <w:bookmarkEnd w:id="1931"/>
+    <w:bookmarkStart w:name="z2360" w:id="1932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2124"/>
-    <w:bookmarkStart w:name="z2361" w:id="2125"/>
+    <w:bookmarkEnd w:id="1932"/>
+    <w:bookmarkStart w:name="z2361" w:id="1933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2125"/>
-    <w:bookmarkStart w:name="z2362" w:id="2126"/>
+    <w:bookmarkEnd w:id="1933"/>
+    <w:bookmarkStart w:name="z2362" w:id="1934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2126"/>
-    <w:bookmarkStart w:name="z2363" w:id="2127"/>
+    <w:bookmarkEnd w:id="1934"/>
+    <w:bookmarkStart w:name="z2363" w:id="1935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2127"/>
-    <w:bookmarkStart w:name="z2364" w:id="2128"/>
+    <w:bookmarkEnd w:id="1935"/>
+    <w:bookmarkStart w:name="z2364" w:id="1936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация, находящаяся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2128"/>
-    <w:bookmarkStart w:name="z2365" w:id="2129"/>
+    <w:bookmarkEnd w:id="1936"/>
+    <w:bookmarkStart w:name="z2365" w:id="1937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Товарищество с ограниченной ответственностью "Центр экспертиз области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2129"/>
+    <w:bookmarkEnd w:id="1937"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -46806,1952 +46410,1952 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 23 к постановлению акимата области Жетісу от "____"_________2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2367" w:id="2130"/>
+    <w:bookmarkStart w:name="z2367" w:id="1938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление энергетики и жилищно-коммунального хозяйства области Жетісу"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2130"/>
-    <w:bookmarkStart w:name="z2368" w:id="2131"/>
+    <w:bookmarkEnd w:id="1938"/>
+    <w:bookmarkStart w:name="z2368" w:id="1939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2131"/>
-    <w:bookmarkStart w:name="z2369" w:id="2132"/>
+    <w:bookmarkEnd w:id="1939"/>
+    <w:bookmarkStart w:name="z2369" w:id="1940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственное учреждение "Управление энергетики и жилищно-коммунального хозяйства области Жетісу" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сферах энергетики и жилищно-коммунального хозяйства области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2132"/>
-    <w:bookmarkStart w:name="z2370" w:id="2133"/>
+    <w:bookmarkEnd w:id="1940"/>
+    <w:bookmarkStart w:name="z2370" w:id="1941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Управление не имеет ведомств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2133"/>
-    <w:bookmarkStart w:name="z2371" w:id="2134"/>
+    <w:bookmarkEnd w:id="1941"/>
+    <w:bookmarkStart w:name="z2371" w:id="1942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Управление осуществляет свою деятельность в соответствии с Конституцией и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2134"/>
-    <w:bookmarkStart w:name="z2372" w:id="2135"/>
+    <w:bookmarkEnd w:id="1942"/>
+    <w:bookmarkStart w:name="z2372" w:id="1943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском языке, бланки установленного образца счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2135"/>
-    <w:bookmarkStart w:name="z2373" w:id="2136"/>
+    <w:bookmarkEnd w:id="1943"/>
+    <w:bookmarkStart w:name="z2373" w:id="1944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2136"/>
-    <w:bookmarkStart w:name="z2374" w:id="2137"/>
+    <w:bookmarkEnd w:id="1944"/>
+    <w:bookmarkStart w:name="z2374" w:id="1945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2137"/>
-    <w:bookmarkStart w:name="z2375" w:id="2138"/>
+    <w:bookmarkEnd w:id="1945"/>
+    <w:bookmarkStart w:name="z2375" w:id="1946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2138"/>
-    <w:bookmarkStart w:name="z2376" w:id="2139"/>
+    <w:bookmarkEnd w:id="1946"/>
+    <w:bookmarkStart w:name="z2376" w:id="1947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2139"/>
-    <w:bookmarkStart w:name="z2377" w:id="2140"/>
+    <w:bookmarkEnd w:id="1947"/>
+    <w:bookmarkStart w:name="z2377" w:id="1948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 040000, Республика Казахстан, область Жетісу, город Талдыкорган, ул. Кабанбай батыра, № 26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2140"/>
-    <w:bookmarkStart w:name="z2378" w:id="2141"/>
+    <w:bookmarkEnd w:id="1948"/>
+    <w:bookmarkStart w:name="z2378" w:id="1949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее положение является учредительным документом Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2141"/>
-    <w:bookmarkStart w:name="z2379" w:id="2142"/>
+    <w:bookmarkEnd w:id="1949"/>
+    <w:bookmarkStart w:name="z2379" w:id="1950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Управления осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2142"/>
-    <w:bookmarkStart w:name="z2380" w:id="2143"/>
+    <w:bookmarkEnd w:id="1950"/>
+    <w:bookmarkStart w:name="z2380" w:id="1951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2143"/>
-    <w:bookmarkStart w:name="z2381" w:id="2144"/>
+    <w:bookmarkEnd w:id="1951"/>
+    <w:bookmarkStart w:name="z2381" w:id="1952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2144"/>
-    <w:bookmarkStart w:name="z2382" w:id="2145"/>
+    <w:bookmarkEnd w:id="1952"/>
+    <w:bookmarkStart w:name="z2382" w:id="1953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2145"/>
-    <w:bookmarkStart w:name="z2383" w:id="2146"/>
+    <w:bookmarkEnd w:id="1953"/>
+    <w:bookmarkStart w:name="z2383" w:id="1954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2146"/>
-    <w:bookmarkStart w:name="z2384" w:id="2147"/>
+    <w:bookmarkEnd w:id="1954"/>
+    <w:bookmarkStart w:name="z2384" w:id="1955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализация политики государственного управления в области энерго, тепло, водо-газоснабжения, участие в разработке, формировании и осуществлении планов, целевых программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2147"/>
-    <w:bookmarkStart w:name="z2385" w:id="2148"/>
+    <w:bookmarkEnd w:id="1955"/>
+    <w:bookmarkStart w:name="z2385" w:id="1956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реализация государственной политики в сфере жилищных отношений, обращения с коммунальными отходами в пределах границ (черты) населенных пунктов области и обеспечивает проведение государственной политики в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2148"/>
-    <w:bookmarkStart w:name="z2386" w:id="2149"/>
+    <w:bookmarkEnd w:id="1956"/>
+    <w:bookmarkStart w:name="z2386" w:id="1957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) реализация политики государственного регулирования в области водоснабжения, газоснабжения, водоотведения в пределах границ (черты) населенных пунктов области; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2149"/>
-    <w:bookmarkStart w:name="z2387" w:id="2150"/>
+    <w:bookmarkEnd w:id="1957"/>
+    <w:bookmarkStart w:name="z2387" w:id="1958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществление иных задач предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2150"/>
-    <w:bookmarkStart w:name="z2388" w:id="2151"/>
+    <w:bookmarkEnd w:id="1958"/>
+    <w:bookmarkStart w:name="z2388" w:id="1959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2151"/>
-    <w:bookmarkStart w:name="z2389" w:id="2152"/>
+    <w:bookmarkEnd w:id="1959"/>
+    <w:bookmarkStart w:name="z2389" w:id="1960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2152"/>
-    <w:bookmarkStart w:name="z2390" w:id="2153"/>
+    <w:bookmarkEnd w:id="1960"/>
+    <w:bookmarkStart w:name="z2390" w:id="1961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать от государственных органов, иных организаций, а также должностных лиц, граждан документы и сведения, необходимые для выполнения возложенных на него задач и функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2153"/>
-    <w:bookmarkStart w:name="z2391" w:id="2154"/>
+    <w:bookmarkEnd w:id="1961"/>
+    <w:bookmarkStart w:name="z2391" w:id="1962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       внесение в установленном порядке проектов постановлений акимата, решений и распоряжений акима, решений маслихата по вопросам, входящим в компетенцию Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2154"/>
-    <w:bookmarkStart w:name="z2392" w:id="2155"/>
+    <w:bookmarkEnd w:id="1962"/>
+    <w:bookmarkStart w:name="z2392" w:id="1963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2155"/>
-    <w:bookmarkStart w:name="z2393" w:id="2156"/>
+    <w:bookmarkEnd w:id="1963"/>
+    <w:bookmarkStart w:name="z2393" w:id="1964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        исполнять поручения вышестоящих органов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2156"/>
-    <w:bookmarkStart w:name="z2394" w:id="2157"/>
+    <w:bookmarkEnd w:id="1964"/>
+    <w:bookmarkStart w:name="z2394" w:id="1965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        разработка и внедрение проектов программ по повышению качества обслуживания энергетической отрасли и жилищно-коммунального хозяйства, подведению инженерных коммуникаций к коммунальным услугам, а также сносу аварийного и ветхого жилья в населенных пунктах области Жетісу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2157"/>
-    <w:bookmarkStart w:name="z2395" w:id="2158"/>
+    <w:bookmarkEnd w:id="1965"/>
+    <w:bookmarkStart w:name="z2395" w:id="1966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        обращаться в судебные органы для защиты интересов государства в части соблюдения норм действующего законодательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2158"/>
-    <w:bookmarkStart w:name="z2396" w:id="2159"/>
+    <w:bookmarkEnd w:id="1966"/>
+    <w:bookmarkStart w:name="z2396" w:id="1967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        осуществлять претензионно-исковую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2159"/>
-    <w:bookmarkStart w:name="z2397" w:id="2160"/>
+    <w:bookmarkEnd w:id="1967"/>
+    <w:bookmarkStart w:name="z2397" w:id="1968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        представлять интересы Управления во всех компетентных, государственных, административных органах, учреждениях, организациях, а также судебных и правоохранительных органах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2160"/>
-    <w:bookmarkStart w:name="z2398" w:id="2161"/>
+    <w:bookmarkEnd w:id="1968"/>
+    <w:bookmarkStart w:name="z2398" w:id="1969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        осуществлять иные права и обязанности, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2161"/>
-    <w:bookmarkStart w:name="z2399" w:id="2162"/>
+    <w:bookmarkEnd w:id="1969"/>
+    <w:bookmarkStart w:name="z2399" w:id="1970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2162"/>
-    <w:bookmarkStart w:name="z2400" w:id="2163"/>
+    <w:bookmarkEnd w:id="1970"/>
+    <w:bookmarkStart w:name="z2400" w:id="1971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) разработка и представление на утверждение нормативно-правовых актов в сфере управления областным коммунальным имуществом в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2163"/>
-    <w:bookmarkStart w:name="z2401" w:id="2164"/>
+    <w:bookmarkEnd w:id="1971"/>
+    <w:bookmarkStart w:name="z2401" w:id="1972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рассмотрение и утверждение пред проектной и проектной (проектно-сметной) документации на строительство объектов и комплексов, финансируемых за счет местного бюджета, а также республиканского бюджета, выделенного на финансирование местного бюджетного инвестиционного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2164"/>
-    <w:bookmarkStart w:name="z2402" w:id="2165"/>
+    <w:bookmarkEnd w:id="1972"/>
+    <w:bookmarkStart w:name="z2402" w:id="1973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организация строительства новых, а также расширении, техническом перевооружении, модернизации, реконструкции, реставрации и капитальном ремонте существующих строений, зданий, сооружений, инженерных и транспортных коммуникаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2165"/>
-    <w:bookmarkStart w:name="z2403" w:id="2166"/>
+    <w:bookmarkEnd w:id="1973"/>
+    <w:bookmarkStart w:name="z2403" w:id="1974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) формирование бюджетных заявок и проекты бюджетных программ на очередной плановый период для обоснования объемов расходов согласно Бюджетного Кодекса Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2166"/>
-    <w:bookmarkStart w:name="z2404" w:id="2167"/>
+    <w:bookmarkEnd w:id="1974"/>
+    <w:bookmarkStart w:name="z2404" w:id="1975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) организация и проведение государственных закупок для обеспечения функционирования деятельности и выполнения государственных функции государственного учреждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2167"/>
-    <w:bookmarkStart w:name="z2405" w:id="2168"/>
+    <w:bookmarkEnd w:id="1975"/>
+    <w:bookmarkStart w:name="z2405" w:id="1976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) на основании соответствующего бюджета (плана развития) или индивидуального плана финансирования разрабатывает и утверждает годовой план государственных закупок в порядке и форме, определенных правилами осуществления государственных закупок в сфере газоснабжения, электроснабжения и жилищно-коммунального хозяйства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2168"/>
-    <w:bookmarkStart w:name="z2406" w:id="2169"/>
+    <w:bookmarkEnd w:id="1976"/>
+    <w:bookmarkStart w:name="z2406" w:id="1977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) в случаях и порядке, предусмотренных законодательством Республики Казахстан внесение для принятия решений о передаче областного коммунального имущества на уровень коммунального имущества района, города областного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2169"/>
-    <w:bookmarkStart w:name="z2407" w:id="2170"/>
+    <w:bookmarkEnd w:id="1977"/>
+    <w:bookmarkStart w:name="z2407" w:id="1978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) представление в уполномоченный орган прогноза потребления сжиженного нефтяного газа на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2170"/>
-    <w:bookmarkStart w:name="z2408" w:id="2171"/>
+    <w:bookmarkEnd w:id="1978"/>
+    <w:bookmarkStart w:name="z2408" w:id="1979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) формирование и направление в уполномоченный орган сводные заявки на поставку сжиженного нефтяного газа на территорию области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2171"/>
-    <w:bookmarkStart w:name="z2409" w:id="2172"/>
+    <w:bookmarkEnd w:id="1979"/>
+    <w:bookmarkStart w:name="z2409" w:id="1980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) создание комиссии по формированию сводных заявок на поставку сжиженного нефтяного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2172"/>
-    <w:bookmarkStart w:name="z2410" w:id="2173"/>
+    <w:bookmarkEnd w:id="1980"/>
+    <w:bookmarkStart w:name="z2410" w:id="1981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) утверждение нормы потребления товарного и сжиженного нефтяного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2173"/>
-    <w:bookmarkStart w:name="z2411" w:id="2174"/>
+    <w:bookmarkEnd w:id="1981"/>
+    <w:bookmarkStart w:name="z2411" w:id="1982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) участие в реализации генеральной схемы газификации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2174"/>
-    <w:bookmarkStart w:name="z2412" w:id="2175"/>
+    <w:bookmarkEnd w:id="1982"/>
+    <w:bookmarkStart w:name="z2412" w:id="1983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) согласование проектов строительства, модернизации и (или) реконструкции газораспределительных систем и объектов систем снабжения сжиженным нефтяным газом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2175"/>
-    <w:bookmarkStart w:name="z2413" w:id="2176"/>
+    <w:bookmarkEnd w:id="1983"/>
+    <w:bookmarkStart w:name="z2413" w:id="1984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) организация строительства газовых и электрических сетей, находящихся в коммунальной собственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2176"/>
-    <w:bookmarkStart w:name="z2414" w:id="2177"/>
+    <w:bookmarkEnd w:id="1984"/>
+    <w:bookmarkStart w:name="z2414" w:id="1985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) разработка и утверждение перечня особо важных локальных систем водоснабжения, являющихся безальтернативными источниками питьевого водоснабжения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2177"/>
-    <w:bookmarkStart w:name="z2415" w:id="2178"/>
+    <w:bookmarkEnd w:id="1985"/>
+    <w:bookmarkStart w:name="z2415" w:id="1986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) разработка и представление на утверждение в местные представительные органы областей размер платы за один кубический метр поданной питьевой воды населению из особо важных групповых и локальных систем водоснабжения, являющихся безальтернативными источниками питьевого водоснабжения, по перечням, утвержденным соответственно уполномоченным органом или местными исполнительными органами областей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2178"/>
-    <w:bookmarkStart w:name="z2416" w:id="2179"/>
+    <w:bookmarkEnd w:id="1986"/>
+    <w:bookmarkStart w:name="z2416" w:id="1987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) реализация мероприятия по субсидированию стоимости услуг по подаче питьевой воды из особо важных групповых и локальных систем водоснабжения, являющихся безальтернативными источниками питьевого водоснабжения, по перечням, утвержденным соответственно уполномоченным органом или местными исполнительными органами областей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2179"/>
-    <w:bookmarkStart w:name="z2417" w:id="2180"/>
+    <w:bookmarkEnd w:id="1987"/>
+    <w:bookmarkStart w:name="z2417" w:id="1988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) предоставление в уполномоченный орган в области коммунального хозяйства информации об утверждении перечня особо важных локальных систем водоснабжения, являющихся безальтернативными источниками питьевого водоснабжения, в том числе при внесении в него изменений и (или) дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2180"/>
-    <w:bookmarkStart w:name="z2418" w:id="2181"/>
+    <w:bookmarkEnd w:id="1988"/>
+    <w:bookmarkStart w:name="z2418" w:id="1989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) организация и проведение поисково-разведочных работ на подземные воды для населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2181"/>
-    <w:bookmarkStart w:name="z2419" w:id="2182"/>
+    <w:bookmarkEnd w:id="1989"/>
+    <w:bookmarkStart w:name="z2419" w:id="1990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) организация проведения экспертизы проектных документов на подземные воды для хозяйственно-питьевого водоснабжения населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2182"/>
-    <w:bookmarkStart w:name="z2420" w:id="2183"/>
+    <w:bookmarkEnd w:id="1990"/>
+    <w:bookmarkStart w:name="z2420" w:id="1991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) согласование размещаемых на подведомственной территории проектов строительства объектов по использованию возобновляемых источников энергии для производства тепловой энергии, поставляемой в систему централизованного теплоснабжения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2183"/>
-    <w:bookmarkStart w:name="z2421" w:id="2184"/>
+    <w:bookmarkEnd w:id="1991"/>
+    <w:bookmarkStart w:name="z2421" w:id="1992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) мониторинг за подготовкой и осуществлению ремонтно-восстановительных работ по тепловым сетям и их функционирования в осенне-зимний период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2184"/>
-    <w:bookmarkStart w:name="z2422" w:id="2185"/>
+    <w:bookmarkEnd w:id="1992"/>
+    <w:bookmarkStart w:name="z2422" w:id="1993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) субсидирования энергопроизводящих организаций и теплопроизводящих субъектов на приобретение топлива для бесперебойного проведения отопительного сезона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2185"/>
-    <w:bookmarkStart w:name="z2423" w:id="2186"/>
+    <w:bookmarkEnd w:id="1993"/>
+    <w:bookmarkStart w:name="z2423" w:id="1994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) согласование плановых ремонтов котельных и тепловых сетей (магистральных, внутриквартальных);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2186"/>
-    <w:bookmarkStart w:name="z2424" w:id="2187"/>
+    <w:bookmarkEnd w:id="1994"/>
+    <w:bookmarkStart w:name="z2424" w:id="1995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) обеспечение включения мероприятий по энергосбережению и повышению энергоэффективности в программу развития соответствующей территории, заключение соглашения в области энергосбережения и повышения энергоэффективности, а также осуществление информационной деятельности в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2187"/>
-    <w:bookmarkStart w:name="z2425" w:id="2188"/>
+    <w:bookmarkEnd w:id="1995"/>
+    <w:bookmarkStart w:name="z2425" w:id="1996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) обеспечение проведения государственной политики в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2188"/>
-    <w:bookmarkStart w:name="z2426" w:id="2189"/>
+    <w:bookmarkEnd w:id="1996"/>
+    <w:bookmarkStart w:name="z2426" w:id="1997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) мониторинг работы районных, городских отделов жилищной инспекции по осуществлению государственного контроля объектов кондоминиума по сохранению и надлежащей эксплуатации жилищного фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2189"/>
-    <w:bookmarkStart w:name="z2427" w:id="2190"/>
+    <w:bookmarkEnd w:id="1997"/>
+    <w:bookmarkStart w:name="z2427" w:id="1998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) организация разработки программ по управлению отходами и обеспечение их выполнения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2190"/>
-    <w:bookmarkStart w:name="z2428" w:id="2191"/>
+    <w:bookmarkEnd w:id="1998"/>
+    <w:bookmarkStart w:name="z2428" w:id="1999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) организация обеспечения строительства объектов по удалению и размещению отходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2191"/>
-    <w:bookmarkStart w:name="z2429" w:id="2192"/>
+    <w:bookmarkEnd w:id="1999"/>
+    <w:bookmarkStart w:name="z2429" w:id="2000"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) внесение на утверждение правил расчета норм образования и накопления коммунальных отходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2192"/>
-    <w:bookmarkStart w:name="z2430" w:id="2193"/>
+    <w:bookmarkEnd w:id="2000"/>
+    <w:bookmarkStart w:name="z2430" w:id="2001"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) организация осуществления раздельного сбора, переработки и утилизации коммунальных отходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2193"/>
-    <w:bookmarkStart w:name="z2431" w:id="2194"/>
+    <w:bookmarkEnd w:id="2001"/>
+    <w:bookmarkStart w:name="z2431" w:id="2002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) осуществление мониторинга намечаемых к строительству (реконструкции, расширению, модернизации, капитальному ремонту) объектов на подведомственной территории объектов и комплексов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2194"/>
-    <w:bookmarkStart w:name="z2432" w:id="2195"/>
+    <w:bookmarkEnd w:id="2002"/>
+    <w:bookmarkStart w:name="z2432" w:id="2003"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) разработка и представление на утверждение норм потребления коммунальных услуг по газоснабжению, электроснабжению, водоснабжению, водоотведению и теплоснабжению для потребителей, не имеющих приборов учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2195"/>
-    <w:bookmarkStart w:name="z2433" w:id="2196"/>
+    <w:bookmarkEnd w:id="2003"/>
+    <w:bookmarkStart w:name="z2433" w:id="2004"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) разработка и представление на утверждение в маслихат правила подготовки и проведения отопительного сезона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2196"/>
-    <w:bookmarkStart w:name="z2434" w:id="2197"/>
+    <w:bookmarkEnd w:id="2004"/>
+    <w:bookmarkStart w:name="z2434" w:id="2005"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) реализация проектов по подведению инженерной инфраструктуры в рамках национального проекта по развитию предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2197"/>
-    <w:bookmarkStart w:name="z2435" w:id="2198"/>
+    <w:bookmarkEnd w:id="2005"/>
+    <w:bookmarkStart w:name="z2435" w:id="2006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36) осуществление иных функций, предусмотренных законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2198"/>
-    <w:bookmarkStart w:name="z2436" w:id="2199"/>
+    <w:bookmarkEnd w:id="2006"/>
+    <w:bookmarkStart w:name="z2436" w:id="2007"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2199"/>
-    <w:bookmarkStart w:name="z2437" w:id="2200"/>
+    <w:bookmarkEnd w:id="2007"/>
+    <w:bookmarkStart w:name="z2437" w:id="2008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2200"/>
-    <w:bookmarkStart w:name="z2438" w:id="2201"/>
+    <w:bookmarkEnd w:id="2008"/>
+    <w:bookmarkStart w:name="z2438" w:id="2009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2201"/>
-    <w:bookmarkStart w:name="z2439" w:id="2202"/>
+    <w:bookmarkEnd w:id="2009"/>
+    <w:bookmarkStart w:name="z2439" w:id="2010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Первый руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2202"/>
-    <w:bookmarkStart w:name="z2440" w:id="2203"/>
+    <w:bookmarkEnd w:id="2010"/>
+    <w:bookmarkStart w:name="z2440" w:id="2011"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Полномочия первого руководителя Управления: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2203"/>
-    <w:bookmarkStart w:name="z2441" w:id="2204"/>
+    <w:bookmarkEnd w:id="2011"/>
+    <w:bookmarkStart w:name="z2441" w:id="2012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах своей компетенции определят обязанности и полномочия своих заместителей и сотрудников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2204"/>
-    <w:bookmarkStart w:name="z2442" w:id="2205"/>
+    <w:bookmarkEnd w:id="2012"/>
+    <w:bookmarkStart w:name="z2442" w:id="2013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в соответствии с действующим законодательством назначает и освобождает от должности сотрудников Управления. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2205"/>
-    <w:bookmarkStart w:name="z2443" w:id="2206"/>
+    <w:bookmarkEnd w:id="2013"/>
+    <w:bookmarkStart w:name="z2443" w:id="2014"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в соответствии с действующим законодательством назначает и освобождает от должности руководителя государственных предприятий, находящихся в ведении Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2206"/>
-    <w:bookmarkStart w:name="z2444" w:id="2207"/>
+    <w:bookmarkEnd w:id="2014"/>
+    <w:bookmarkStart w:name="z2444" w:id="2015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в соответствии с действующим законодательством назначает и освобождает от должности заместителей руководителя государственных предприятий, находящихся в ведении Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2207"/>
-    <w:bookmarkStart w:name="z2445" w:id="2208"/>
+    <w:bookmarkEnd w:id="2015"/>
+    <w:bookmarkStart w:name="z2445" w:id="2016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания на работников Управления, руководителей и заместителей руководителей государственных, находящихся в ведении Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2208"/>
-    <w:bookmarkStart w:name="z2446" w:id="2209"/>
+    <w:bookmarkEnd w:id="2016"/>
+    <w:bookmarkStart w:name="z2446" w:id="2017"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в пределах своей компетенции издает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2209"/>
-    <w:bookmarkStart w:name="z2447" w:id="2210"/>
+    <w:bookmarkEnd w:id="2017"/>
+    <w:bookmarkStart w:name="z2447" w:id="2018"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) в пределах своей компетенции представляет интересы Управления в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2210"/>
-    <w:bookmarkStart w:name="z2448" w:id="2211"/>
+    <w:bookmarkEnd w:id="2018"/>
+    <w:bookmarkStart w:name="z2448" w:id="2019"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) противодействует коррупции в Управлении с установлением за это персональной ответственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2211"/>
-    <w:bookmarkStart w:name="z2449" w:id="2212"/>
+    <w:bookmarkEnd w:id="2019"/>
+    <w:bookmarkStart w:name="z2449" w:id="2020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2212"/>
-    <w:bookmarkStart w:name="z2450" w:id="2213"/>
+    <w:bookmarkEnd w:id="2020"/>
+    <w:bookmarkStart w:name="z2450" w:id="2021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2213"/>
-    <w:bookmarkStart w:name="z2451" w:id="2214"/>
+    <w:bookmarkEnd w:id="2021"/>
+    <w:bookmarkStart w:name="z2451" w:id="2022"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2214"/>
-    <w:bookmarkStart w:name="z2452" w:id="2215"/>
+    <w:bookmarkEnd w:id="2022"/>
+    <w:bookmarkStart w:name="z2452" w:id="2023"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2215"/>
-    <w:bookmarkStart w:name="z2453" w:id="2216"/>
+    <w:bookmarkEnd w:id="2023"/>
+    <w:bookmarkStart w:name="z2453" w:id="2024"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2216"/>
-    <w:bookmarkStart w:name="z2454" w:id="2217"/>
+    <w:bookmarkEnd w:id="2024"/>
+    <w:bookmarkStart w:name="z2454" w:id="2025"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2217"/>
-    <w:bookmarkStart w:name="z2455" w:id="2218"/>
+    <w:bookmarkEnd w:id="2025"/>
+    <w:bookmarkStart w:name="z2455" w:id="2026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2218"/>
-    <w:bookmarkStart w:name="z2456" w:id="2219"/>
+    <w:bookmarkEnd w:id="2026"/>
+    <w:bookmarkStart w:name="z2456" w:id="2027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2219"/>
-    <w:bookmarkStart w:name="z2457" w:id="2220"/>
+    <w:bookmarkEnd w:id="2027"/>
+    <w:bookmarkStart w:name="z2457" w:id="2028"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2220"/>
-    <w:bookmarkStart w:name="z2458" w:id="2221"/>
+    <w:bookmarkEnd w:id="2028"/>
+    <w:bookmarkStart w:name="z2458" w:id="2029"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация, находящаяся в ведении Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2221"/>
-    <w:bookmarkStart w:name="z2459" w:id="2222"/>
+    <w:bookmarkEnd w:id="2029"/>
+    <w:bookmarkStart w:name="z2459" w:id="2030"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственное коммунальное предприятие на праве хозяйственного ведения "ЖетісуГазСервис".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2222"/>
+    <w:bookmarkEnd w:id="2030"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>