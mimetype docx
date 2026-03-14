--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="34740fc" w14:textId="34740fc">
+    <w:p w14:paraId="c0244dd" w14:textId="c0244dd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении государственного образовательного заказа на дошкольное воспитание и обучение, размера родительской платы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата области Ұлытау от 16 июля 2025 года № 60/01</w:t>
+        <w:t>Постановление акимата области Ұлытау от 16 июля 2025 года № 60/01.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 1-13) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -544,100 +544,151 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к постановлению акимата области Ұлытау</w:t>
+              <w:t>к постановлению акимата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области Ұлытау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "16" июля 2025 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№60/01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Государственный образовательный заказ на дошкольное воспитание и обучение</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции постановления акимата области Ұлытау от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91/01</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -922,51 +973,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жезқазған қаласы</w:t>
+Город Жезқазған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -998,52 +1049,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Айсұлу" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Айсұлу" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1179,52 +1230,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Айналайын" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Айналайын" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1360,52 +1411,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Ханшайым" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Ханшайым" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1541,52 +1592,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Арман" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Арман" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1722,52 +1773,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Гүлдер" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Гүлдер" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1903,52 +1954,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Айгөлек" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Айгөлек" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2084,52 +2135,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Балдырған" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Балдырған" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2265,52 +2316,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Көктем" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Көктем" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2446,52 +2497,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Ертөстік" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Ертөстік" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2627,52 +2678,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Тамаша" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Тамаша" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2808,52 +2859,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Ұшқын" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Ұшқын" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2989,52 +3040,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Балбөбек" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Балбөбек" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3170,52 +3221,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Балауса" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Балауса" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3352,51 +3403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Салтанат" балабақша өкілдігі</w:t>
+Ясли-сад "Салтанат"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3533,51 +3584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жекеменшік мектепке дейінгі ұйымдар</w:t>
+Частные дошкольные организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3966,51 +4017,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сәтбаев қаласы</w:t>
+город Сатпаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4042,52 +4093,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Балдырған" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Балдырған" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4224,51 +4275,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қызыл телпек" балабақшасы</w:t>
+Ясли-сад "Қызыл телпек"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4404,52 +4455,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Гүлдер" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Гүлдер" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4585,52 +4636,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Балақай" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Балақай" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4766,52 +4817,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Құлыншақ" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Құлыншақ" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4947,52 +4998,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Айналайын" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Айналайын" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5128,52 +5179,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Қарлығаш" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Қарлығаш" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5309,52 +5360,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Балдәурен" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Балдәурен" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5490,52 +5541,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Күншуақ балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Күншуақ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5671,52 +5722,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Балапан" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Балапан" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5852,52 +5903,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Алпамыс" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Алпамыс" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6033,52 +6084,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Ертегі" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Ертегі" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6214,52 +6265,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Ақбота" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Ақбота" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6396,51 +6447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"Нұрбөбек" балабақша </w:t>
+Ясли-сад "Нұрбөбек" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6829,51 +6880,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаражал қаласы</w:t>
+город Каражал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6905,52 +6956,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Балдырған" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Балдырған" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7087,51 +7138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Балбөбек" балабақшасы</w:t>
+Ясли-сад "Балбөбек"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7268,51 +7319,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жекеменшік мектепке дейінгі ұйымдар</w:t>
+Частные дошкольные организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7372,51 +7423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-215</w:t>
+330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7701,51 +7752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаңаарқа ауданы</w:t>
+Жанааркинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7777,52 +7828,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Еркетай" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Еркетай" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7958,52 +8009,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Құлыншақ" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Құлыншақ" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8139,52 +8190,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Қарлығаш" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Қарлығаш" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8320,52 +8371,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Ер Төстік" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Ер Төстік" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8501,52 +8552,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Балдырған" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Балдырған" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8682,52 +8733,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Ақерке" балабақшасы</w:t>
+              <w:t xml:space="preserve">
+Ясли-сад "Ақерке" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8864,51 +8915,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жекеменшік мектепке дейінгі ұйымдар</w:t>
+Частные дошкольные организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8968,51 +9019,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-405</w:t>
+455</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9302,547 +9353,408 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...169 lines deleted...]
-40</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Улытауский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...139 lines deleted...]
-50</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ясли-сад "Балбұлақ" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154 198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...103 lines deleted...]
-134 267</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ясли-сад "Ертөстік" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111 461</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9875,517 +9787,517 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...139 lines deleted...]
-90</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ясли-сад "Таңшолпан" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+134 267</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...139 lines deleted...]
-105</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ясли-сад "Өркен" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101 637</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...103 lines deleted...]
-101 907</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ясли-сад "Айгөлек" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132 734</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10418,87 +10330,268 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ясли-сад "Балдәрен" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101 907</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жекеменшік мектепке дейінгі ұйымдар</w:t>
+Частные дошкольные организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10654,100 +10747,151 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к постановлению акимата области Ұлытау</w:t>
+              <w:t>к постановлению акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>области Ұлытау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>от "16" июля 2025 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 60/01</w:t>
+              <w:t>№60/01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Размер родительской платы на дошкольное воспитание и обучение</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции постановления акимата области Ұлытау от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91/01</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12070,51 +12214,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-215</w:t>
+330</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12482,51 +12626,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-405</w:t>
+455</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>