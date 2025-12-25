--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3f8a9f8" w14:textId="3f8a9f8">
+    <w:p w14:paraId="2a7a5e4" w14:textId="2a7a5e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -347,69 +347,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 116 726,0 тысяч тенге:</w:t>
+      1) доходы – 132 413,9 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 939,0 тысяч тенге;</w:t>
+      налоговые поступления – 7 904,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -419,69 +419,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов –109 787,0 тысяч тенге;</w:t>
+      поступления трансфертов –124 509,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты –121 155,4 тысяч тенге;</w:t>
+      2) затраты –136 843,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -627,61 +627,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Жаңасемей области Абай от 17.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Жаңасемей области Абай от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 19/215-VIII</w:t>
+        <w:t>№ 22/264-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -963,61 +963,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Озерского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Жаңасемей области Абай от 10.04.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Жаңасемей области Абай от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/158-VIII</w:t>
+        <w:t>№ 22/264-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1796,51 +1796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72 314,0</w:t>
+132 413,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1973,51 +1973,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 939,0</w:t>
+7 904,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2150,51 +2150,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 033,0</w:t>
+2 998,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2327,51 +2327,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 033,0</w:t>
+2 998,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4097,51 +4097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 375,0</w:t>
+124 509,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4274,51 +4274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 375,0</w:t>
+124 509,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4451,51 +4451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 375,0</w:t>
+124 509,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5536,51 +5536,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76 743,4</w:t>
+136 843,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5745,51 +5745,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 469,0</w:t>
+55 003,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5954,51 +5954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 469,0</w:t>
+55 003,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6163,51 +6163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 469,0</w:t>
+55 003,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6372,51 +6372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 924,0</w:t>
+54 458,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6790,51 +6790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 000,0</w:t>
+46 565,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6999,51 +6999,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 000,0</w:t>
+46 565,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7208,51 +7208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 000,0</w:t>
+46 565,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7417,469 +7417,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 000,0</w:t>
+26 565,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-19 274,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-19 274,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 274,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7899,196 +7899,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-19 274,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 274,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8140,447 +8140,447 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-19 274,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 274,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 274,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8735,160 +8735,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8976,128 +8976,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9217,128 +9217,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9463,51 +9467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9668,51 +9672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9873,51 +9877,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Сальдо по операциям с финансовыми активами</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10078,51 +10082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10283,51 +10287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10488,87 +10492,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--4 429,4</w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10693,87 +10697,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI. Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-4 429,4</w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4 429,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10898,87 +10902,292 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 429,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 VII.Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 429,4</w:t>
+4 429,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -29104,55 +29313,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>