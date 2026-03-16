--- v1 (2025-12-25)
+++ v2 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2a7a5e4" w14:textId="2a7a5e4">
+    <w:p w14:paraId="ec709ff" w14:textId="ec709ff">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -347,51 +347,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 132 413,9 тысяч тенге:</w:t>
+      1) доходы – 132 294,9 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 7 904,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -419,69 +419,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов –124 509,9 тысяч тенге;</w:t>
+      поступления трансфертов –124 390,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты –136 843,3 тысяч тенге;</w:t>
+      2) затраты –136 724,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -627,61 +627,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Жаңасемей области Абай от 02.12.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Жаңасемей области Абай от 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22/264-VIII</w:t>
+        <w:t>№ 24/300-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -963,61 +963,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Озерского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Жаңасемей области Абай от 02.12.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Жаңасемей области Абай от 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 22/264-VIII</w:t>
+        <w:t>№ 24/300-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1796,51 +1796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132 413,9</w:t>
+132 294,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4097,51 +4097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124 509,9</w:t>
+124 390,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4274,51 +4274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124 509,9</w:t>
+124 390,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4451,51 +4451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124 509,9</w:t>
+124 390,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5536,51 +5536,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-136 843,3</w:t>
+136 724,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7835,51 +7835,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 274,0</w:t>
+35 155,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8044,51 +8044,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 274,0</w:t>
+35 155,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8253,51 +8253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 274,0</w:t>
+35 155,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8462,51 +8462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 274,0</w:t>
+35 155,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>