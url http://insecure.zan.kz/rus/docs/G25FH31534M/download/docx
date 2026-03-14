--- v0 (2025-12-26)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e5440b8" w14:textId="e5440b8">
+    <w:p w14:paraId="899ad34" w14:textId="899ad34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -110,1973 +110,8034 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Жарминского районного маслихата области Абай от 8 декабря 2025 года № 31/534-VIII</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-                      Қалбатау ауылы                                                                                                         село Калбатау                                                                                                               </w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы шешімнің қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2- тармақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> караңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жарминский районный маслихат РЕШИЛ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve"> Жарминского районного маслихата "О бюджете Божыгурского сельского округа Жарминского района на 2025-2027 годы" от 05 января 2025 года № 20/383-VІII следующие изменения:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">О внесении изменений в решение </w:t>
-[...9 lines deleted...]
-        <w:t>Жарминского</w:t>
+        <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> от </w:t>
+        <w:t xml:space="preserve"> изложить в новой редакции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
+      "1. Утвердить бюджет Божыгурского сельского округа Жарминского района на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>05 января</w:t>
+        <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...19 lines deleted...]
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...19 lines deleted...]
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...139 lines deleted...]
-        <w:t>"</w:t>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...82 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z11" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            1. Внести в решение Жарминского районного маслихата "О бюджете Божыгурского сельского округа Жарминского района на 2025-2027 годы" от 05 января 2025 года № 20/383-VІII следующие изменения:</w:t>
+      1) доходы – 36 989,5 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            пункт 1 изложить в новой редакции:</w:t>
+      налоговые поступления – 4 966,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            1)  доходы – 36 989,5 тысяч тенге, в том числе:</w:t>
+      неналоговые поступления – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            налоговые поступления – 4 966,5 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            неналоговые поступления – 0,0 тенге;</w:t>
+      поступления трансфертов – 32 023,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            поступления от продажи основного капитала – 0,0 тенге;</w:t>
+      2) затраты – 37 525,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            поступления трансфертов – 32 023,0 тысяч тенге;</w:t>
+      3) чистое бюджетное кредитование – 0,0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            2) затраты – 37 525,4 тысяч тенге;</w:t>
+      бюджетные кредиты – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            3) чистое бюджетное кредитование – 0,0 тенге, в том числе:</w:t>
+      погашение бюджетных кредитов – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            бюджетные кредиты – 0,0 тенге;</w:t>
+      4) сальдо по операциям с финансовыми активами – 0,0 тенге, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            4)  сальдо по операциям с финансовыми активами – 0,0 тенге, в том числе:</w:t>
+      приобретение финансовых активов – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            5) дефицит (профицит) бюджета – - 535,9 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 535,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-            6) финансирование дефицита (использование профицита) бюджета –  535,9 тысяч тенге, в том числе:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 535,9 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления займов – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0,0 тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 535,9 тысяч тенге.".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...94 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Председатель Жарминского </w:t>
+        <w:t>приложение 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...48 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve"> к указанному решению изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...518 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Приложение к решению</w:t>
+      2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Председатель Жарминского районного маслихата </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>М. Оспанбаев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к решению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жарминского районного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маслихата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 08 декабря 2025 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№31/534-VIII</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1 к решению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жарминского районного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маслихата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 05 января 2025 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№20/383-VIIІ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...14 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> Бюджет Божыгурского сельского округа Жарминского района на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего доходы (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36989,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4966,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+807,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+807,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог с доходов, не облагаемых у источника выплаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+807,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4091,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на имущество физических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2002,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства с юридических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства с физических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2002,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2021,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2021,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плата за пользование земельными участками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плата за размещение наружной (визуальной) рекламы на объектах стационарного размещения рекламы в полосе отвода автомобильных дорог общего пользования республиканского, областного и районного значения, проходящих через территории городов районного значения, сел, поселков, сельских округов и на открытом пространстве за пределами помещений в городе районного значения, селе, поселке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества коммунальной собственности города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32023,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32023,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32023,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6539,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субвенции из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25484,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...137 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2108,88 +8169,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всего доходы (тысяч тенге)</w:t>
+Всего затраты (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2219,51 +8280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Класс</w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -2338,51 +8399,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подкласс</w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -2489,51 +8550,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Специфика</w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -2853,296 +8914,296 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Доходы</w:t>
-[...35 lines deleted...]
-36989,5</w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37525,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...167 lines deleted...]
-4966,5</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31770,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3171,918 +9232,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...866 lines deleted...]
-              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4098,6108 +9291,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6056 lines deleted...]
-Представительные, исполнительные и другие органы, выполняющие общие функции  государственного управления</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>