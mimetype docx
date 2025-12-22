--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b1cfa39" w14:textId="b1cfa39">
+    <w:p w14:paraId="c312eed" w14:textId="c312eed">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об образовании избирательных участков для проведения голосования и подсчета голосов в Енбекшиказахском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение акима Енбекшиказахского района Алматинской области от 18 июля 2025 года № 03-01</w:t>
+        <w:t>Решение акима Енбекшиказахского района Алматинской области от 18 июля 2025 года № 03-01.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z7" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -825,50 +825,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к решению акима Енбекшиказахского района от ____ _________ 2025 года № _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции решением акима Енбекшиказахского района Алматинского областного маслихата от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 05-01</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки на территории Енбекшиказахского района</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z21" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1159,51 +1197,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       переулки: А. Малькеева, Ханкелды батыра, Звездный. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z36" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2.Избирательный участок № 120.</w:t>
+      2. Избирательный участок № 120.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z37" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 98, здание коммунального государственного учреждения "Есикский специализированный лицей-интернат для одаренных детей "БІЛІМ–ИННОВАЦИЯ" имени А. Малькеева" государственного учреждения "Управление образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z38" w:id="25"/>
     <w:p>
@@ -1358,132 +1396,132 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       улица К. Орымбетова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22 А, 23, 24, 25, 25 А, 26, 27, 28, 29, 29 А, 30, 31, 31 А, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44,45, 46, 48, 50, 52, 54, 56, 58; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z46" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица С. Абдиева № 49, 49 А, 51, 51 А, 53, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 70, 71, 72, 73, 74, 75, 75 А, 76, 77, 78,79, 80, 80 А, 81, 82, 82 А, 83, 84, 85, 86, 86 А, 87, 88, 89, 90, 90 А, 91, 92, 92 А, 93, 94, 95, 95 А, 96, 97, 98, 99, 100, 102, 104, 106; </w:t>
+        <w:t>
+      улица С. Абдиева № 49, 49 А, 51, 51 А, 53, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 70, 71, 72, 73, 74, 75, 75 А, 76, 77, 78,79, 80, 80 А, 81, 82, 82 А, 83, 84, 85, 86, 86 А, 87, 88, 89, 90, 90 А, 91, 92, 92 А, 93, 94, 95, 95 А, 96, 97, 98, 99, 100, 102, 104, 106;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z47" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Фрунзе № 1, 2, 2 А, 3, 4, 4 А, 5, 6, 6 А, 7, 8;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z48" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Алматинская № 96, 98, 100, 100 А, 100 В, 100 Г, 102, 104, 104 А, 104 Б, 104 В, 104 Г, 104 Д, 106, 108, 110, 112, 112/1, 114, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 140 А, 142, 144, 146, 146 А, 148, 150, 152, 154, 156, 158, 158 А, 160, 160 А, 162, 162 А, 164, 164 А, 166, 166 А, 168, 170, 170 А, 172, 174, 174 А, 174 В, 174 Г, 174 Д, 176, 178, 178 А, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 200 А; </w:t>
+        <w:t>
+      улица Алматинская № 96, 98, 100, 100 А, 100 В, 100 Г, 102, 104, 104 А, 104 Б, 104 В, 104 Г, 104 Д, 106, 108, 110, 112, 112/1, 114, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 140 А, 142, 144, 146, 146 А, 148, 150, 152, 154, 156, 158, 158 А, 160, 160 А, 162, 162 А, 164, 164 А, 166, 166 А, 168, 170, 170 А, 172, 174, 174 А, 174 В, 174 Г, 174 Д, 176, 178, 178 А, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 200 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z49" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Западная № 1, 1 А, 1 К, 1 Л, 2, 2 А, 3, 4, 4 А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3.Избирательный участок № 121.</w:t>
+      3. Избирательный участок № 121.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 138, здание коммунального государственного учреждения "Средняя школа № 4 имени Абылай хана" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
@@ -1638,52 +1676,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       улица Пушкина № 1, 2, 3, 3 А, 4, 5, 5 А, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22 А, 23, 24, 25, 26, 26 А, 27, 28, 30; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Жамбыла № 1, 2, 3, 4, 5, 6, 7, 7 А, 8, 8 А, 9, 9 А, 10, 10 А, 11, 12, 13, 14, 15, 16, 16 А, 17, 18,19, 20, 21, 22, 23, 24, 25, 26, 27, 27 А, 28, 28 А, 29, 30, 31; </w:t>
+        <w:t>
+      улица Жамбыла № 1, 2, 3, 4, 5, 6, 7, 7 А, 8, 8 А, 9, 9 А, 10, 10 А, 11, 12, 13, 14, 15, 16, 16 А, 17, 18,19, 20, 21, 22, 23, 24, 25, 26, 27, 27 А, 28, 28 А, 29, 30, 31;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       улица Абая № 115, 117, 117 А, 119, 121, 123, 125, 127, 129, 131, 133, 135, 135 А, 137, 137 А, 138, 139, 140, 140 А, 141, 142, 143, 144, 145, 146, 147, 147 А, 148, 148 А, 149, 150, 151, 152, 153, 153 А, 154, 155, 156, 157, 158, 160, 162, 164, 166, 168, 170; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z62" w:id="49"/>
     <w:p>
@@ -1719,51 +1757,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       переулки: Попова, Абая, Первомайский. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z64" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4.Избирательный участок № 122.</w:t>
+      4. Избирательный участок № 122.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z65" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 231 А, фойе здания коммунального государственного учреждения "Средняя школа имени Р. Токатаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z66" w:id="53"/>
     <w:p>
@@ -1878,72 +1916,72 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       улица Р. Токатаева № 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 220 А, 222, 222 А, 224, 226, 228, 230, 232, 234, 236, 236 А, 238, 238 А, 240, 242, 244, 246, 248, 250, 252; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z72" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Жамбыла № 32, 33, 33 А, 34, 34 А, 35, 36, 37, 37 А, 38, 38 А, 39, 40, 41, 42, 43, 43 А, 45, 45 А, 45 Б, 46, 47, 47 А, 47 Б, 48, 49, 50, 50 А, 51, 51 А, 52, 53, 54, 55, 56, 75, 82, 249; </w:t>
+        <w:t>
+      улица Жамбыла № 32, 33, 33 А, 34, 34 А, 35, 36, 37, 37 А, 38, 38 А, 39, 40, 41, 42, 43, 43 А, 45, 45 А, 45 Б, 46, 47, 47 А, 47 Б, 48, 49, 50, 50 А, 51, 51 А, 52, 53, 54, 55, 56, 75, 82, 249;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z73" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица К. Орымбетова № 93, 93 А, 94, 94 А, 95, 95 А, 96, 96 А, 97, 98, 98 А, 98 В, 99, 100, 100 А, 101, 102, 102 А, 102 Б, 102 В, 103, 104, 105, 105 А, 106, 107, 108, 109, 110, 110 А, 111, 112, 113, 113 А, 114, 115, 116, 117, 118, 118 А, 119, 120, 121, 121 А, 122, 123, 124, 125, 126, 127, 127 А, 128, 129, 129 А, 130, 131, 132, 132 А, 133, 134, 135, 135 А, 136, 137, 138, 139, 140, 140 А, 141, 142, 143, 144, 145, 146, 147, 148, 148 А, 149, 149 А, 150, 151, 152, 153, 154, 156, 157, 158, 159, 161, 163, 165, 165 А, 167, 169, 171; </w:t>
+        <w:t>
+      улица К. Орымбетова № 93, 93 А, 94, 94 А, 95, 95 А, 96, 96 А, 97, 98, 98 А, 98 В, 99, 100, 100 А, 101, 102, 102 А, 102 Б, 102 В, 103, 104, 105, 105 А, 106, 107, 108, 109, 110, 110 А, 111, 112, 113, 113 А, 114, 115, 116, 117, 118, 118 А, 119, 120, 121, 121 А, 122, 123, 124, 125, 126, 127, 127 А, 128, 129, 129 А, 130, 131, 132, 132 А, 133, 134, 135, 135 А, 136, 137, 138, 139, 140, 140 А, 141, 142, 143, 144, 145, 146, 147, 148, 148 А, 149, 149 А, 150, 151, 152, 153, 154, 156, 157, 158, 159, 161, 163, 165, 165 А, 167, 169, 171;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z74" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       улица Чернышевского № 45, 46, 46 А, 47, 48, 49, 50, 50 А, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 68 А, 69, 70, 71, 71 А, 71 Б, 71 В, 71 Г, 72, 73, 74, 75, 76, 77, 78, 79, 79 А, 80, 81, 82, 83, 84, 85, 86, 88, 89, 90, 91, 92; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z75" w:id="62"/>
     <w:p>
@@ -1998,52 +2036,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проспект Жамбыла № 26, 28, 28 А, 28 Б, 30, 32, 34, 36, 38, 40, 42;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z78" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5.Избирательный участок № 123. </w:t>
+        <w:t>
+      5. Избирательный участок № 123.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z79" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 318 А, здание государственного коммунального казенного предприятия "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z80" w:id="67"/>
     <w:p>
@@ -2059,11734 +2097,11966 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Границы избирательного участка: город Есик, улицы полностью: М. Маметовой, Амурская, Мечникова, Заводская; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z81" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица С. Абдиева № 141, 143, 145, 147, 149, 149 А, 151, 151 А, 153, 153 А, 155, 157, 159, 161, 163, 163 А, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 183 А, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 206, 208, 210, 210 А, 210 Б, 212, 214, 216, 218, 220, 222, 224, 224 Б, 226, 228, 230, 232, 234,236, 238, 240, 242; </w:t>
+      улица К. Жаманкараева № 195, 197, 199, 201, 201 А, 203, 205, 207, 209, 211, 211 А, 212, 213, 213 А, 214, 215, 216, 217, 218, 219, 219 А, 220, 220 А, 220 Б, 221, 222, 222 А, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 236 А, 237, 238; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z82" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица К. Орымбетова № 160, 160 А, 162, 164, 166, 168, 170, 172, 173, 174, 175, 176, 176 А, 176 Б, 176 В, 176 Г, 177, 177 А, 178, 179, 179 А, 180, 180 А, 181, 182, 183, 184, 185, 185 А, 186, 187, 188, 189, 189 А, 190, 191, 192, 193, 194, 195, 195 А, 196, 197, 198, 198 А, 199, 200, 200 А, 201, 201 А, 202, 203, 204, 205, 206, 207, 208, 208 А, 209, 210, 211, 212, 212 А, 213, 214, 215, 218, 220;</w:t>
+        <w:t xml:space="preserve">
+      улица Р. Токатаева № 254, 255, 256, 256 А, 257, 258, 259, 259 А, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 269 А, 270, 271, 272, 272 А, 273, 274, 275, 276, 276 А, 277, 278, 278 А, 279, 280, 280 А, 280 В, 281, 282, 283, 284, 285, 286, 287, 288, 289 290; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z83" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица К. Жаманкараева № 195, 197, 199, 201, 201 А, 203, 205, 207, 209, 211, 211 А, 212, 213, 213 А, 214, 215, 216, 217, 218, 219, 219 А, 220, 220 А, 220 Б, 221, 222, 222 А, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 236 А, 237, 238; </w:t>
+        <w:t>
+      улица Г. Тохтабаева № 43, 43 А, 44, 45, 46, 47, 47 А, 48, 49, 49 А, 49 В, 50, 51, 52, 53, 53 А, 53 Б, 54, 55, 55 А, 55 В, 56, 57, 58, 59, 60, 61, 61/1, 61/2, 61/5, 62, 62 А, 62 Б, 64, 66, 68, 70, 72;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z84" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Абая № 249, 249 А, 251, 253, 255, 257, 259, 261, 263, 265, 267, 268, 269, 270, 271, 272, 273, 274, 274 А, 275, 276, 277, 277 А, 277 Б, 277 В, 277 Д, 278, 279, 280, 281, 282, 283, 284, 285, 286, 287, 289, 289 В, 289 Г, 289 Д, 289 Е, 289 К, 290, 290 А, 290 Б, 292, 294, 296, 298, 300, 300 А, 302, 302 А, 304, 306, 308, 310, 312, 314, 314 А, 314 Б, 316, 318, 318/1, 318 А;</w:t>
+        <w:t xml:space="preserve">
+      улица Амангельды № 106, 108, 110, 112, 114, 114 А, 116, 116 А, 118, 118 А, 120, 122, 122 А, 124, 126, 126 А, 128, 130, 130 А, 130 Б, 130 В, 132, 134, 134 А, 136, 138, 140, 142, 144, 144 А, 144 Б, 146, 148, 150; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z85" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Р. Токатаева № 254, 255, 256, 256 А, 257, 258, 259, 259 А, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 269 А, 270, 271, 272, 272 А, 273, 274, 275, 276, 276 А, 277, 278, 278 А, 279, 280, 280 А, 280 В, 281, 282, 283, 284, 285, 286, 287, 288, 289 290; </w:t>
+      улица Торговая № 11, 11 А, 12, 13, 13 А, 14, 15, 16, 17, 18, 18 А, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33 А, 33 Б; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z86" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Г. Тохтабаева № 43, 43 А, 44, 45, 46, 47, 47 А, 48, 49, 49 А, 49 В, 50, 51, 52, 53, 53 А, 53 Б, 54, 55, 55 А, 55 В, 56, 57, 58, 59, 60, 61, 61/1, 61/2, 61/5, 62, 62 А, 62 Б, 64, 66, 68, 70, 72; </w:t>
+      улица Ш. Кумаровой № 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 22, 23, 23 А, 24, 25, 25 А, 26, 27, 28, 28 А, 29, 29 А, 30, 31, 31 А, 32, 33, 34, 35, 36, 37, 38, 38 А, 39, 40, 41, 42, 42 А, 43, 43 А, 44, 45, 46, 46 А, 47, 47 А, 48, 49, 50, 51, 51 А, 52, 53, 53 А, 54, 55, 56, 57, 58, 59; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z87" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Амангельды № 106, 108, 110, 112, 114, 114 А, 116, 116 А, 118, 118 А, 120, 122, 122 А, 124, 126, 126 А, 128, 130, 130 А, 130 Б, 130 В, 132, 134, 134 А, 136, 138, 140, 142, 144, 144 А, 144 Б, 146, 148, 150; </w:t>
+      проспект Жамбыла № 9, 11, 13, 15, 17, 19, 21, 21 А, 23, 25, 27, 31, 33, 35, 37, 39, 41, 43, 45, 47; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z88" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Торговая № 11, 11 А, 12, 13, 13 А, 14, 15, 16, 17, 18, 18 А, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33 А, 33 Б; </w:t>
+        <w:t>
+      микрорайон № 1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z89" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Ш. Кумаровой № 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 22, 23, 23 А, 24, 25, 25 А, 26, 27, 28, 28 А, 29, 29 А, 30, 31, 31 А, 32, 33, 34, 35, 36, 37, 38, 38 А, 39, 40, 41, 42, 42 А, 43, 43 А, 44, 45, 46, 46 А, 47, 47 А, 48, 49, 50, 51, 51 А, 52, 53, 53 А, 54, 55, 56, 57, 58, 59; </w:t>
+        <w:t>
+      переулки: Заводской, Амангелды, Северный.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z90" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      проспект Жамбыла № 9, 11, 13, 15, 17, 19, 21, 21 А, 23, 25, 27, 31, 33, 35, 37, 39, 41, 43, 45, 47; </w:t>
+        <w:t>
+      6. Избирательный участок № 124.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z91" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      микрорайон № 1; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 320, здание государственного коммунального казенного предприятия "Есикский гуманитарно-экономический колледж" государственного учреждения "Управление образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z92" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      переулки: Заводской, Амангелды, Северный.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: город Есик, улицы полностью: Ардагер, Болашак, Ынтымак, Желтоксан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z93" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6.Избирательный участок № 124.</w:t>
+      улица Абая № 249, 249 А, 251, 253, 255, 257, 259, 261, 263, 265, 267, 268, 269, 270, 271, 272, 273, 274, 274 А, 275, 276, 277, 277 А, 277 Б, 277 В, 277 Д, 278, 279, 280, 281, 282, 283, 284, 285, 286, 287, 289, 289 В, 289 Г, 289 Д, 289 Е, 289 К, 290, 290 А, 290 Б, 291, 292, 293, 294, 295, 295 Б, 296, 297, 298, 299, 300, 300 А, 301, 302, 302 А, 303, 304, 305, 306, 307, 308, 309, 309 А, 310, 311, 312, 313, 314, 314 А, 314 Б, 315, 316, 317, 318, 318/1, 318 А; 319, 320, 320 А, 321, 322, 322 А, 322 Б, 323, 324, 325, 326, 326 А, 327, 328, 328 А, 328 Б, 328 В, 328 Е, 328 К, 328 Л, 328 М, 329, 330, 330 А, 331, 332, 332 А, 332 Б, 332 В, 332 Г, 332 Д, 333, 334, 335, 336, 336 В, 336 Г, 336 Д, 336 Е, 336 К;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z94" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 320, здание государственного коммунального казенного предприятия "Есикский гуманитарно-экономический колледж" государственного учреждения "Управление образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      улица С. Абдиева № 141, 143, 145, 147, 149, 149 А, 151, 151 А, 153, 153 А, 155, 157, 159, 161, 163, 163 А, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 183 А, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 206, 208, 210, 210 А, 210 Б, 212, 214, 216, 218, 220, 222, 224, 224 Б, 226, 228, 230, 232, 234,236, 238, 240, 242; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:bookmarkStart w:name="z95" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: город Есик, улицы полностью: Ардагер, Болашак, Ынтымак, Желтоксан; </w:t>
+        <w:t>
+      улица К. Орымбетова № 160, 160 А, 162, 164, 166, 168, 170, 172, 173, 174, 175, 176, 176 А, 176 Б, 176 В, 176 Г, 177, 177 А, 178, 179, 179 А, 180, 180 А, 181, 182, 183, 184, 185, 185 А, 186, 187, 188, 189, 189 А, 190, 191, 192, 193, 194, 195, 195 А, 196, 197, 198, 198 А, 199, 200, 200 А, 201, 201 А, 202, 203, 204, 205, 206, 207, 208, 208 А, 209, 210, 211, 212, 212 А, 213, 214, 215, 216, 218, 220;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z96" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Абая № 291, 293, 295, 295 Б, 297, 299, 301, 303, 305, 307, 309, 309 А, 311, 313, 315, 317, 319, 320, 320 А, 321, 322, 322 А, 322 Б, 323, 324, 325, 326, 326 А, 327, 328, 328 А, 328 Б, 328 В, 328 Е, 328 К, 328 Л, 328 М, 329, 330, 330 А, 331, 332, 332 А, 332 Б, 332 В, 332 Г, 332 Д, 333, 334, 335, 336, 336 В, 336 Г, 336 Д, 336 Е, 336 К; </w:t>
+        <w:t>
+      микрорайоны: № 2, № 4.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z97" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица К. Орымбетова № 216; </w:t>
+        <w:t>
+      7. Избирательный участок № 125.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z98" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      микрорайоны: № 2, № 4. </w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Набережная строение № 161, здание государственного коммунального казенного предприятия "Казахская средняя школа-лицей №6" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z99" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7.Избирательный участок № 125.</w:t>
+      Границы избирательного участка: город Есик, улица полностью: Марата Абдошулы Ыскак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z100" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Набережная строение № 161, здание государственного коммунального казенного предприятия "Казахская средняя школа-лицей №6" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+      улица Амангельды № 97, 99, 101, 103, 105, 105 А, 107, 109, 111, 113, 113 А, 115, 117, 117 А, 117 Б, 117 В, 117 Г, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z101" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: город Есик, улица полностью: Марата Абдошулы Ыскак;</w:t>
+      улица Набережная № 96, 96 А, 97, 98, 99, 99 А, 100, 101, 102, 102 А, 102 Б, 103, 104, 105, 106, 107, 108, 109, 110, 110 А, 111, 112, 113, 114, 115, 116, 117, 118, 118 А, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 132 А, 132 Б, 133, 134, 134 А, 135, 135 А, 136, 137, 138, 138 А, 138 Б, 140, 141, 142, 143, 143 А, 143 Б, 143 В, 144, 144 А, 145, 145 А, 145 Б, 147, 147 А, 149, 149 А, 149 Б, 151, 153, 153 А, 155, 157, 157 Б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z102" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Амангельды № 97, 99, 101, 103, 105, 105 А, 107, 109, 111, 113, 113 А, 115, 117, 117 А, 117 Б, 117 В, 117 Г, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143; </w:t>
+        <w:t>
+      улица Торговая № 1, 2, 3, 4, 4 А, 5, 6, 6 А, 7, 8, 8 А, 9, 9 А, 9 Б, 9 В, 10, 10 А, 10 Б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z103" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Набережная № 96, 96 А, 97, 98, 99, 99 А, 100, 101, 102, 102 А, 102 Б, 103, 104, 105, 106, 107, 108, 109, 110, 110 А, 111, 112, 113, 114, 115, 116, 117, 118, 118 А, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 132 А, 132 Б, 133, 134, 134 А, 135, 135 А, 136, 137, 138, 138 А, 138 Б, 140, 141, 142, 143, 143 А, 143 Б, 143 В, 144, 144 А, 145, 145 А, 145 Б, 147, 147 А, 149, 149 А, 149 Б, 151, 153, 153 А, 155, 157, 157 Б;</w:t>
+        <w:t xml:space="preserve">
+      улица Ш. Кумаровой № 1, 2, 2 А, 3, 3 А, 4, 5, 6, 7, 8, 9, 9 А; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:bookmarkStart w:name="z104" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Торговая № 1, 2, 3, 4, 4 А, 5, 6, 6 А, 7, 8, 8 А, 9, 9 А, 9 Б, 9 В, 10, 10 А, 10 Б;</w:t>
+      улица Ш. Валиханова № 11, 11 Б, 13, 15, 16, 16 Б, 16 В, 16 Г, 17, 18, 19, 20, 20 А, 20 Б, 21, 22, 23, 24, 24 А, 24 Б, 24 В, 25, 25 А, 25 Б, 26, 26 А, 26 Б, 27, 27 А, 28, 29, 30, 31, 31 Г, 32, 33, 33/1, 33 А, 33 Б, 33 В, 34, 35, 35 А, 36, 37, 38, 145 А, 145 Б, 145 В;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z105" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Ш. Кумаровой № 1, 2, 2 А, 3, 3 А, 4, 5, 6, 7, 8, 9, 9 А; </w:t>
+      улица Есикская № 18, 20, 22, 24, 24 А, 26, 26, 28; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z106" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Ш. Валиханова № 11, 11 Б, 13, 15, 16, 16 Б, 16 В, 16 Г, 17, 18, 19, 20, 20 А, 20 Б, 21, 22, 23, 24, 24 А, 24 Б, 24 В, 25, 25 А, 25 Б, 26, 26 А, 26 Б, 27, 27 А, 28, 29, 30, 31, 31 Г, 32, 33, 33/1, 33 А, 33 Б, 33 В, 34, 35, 35 А, 36, 37, 38, 145 А, 145 Б, 145 В;</w:t>
+        <w:t xml:space="preserve">
+      проспект Жамбыла № 1, 3, 5, 6, 7, 7 А, 7 А/2; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:bookmarkStart w:name="z107" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Есикская № 18, 20, 22, 24, 24 А, 26, 26, 28; </w:t>
+      микрорайон № 3. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:bookmarkStart w:name="z108" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      проспект Жамбыла № 1, 3, 5, 6, 7, 7 А, 7 А/2; </w:t>
+        <w:t>
+      8. Избирательный участок № 126.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z109" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      микрорайон № 3. </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Алматинская строение № 37, фойе здания коммунального государственного учреждения "Средняя школа имени К. Сатпаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z110" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8.Избирательный участок № 126.</w:t>
+      Границы избирательного участка: город Есик, улицы полностью: Арычная, Менделеева, Малая, Волжский, А. Гайдара, Байкальская, Колесника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z111" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Алматинская строение № 37, фойе здания коммунального государственного учреждения "Средняя школа имени К. Сатпаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица Одесская № 2, 4, 6, 8, 8 А, 10, 12, 14, 16, 18, 18 А, 20, 20 А, 22, 24, 26, 28, 30, 32, 34, 36, 38;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:bookmarkStart w:name="z112" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: город Есик, улицы полностью: Менделеева, Малая, Волжский, А. Гайдара, Байкальская;</w:t>
+      улица аллея Алтын Адам № 23, 23 А, 25, 27, 29, 31, 33, 35, 37, 38, 39, 40, 41, 42, 42 А, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 54 А, 54 Б, 54 В, 54 Г, 55, 56, 56 А, 57, 58, 58 Б; 59, 59 А, 60, 61, 62, 63, 63 А, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 73 А, 74, 75, 76, 77, 78, 79, 80, 80 А, 81, 82, 83, 84, 84 В, 85, 85 А, 85 Б, 86, 87, 87 А, 88, 89, 90, 91, 92, 92 А, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 102 А, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 113 А, 113 Б, 113 В, 113 Г, 113 Д, 113 Е, 113 К, 113 Л, 114, 115, 116, 117, 118, 120, 122, 122 Б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z113" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Колесника № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9 А, 10, 11, 11 А, 12, 13, 14, 15, 15 А, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 26 А, 27, 28, 28 А, 29, 29 А, 30, 31, 32 А, 34, 36, 38, 38 А, 38 Б, 40, 40 А, 42, 44, 46, 48, 50, 52, 54, 56, 58; </w:t>
+        <w:t>
+      улица Астана № 1, 1 А, 1 Б, 1 Е, 2, 3, 4, 5, 6, 7, 8, 8 А, 9, 9 А, 10, 11, 12, 12 А, 13, 14, 14 А, 15, 15 А, 16, 17, 18, 19, 20, 21, 21 А, 22, 23, 24, 25, 26, 27, 27 А, 28, 29, 30, 31, 32, 33, 34, 35, 35 А, 36, 37, 38, , 38 А, 39, 40, 41, 42, 42 А, 3, 44, 44 А, 45, 46, 46 А, 47, 47 А, 48, 49, 50, 51, 51 А, 52, 53, 54, 55, 56, 57, 58, 58 А, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 70 А, 71, 72, 73, 74, 75, 75 А, 76, 76 А, 77, 77 А, 78, 79, 79 А, 81;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z114" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Одесская № 2, 4, 6, 8, 8 А, 10, 12, 14, 16, 18, 18 А, 20, 20 А, 22, 24, 26, 28, 30, 32, 34, 36, 38;</w:t>
+      улица Алматинская № 37, 37 А, 39, 40, 41, 41 А, 41 Б, 41 В, 41 Г, 42, 43, 43 А, 44, 45, 45 А, 45 Б, 45 В, 46, 47, 47 А, 48, 49, 50, 51, 53, 53 А, 55, 57, 57 А, 59, 61, 61 А, 63, 63 А, 65, 65 А, 65 В, 67, 69, 71, 73, 75, 75 А, 75 Б, 77, 79, 81, 81 А, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 107 А, 109;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkStart w:name="z115" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица аллея Алтын Адам № 23, 23 А, 25, 27, 29, 31, 33, 35, 37, 38, 39, 40, 41, 42, 42 А, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 54 А, 54 Б, 54 В, 54 Г, 55, 56, 56 А, 57, 58, 58 Б; 59, 59 А, 60, 61, 62, 63, 63 А, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 73 А, 74, 75, 76, 77, 78, 79, 80, 80 А, 81, 82, 83, 84, 84 В, 85, 85 А, 85 Б, 86, 87, 87 А, 88, 89, 90, 91, 92, 92 А, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 102 А, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 113 А, 113 Б, 113 В, 113 Г, 113 Д, 113 Е, 113 К, 113 Л, 114, 115, 116, 117, 118, 120, 122, 122 Б;</w:t>
+      улица Гастелло № 24, 25, 26, 26 А, 27, 28, 29, 29 А, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 48 А, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 58 А, 59, 60, 60 А, 61, 62, 62 А, 63, 64, 65, 65 А, 66, 67, 68, 69, 69 А, 70, 71, 71 А, 72, 73, 74, 75, 76, 76 А, 77, 78, 78 А, 79, 80 80 А, 81, 81 А, 82, 83, 84, 85, 86, 86 А, 87, 87 А, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkStart w:name="z116" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Астана № 1, 1 А, 1 Б, 1 Е, 2, 3, 4, 5, 6, 7, 8, 8 А, 9, 9 А, 10, 11, 12, 12 А, 13, 14, 14 А, 15, 15 А, 16, 17, 18, 19, 20, 21, 21 А, 22, 23, 24, 25, 26, 27, 27 А, 28, 29, 30, 31, 32, 33, 34, 35, 35 А, 36, 37, 38, , 38 А, 39, 40, 41, 42, 42 А, 3, 44, 44 А, 45, 46, 46 А, 47, 47 А, 48, 49, 50, 51, 51 А, 52, 53, 54, 55, 56, 57, 58, 58 А, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 70 А, 71, 72, 73, 74, 75, 75 А, 76, 76 А, 77, 77 А, 78, 79, 79 А, 81;</w:t>
+      улица Матросова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11 А, 12, 13, 14, 15, 16, 17, 17 А, 17 Б, 18, 18 Б, 18 В, 20;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z117" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Алматинская № 37, 37 А, 39, 40, 41, 41 А, 41 Б, 41 В, 41 Г, 42, 43, 43 А, 44, 45, 45 А, 45 Б, 45 В, 46, 47, 47 А, 48, 49, 50, 51, 53, 53 А, 55, 57, 57 А, 59, 61, 61 А, 63, 63 А, 65, 65 А, 65 В, 67, 69, 71, 73, 75, 75 А, 75 Б, 77, 79, 81, 81 А, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 107 А, 109;</w:t>
+      улица Чернышевского № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9 А, 10, 11, 12, 13, 14, 15, 17, 19;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:bookmarkStart w:name="z118" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Гастелло № 24, 25, 26, 26 А, 27, 28, 29, 29 А, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 48 А, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 58 А, 59, 60, 60 А, 61, 62, 62 А, 63, 64, 65, 65 А, 66, 67, 68, 69, 69 А, 70, 71, 71 А, 72, 73, 74, 75, 76, 76 А, 77, 78, 78 А, 79, 80 80 А, 81, 81 А, 82, 83, 84, 85, 86, 86 А, 87, 87 А, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98; </w:t>
+        <w:t>
+      улица Островского № 1, 3, 5, 7, 9, 11, 13, 13 А, 13, Б, 13 Г;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z119" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Матросова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11 А, 12, 13, 14, 15, 16, 17, 17 А, 17 Б, 18, 18 Б, 18 В, 20;</w:t>
+      улица Крымская № 1, 2, 2 А, 2 Б, 2 В, 3, 3 А, 4, 4 Б, 5, 5 А, 6, 6 А, 7, 8, 8 А, 9, 10, 10 А, 11, 12, 13, 13 А, 14, 15, 16, 17, 17 А, 18, 18 А, 19, 20, 21, 22, 23, 24;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:bookmarkStart w:name="z120" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Чернышевского № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9 А, 10, 11, 12, 13, 14, 15, 17, 19; </w:t>
+        <w:t>
+      переулки: Западный, Глубинный, Волжский, А. Гайдара, Украинский, Зеленый, Одесский, Байкальский.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:bookmarkStart w:name="z121" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Островского № 1, 3, 5, 7, 9, 11, 13, 13 А, 13, Б, 13 Г; </w:t>
+        <w:t>
+      9. Избирательный участок № 127.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:bookmarkStart w:name="z122" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулки: Глубинный, Волжский, А. Гайдара, Украинский, Зеленый, Одесский, Байкальский.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Астана строение № 1, здание филиала "Иле-Алатауское территориальное экплуатационно-техническое управление" государственного учреждения "Казселезащита" Министерства по чрезвычайным ситуациям Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:bookmarkStart w:name="z123" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9.Избирательный участок № 127.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: город Есик, улицы полностью: Некрасова, Крылова, Степная, Калинина, Коммунальная, Сакена Сейфуллина, Талгарская, Панфилова, Магжана Жумабаева, Жарокова, Бейимбета Майлина, Зазулина, Алии Молдагуловой, Спортивная, Юбилейная, Толе би, Казыбек би, Айтеке би, Байтерек; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
     <w:bookmarkStart w:name="z124" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Астана строение № 1, здание филиала "Иле-Алатауское территориальное экплуатационно-техническое управление" государственного учреждения "Казселезащита" Министерства по чрезвычайным ситуациям Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      улица Ш. Валиханова № 1, 1 А, 2, 3, 4, 5, 5 А, 5 В, 6, 7, 7 Б, 8, 9, 10, 12, 14; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:bookmarkStart w:name="z125" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Границы избирательного участка: город Есик, улицы полностью: Некрасова, Крылова, Степная, Калинина, Коммунальная, Сакена Сейфуллина, Талгарская, Панфилова, Магжана Жумабаева, Жарокова, Бейимбета Майлина, Зазулина, Алии Молдагуловой, Спортивная, Юбилейная, Толе би, Казыбек би, Айтеке би, Байтерек; </w:t>
+      улица Киевская № 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 18 А, 18 Б, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43,44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 91 А, 92, 92 А, 92 Б, 93, 95, 97, 99, 101; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z126" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Ш. Валиханова № 1, 1 А, 2, 3, 4, 5, 5 А, 5 В, 6, 7, 7 Б, 8, 9, 10, 12, 14; </w:t>
+      улица Космонавтов № 1, 1 А, 1 Д, 3, 5, 7, 9, 11, 11 А, 11 Б, 13, 13 Б, 15, 17, 19, 21; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:bookmarkStart w:name="z127" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Киевская № 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 18 А, 18 Б, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43,44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 91 А, 92, 92 А, 92 Б, 93, 95, 97, 99, 101; </w:t>
+      улица Крымская № 25, 26, 26 А, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50 А, 51, 52, 53, 54, 55, 56, 57, 58, 59; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z128" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Космонавтов № 1, 1 А, 1 Д, 3, 5, 7, 9, 11, 11 А, 11 Б, 13, 13 Б, 15, 17, 19, 21; </w:t>
+      переулки: Юбилейный, Водопроводный. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z129" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Крымская № 25, 26, 26 А, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50 А, 51, 52, 53, 54, 55, 56, 57, 58, 59; </w:t>
+        <w:t>
+      10. Избирательный участок № 128.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:bookmarkStart w:name="z130" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      переулки: Юбилейный, Водопроводный. </w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Райымбек батыра строение № 44, спортивный зал здания коммунального государственного учреждения "Средней школы имени Райымбек батыра" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z131" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10. Избирательный участок № 128.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: город Есик, улицы полностью: Горная, Подгорная, Гражданская, Российская, Трудовая, Вавилова, 8 Марта, Уральская, Кавказская, Быковского, А. Малкеева; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z132" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Райымбек батыра строение № 44, спортивный зал здания коммунального государственного учреждения "Средней школы имени Райымбек батыра" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+      улица Райымбек батыра № 1, 1 А, 1 Б, 1 В, 1 Г, 1 Д, 2, 3, 4, 4 А, 5, 5 Г, 6, 7, 8, 8 А, 9, 10, 11, 11 А, 12, 13, 14, 14 А, 14 В, 15, 15 А, 15 Б, 16, 16 А, 17, 18, 18 А, 19, 20, 20 А, 21, 22, 24, 26, 28, 28 А, 30, 30 А, 30 Б, 32, 34; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z133" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: город Есик, улицы полностью: Горная, Подгорная, Гражданская, Российская, Трудовая, Вавилова, 8 Марта, Уральская, Кавказская, Быковского; </w:t>
+        <w:t>
+      улица Васильева № 1, 2, 3, 4, 5, 6, 7, 7 А, 8, 9, 10, 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 18 А, 18 В, 20;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z134" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица А. Малкеева № 1, 1 А, 2, 2 А, 3, 4, 5, 5 А, 6, 7, 7 А, 8, 8 А, 8 Б, 8 В, 8 Г, 8 Д, 8 К, 8 Л, 8 М, 9, 9 А, 10, 10 А, 11, 12, 12 А, 13, 14, 14 А, 15, 16, 17, 18, 18 А, 19, 19 А, 20, 20 А, 20 Б, 20 В, 21, 22, 23, 24, 24 А, 25, 25 А, 26, 26 А, 26 Б, 26 В, 27, 27 А, 28, 28 А, 28 Б, 29, 30, 30 А, 31, 31 А, 31 Б, 32, 32 А, 32 Б, 33, 33 А, 34, 34 А, 34 В, 35, 36, 37, 38, 39, 39 А, 40, 40 А, 41, 42, 43, 43 А, 44, 45, 46, 46 А, 47, 47 А, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63 А, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 73 А, 74, 75, 76, 77, 78, 78 А, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 88 А, 89, 89 А, 90, 91, 91 А, 91 В, 91 Г, 91 Д, 91 Е, 92, 93, 93 А, 93 Б, 94;</w:t>
+        <w:t xml:space="preserve">
+      улица Грибоедова № 2, 2 А, 2 Б, 2 Г, 2 Е, 4, 4 А, 6, 8, 10, 12, 14; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:bookmarkStart w:name="z135" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Райымбек батыра № 1, 1 А, 1 Б, 1 В, 1 Г, 1 Д, 2, 3, 4, 4 А, 5, 5 Г, 6, 7, 8, 8 А, 9, 10, 11, 11 А, 12, 13, 14, 14 А, 14 В, 15, 15 А, 15 Б, 16, 16 А, 17, 18, 18 А, 19, 20, 20 А, 21, 22, 24, 26, 28, 28 А, 30, 30 А, 30 Б, 32, 34; </w:t>
+      переулки: 8 Марта, Мирный, Братский, Карагачевый, Трудовой. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z136" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Васильева № 1, 2, 3, 4, 5, 6, 7, 7 А, 8, 9, 10, 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 18 А, 18 В, 20;</w:t>
+      11. Избирательный участок № 129.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:bookmarkStart w:name="z137" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Грибоедова № 2, 2 А, 2 Б, 2 Г, 2 Е, 4, 4 А, 6, 8, 10, 12, 14; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 231 А, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Р. Токатаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:bookmarkStart w:name="z138" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      переулки: 8 Марта, Мирный, Братский, Карагачевый, Трудовой. </w:t>
+        <w:t>
+      Границы избирательного участка: город Есик, улицы полностью: А. Чехова, Кошевого;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:bookmarkStart w:name="z139" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Избирательный участок № 129.</w:t>
+      улица Ломоносова № 1, 2, 3, 3 А, 3 Б, 4, 5, 6, 7, 8, 8 А, 9, 10, 10 А, 11, 12, 13, 14;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
     <w:bookmarkStart w:name="z140" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 231 А, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Р. Токатаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      улица Островского № 15, 17, 19, 21, 21 А, 23, 25, 27, 29, 31, 31 А; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z141" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: город Есик, улицы полностью: А. Чехова, Кошевого;</w:t>
+        <w:t xml:space="preserve">
+      улица Амангельды № 13, 15, 17, 19, 21, 23, 25, 27, 27 А, 29, 31, 32, 32 А, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51 А, 52, 53, 54, 55, 56, 56 А, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 70, 71, 71 А, 72, 72 А, 73, 73 А, 74, 75, 75 А, 76, 76 А, 77, 77 А, 78, 78 А, 78 Б, 79, 80, 81, 82, 83, 84, 85, 85 А, 86, 87, 87 А, 88, 89, 90, 91, 92, 93, 94, 95, 96, 98, 100, 100 А, 102, 102 А, 104, 104 А; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:bookmarkStart w:name="z142" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Ломоносова № 1, 2, 3, 3 А, 3 Б, 4, 5, 6, 7, 8, 8 А, 9, 10, 10 А, 11, 12, 13, 14;</w:t>
+      улица М. Ауэзова № 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 129 А, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 140 А, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 150 А, 151, 151 Б, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 162 А, 163, 163 А, 164, 165, 166, 167, 168, 169, 169 А, 170, 171, 172, 173, 174, 175, 176, 176 А, 177, 177 А, 178, 178 А, 179, 180, 181, 182, 182 Б, 184, 186, 188, 188 А, 190, 192, 194, 194 А, 196,196 А, 198, 200, 202, 204, 206, 208, 210, 210 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:bookmarkStart w:name="z143" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Островского № 15, 17, 19, 21, 21 А, 23, 25, 27, 29, 31, 31 А; </w:t>
+      улица Р. Токатаева № 169, 171, 173, 175, 175 А, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 201 А, 203, 205, 207, 209, 211, 213, 215, 215 А, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 239 А, 241, 241 А, 243, 243 А, 245, 247, 247 А, 249, 251, 253, 253 А; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:bookmarkStart w:name="z144" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Амангельды № 13, 15, 17, 19, 21, 23, 25, 27, 27 А, 29, 31, 32, 32 А, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51 А, 52, 53, 54, 55, 56, 56 А, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 70, 71, 71 А, 72, 72 А, 73, 73 А, 74, 75, 75 А, 76, 76 А, 77, 77 А, 78, 78 А, 78 Б, 79, 80, 81, 82, 83, 84, 85, 85 А, 86, 87, 87 А, 88, 89, 90, 91, 92, 93, 94, 95, 96, 98, 100, 100 А, 102, 102 А, 104, 104 А; </w:t>
+        <w:t>
+      улица Чернышевского № 16, 16 А, 18, 20, 21, 22, 23, 24, 25, 25 А, 26, 27, 28, 29, 30, 31, 32, 32 А, 33, 34, 35, 36, 37, 38, 39, 40, 40 А, 41, 42, 42, 44;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
     <w:bookmarkStart w:name="z145" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица М. Ауэзова № 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 129 А, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 140 А, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 150 А, 151, 151 Б, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 162 А, 163, 163 А, 164, 165, 166, 167, 168, 169, 169 А, 170, 171, 172, 173, 174, 175, 176, 176 А, 177, 177 А, 178, 178 А, 179, 180, 181, 182, 182 Б, 184, 186, 188, 188 А, 190, 192, 194, 194 А, 196,196 А, 198, 200, 202, 204, 206, 208, 210, 210 А;</w:t>
+        <w:t xml:space="preserve">
+      улица Матросова № 19, 20 А, 21, 22, 22 А, 22 Б, 23, 24, 25, 26, 27, 28, 29, 29 А, 30, 31, 32, 33, 33 А, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:bookmarkStart w:name="z146" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Р. Токатаева № 169, 171, 173, 175, 175 А, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 201 А, 203, 205, 207, 209, 211, 213, 215, 215 А, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 239 А, 241, 241 А, 243, 243 А, 245, 247, 247 А, 249, 251, 253, 253 А; </w:t>
+        <w:t>
+      улица Набережная № 8, 10, 12, 13, 13 А, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 22, 23, 23 А, 24, 25, 26, 27, 28, 29, 30, 31, 31 А, 32, 33, 34, 35, 36, 37, 37 А, 37 Б, 38, 39, 40, 41, 41 Б, 42, 43, 43 Б, 44, 45, 45 А, 46, 47, 47 А, 48, 48 А, 48 Б, 49, 49 А, 49 Б, 50, 50 А, 51, 52, 53, 53 А, 54, 55, 55 А, 56, 56 А, 57, 58, 58 А, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 72 А, 73, 74, 74 А, 75, 76, 77, 78, 79, 80, 80 А, 81, 81 А, 81 Б, 82, 83, 84, 85, 86, 86 А, 87, 88, 89, 90, 91, 92, 92 А, 93, 94, 95, 95 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
     <w:bookmarkStart w:name="z147" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Чернышевского № 16, 16 А, 18, 20, 21, 22, 23, 24, 25, 25 А, 26, 27, 28, 29, 30, 31, 32, 32 А, 33, 34, 35, 36, 37, 38, 39, 40, 40 А, 41, 42, 42, 44;</w:t>
+        <w:t xml:space="preserve">
+      улица Есикская № 2, 4, 6, 8, 10, 12, 14, 16; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
     <w:bookmarkStart w:name="z148" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Матросова № 19, 20 А, 21, 22, 22 А, 22 Б, 23, 24, 25, 26, 27, 28, 29, 29 А, 30, 31, 32, 33, 33 А, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45; </w:t>
+      улица Г. Тохтабаева № 1, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10 А, 11, 11 А, 12, 13, 14, 15, 16, 17, 17 А, 18, 19, 20, 21, 22, 22 А, 23, 24, 24 А, 25, 26, 26 А, 27, 28, 29, 30, 30 А, 31, 32, 33, 34, 35, 36, 37, 37 А, 38, 39, 40, 41, 41 А, 42; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:bookmarkStart w:name="z149" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Набережная № 8, 10, 12, 13, 13 А, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 22, 23, 23 А, 24, 25, 26, 27, 28, 29, 30, 31, 31 А, 32, 33, 34, 35, 36, 37, 37 А, 37 Б, 38, 39, 40, 41, 41 Б, 42, 43, 43 Б, 44, 45, 45 А, 46, 47, 47 А, 48, 48 А, 48 Б, 49, 49 А, 49 Б, 50, 50 А, 51, 52, 53, 53 А, 54, 55, 55 А, 56, 56 А, 57, 58, 58 А, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 72 А, 73, 74, 74 А, 75, 76, 77, 78, 79, 80, 80 А, 81, 81 А, 81 Б, 82, 83, 84, 85, 86, 86 А, 87, 88, 89, 90, 91, 92, 92 А, 93, 94, 95, 95 А;</w:t>
+      проспект Жамбыла № 2, 4, 6, 8, 10, 12, 14, 16, 16 А, 18, 20, 22, 24;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:bookmarkStart w:name="z150" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Есикская № 2, 4, 6, 8, 10, 12, 14, 16; </w:t>
+        <w:t>
+      улица Абая № 159, 161, 163, 165, 167, 169, 171, 172, 173, 173 А, 174, 175, 175 А, 176, 177, 178, 178 А, 179, 180, 181, 182, 183, 184, 185, 186, 187, 187 А, 188, 189, 190, 191, 192, 193, 193 А, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 203 А, 204, 205, 205 А, 205 Б, 205 Г, 206, 206 А, 207, 207 А, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 222 Б, 223, 224, 225, 226, 227, 227 А, 228, 229, 230, 230 А, 231, 231 А, 232, 233, 234, 235, 236, 236 А, 237, 238, 239, 240, 241, 241 А, 242, 242 А, 242 Б, 243,244, 245, 246, 247, 248, 250, 250 А, 252, 254, 256, 256 А, 258, 260, 262, 264, 266;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:bookmarkStart w:name="z151" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Г. Тохтабаева № 1, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10 А, 11, 11 А, 12, 13, 14, 15, 16, 17, 17 А, 18, 19, 20, 21, 22, 22 А, 23, 24, 24 А, 25, 26, 26 А, 27, 28, 29, 30, 30 А, 31, 32, 33, 34, 35, 36, 37, 37 А, 38, 39, 40, 41, 41 А, 42; </w:t>
+      улица С. Абдиева № 121, 123, 125, 127, 129, 131, 133, 135, 137, 138, 139, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 162 А, 164, 164 А, 166, 168, 170, 172, 172 А, 174, 176, 176 А, 178, 180, 182, 182 А, 184, 186, 186 А, 188, 190, 192, 192 А, 192 Д, 194, 196, 196 А, 198, 198 Б, 198 В, 200, 200 А, 200 Б, 200 В, 200 Д, 202, 202 А, 202 Д, 204, 204 А, 204 Б, 204 Г; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:bookmarkStart w:name="z152" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      проспект Жамбыла № 2, 4, 6, 8, 10, 12, 14, 16, 16 А, 18, 20, 22, 24;</w:t>
+        <w:t xml:space="preserve">
+      переулки: М. Аманбаева, Набережный. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
     <w:bookmarkStart w:name="z153" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абая № 159, 161, 163, 165, 167, 169, 171, 172, 173, 173 А, 174, 175, 175 А, 176, 177, 178, 178 А, 179, 180, 181, 182, 183, 184, 185, 186, 187, 187 А, 188, 189, 190, 191, 192, 193, 193 А, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 203 А, 204, 205, 205 А, 205 Б, 205 Г, 206, 206 А, 207, 207 А, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 222 Б, 223, 224, 225, 226, 227, 227 А, 228, 229, 230, 230 А, 231, 231 А, 232, 233, 234, 235, 236, 236 А, 237, 238, 239, 240, 241, 241 А, 242, 242 А, 242 Б, 243,244, 245, 246, 247, 248, 250, 250 А, 252, 254, 256, 256 А, 258, 260, 262, 264, 266;</w:t>
+      12. Избирательный участок № 130.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
     <w:bookmarkStart w:name="z154" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица С. Абдиева № 121, 123, 125, 127, 129, 131, 133, 135, 137, 138, 139, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 162 А, 164, 164 А, 166, 168, 170, 172, 172 А, 174, 176, 176 А, 178, 180, 182, 182 А, 184, 186, 186 А, 188, 190, 192, 192 А, 192 Д, 194, 196, 196 А, 198, 198 Б, 198 В, 200, 200 А, 200 Б, 200 В, 200 Д, 202, 202 А, 202 Д, 204, 204 А, 204 Б, 204 Г; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Алматинская строение № 37, малый спортивный зал здания коммунального государственного учреждения "Средняя школа имени К. Сатпаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
     <w:bookmarkStart w:name="z155" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      переулки: М. Аманбаева, Набережный. </w:t>
+        <w:t>
+      Границы избирательного участка: город Есик, улицы полностью: Нуркена Абдирова, Толегена Тохтарова, Ракымжана Кошкарбаева, Гоголя, Таубоктеры, Самал, Достык, Наурыз, Туристическая, Новостройка 1, Новостройка 2, Малокрымская;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
     <w:bookmarkStart w:name="z156" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Избирательный участок № 130.</w:t>
+      улица Алматинская № 1, 1 А, 1 Б, 1 В, 1 Г, 1 Д, 1 Е, 1 Н, 2, 2 А, 2 Б, 2 В, 2 Г, 2 К, 2 М, 2 Н, 3, 3 А, 4, 4 А, 4 Б, 4 В, 4 Г, 4 Д, 4 Е, 4 К, 4 Л, 4 М, 4 Н, 4 П, 4 Т, 4 У, 5, 5 А, 5 Б, 6, 6 А, 6 Б, 6 В, 7, 8, 8 А, 8, Б, 8 К, 9, 10, 10 А, 11, 11 А, 12, 13, 13 А, 13 Б, 13 В, 13 Г, 14, 14 А, 15, 16, 17, 18, 19, 20, 20 А, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34 А, 35, 36, 38, 38 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:bookmarkStart w:name="z157" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Алматинская строение № 37, малый спортивный зал здания коммунального государственного учреждения "Средняя школа имени К. Сатпаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица Одесская № 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:bookmarkStart w:name="z158" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: город Есик, улицы полностью: Нуркена Абдирова, Толегена Тохтарова, Ракымжана Кошкарбаева, Гоголя, Арычная, Таубоктеры, Самал, Достык, Наурыз, Туристическая, Новостройка 1, Новостройка 2, Малокрымская;</w:t>
+      улица Киевская № 1, 1 Б, 2, 3, 4, 5, 6, 7, 8, 9, 9А, 10, 10 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
     <w:bookmarkStart w:name="z159" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Алматинская № 1, 1 А, 1 Б, 1 В, 1 Г, 1 Д, 1 Е, 1 Н, 2, 2 А, 2 Б, 2 В, 2 Г, 2 К, 2 М, 2 Н, 3, 3 А, 4, 4 А, 4 Б, 4 В, 4 Г, 4 Д, 4 Е, 4 К, 4 Л, 4 М, 4 Н, 4 П, 4 Т, 4 У, 5, 5 А, 5 Б, 6, 6 А, 6 Б, 6 В, 7, 8, 8 А, 8, Б, 8 К, 9, 10, 10 А, 11, 11 А, 12, 13, 13 А, 13 Б, 13 В, 13 Г, 14, 14 А, 15, 16, 17, 18, 19, 20, 20 А, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34 А, 35, 36, 38, 38 А;</w:t>
+      улица Космонавтов № 2, 2 Д, 4, 4 Б, 4 В, 6, 8, 10, 12, 14, 14 А, 14 Б, 16, 18, 20, 22, 42 А, 42 В;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:bookmarkStart w:name="z160" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Одесская № 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17;</w:t>
+      улица Астана № 80, 80 Б, 82, 82 А, 83, 84, 85, 85 А, 86, 87, 88, 89, 90, 90 А, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 101 А, 102, 103, 103 А, 103 Б, 103 В, 103 Г, 103 Д, 104, 105, 105 А, 105 В, 106, 107, 108, 109, 109 А, 110, 111, 112, 113, 114, 114 А, 115, 116, 117, 117 А, 118, 119, 120, 121, 121 А, 122, 122 А, 123, 124, 125, 126, 127, 128, 129, 130, 130 А, 131, 133, 134, 134 А, 134 Б, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 153/2, 154, 154 А, 155, 155 А, 155 Б, 155 В, 155 Г, 156, 157, 157 А, 157 В, 158, 159, 160, 161, 162, 162 В, 163, 164, 164 А, 172;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
     <w:bookmarkStart w:name="z161" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Крымская № 1, 2, 2 А, 2 Б, 2 В, 3, 3 А, 4, 4 Б, 5, 5 А, 6, 6 А, 7, 8, 8 А, 9, 10, 10 А, 11, 12, 13, 13 А, 14, 15, 16, 17, 17 А, 18, 18 А, 19, 20, 21, 22, 23, 24;</w:t>
+      улица аллея Алтын Адам № 119, 119 А, 119, Б, 119 В, 119 Г, 119 Д, 119 М, 121, 124, 124 А, 125, 126, 126 А, 127, 128, 128 А, 129, 130, 130 А, 130 Б, 130 В, 130 Г, 130 Д, 130 Е, 130 К, 130 Л, 130 М, 130 Н, 130 П, 130 Т, 131, 132, 132 А, 132 Б, 132 А, 132 Г, 133, 133 А, 134, 135, 136, 137, 138, 139, 140, 140 А, 140 Б, 140 В, 140 Г, 140 Д, 140 Е, 140 К, 141, 142, 142 Б, 142 Г, 143, 144, 144 А, 144 Б, 144 В, 144 Г, 145, 145 А, 146, 146 А, 146 В, 147, 148, 148 Г, 149, 150, 151, 152, 153, 153 А, 153 Б, 155, 155 А, 155 В, 155 Г, 155 Д, 157, 157 А, 159, 159 А, 159 Б, 159 В, 159 Г, 159 Д, 159 Е, 159 К, 159 Л, 159 М, 160 А, 161, 161 А, 161 Б, 163, 163 В, 167 А, 171, 175 А, 177, 179, 181, 183, 185, 185 А, 187;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:bookmarkStart w:name="z162" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Киевская № 1, 1 Б, 2, 3, 4, 5, 6, 7, 8, 9, 9А, 10, 10 А;</w:t>
+      переулки: Алматинский, Киевский, Снежная, Кардон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
     <w:bookmarkStart w:name="z163" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Космонавтов № 2, 2 Д, 4, 4 Б, 4 В, 6, 8, 10, 12, 14, 14 А, 14 Б, 16, 18, 20, 22, 42 А, 42 В;</w:t>
+      13. Избирательный участок № 131.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:bookmarkStart w:name="z164" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Астана № 80, 80 Б, 82, 82 А, 83, 84, 85, 85 А, 86, 87, 88, 89, 90, 90 А, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 101 А, 102, 103, 103 А, 103 Б, 103 В, 103 Г, 103 Д, 104, 105, 105 А, 105 В, 106, 107, 108, 109, 109 А, 110, 111, 112, 113, 114, 114 А, 115, 116, 117, 117 А, 118, 119, 120, 121, 121 А, 122, 122 А, 123, 124, 125, 126, 127, 128, 129, 130, 130 А, 131, 133, 134, 134 А, 134 Б, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 153/2, 154, 154 А, 155, 155 А, 155 Б, 155 В, 155 Г, 156, 157, 157 А, 157 В, 158, 159, 160, 161, 162, 162 В, 163, 164, 164 А, 172;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 138 А, здание учреждения "Частная гуманитарная гимназия".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
     <w:bookmarkStart w:name="z165" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Колесника № 33, 35, 37, 39, 39 Г, 41, 43, 45, 45 А, 47, 47 А, 49, 51, 53, 55, 57, 59, 60, 60 А, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 73 А, 74, 75, 75 А, 76, 77, 78, 78 А, 79, 79 А, 80, 81, 82, 83, 84, 85, 86, 87, 88, 90, 90 А, 92, 94;</w:t>
+      Границы избирательного участка: город Есик, улицы полностью: Чапаева, Карсакбайулы, Тиккелдиев;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
     <w:bookmarkStart w:name="z166" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица аллея Алтын Адам № 119, 119 А, 119, Б, 119 В, 119 Г, 119 Д, 119 М, 121, 124, 124 А, 125, 126, 126 А, 127, 128, 128 А, 129, 130, 130 А, 130 Б, 130 В, 130 Г, 130 Д, 130 Е, 130 К, 130 Л, 130 М, 130 Н, 130 П, 130 Т, 131, 132, 132 А, 132 Б, 132 А, 132 Г, 133, 133 А, 134, 135, 136, 137, 138, 139, 140, 140 А, 140 Б, 140 В, 140 Г, 140 Д, 140 Е, 140 К, 141, 142, 142 Б, 142 Г, 143, 144, 144 А, 144 Б, 144 В, 144 Г, 145, 145 А, 146, 146 А, 146 В, 147, 148, 148 Г, 149, 150, 151, 152, 153, 153 А, 153 Б, 155, 155 А, 155 В, 155 Г, 155 Д, 157, 157 А, 159, 159 А, 159 Б, 159 В, 159 Г, 159 Д, 159 Е, 159 К, 159 Л, 159 М, 160 А, 161, 161 А, 161 Б, 163, 163 В, 167 А, 171, 175 А, 177, 179, 181, 183, 185, 185 А, 187;</w:t>
+        <w:t xml:space="preserve">
+      улица М. Ауэзова № 69, 69 А, 69 Б, 69 В, 71, 71 А, 73, 75, 75 А, 77, 79, 81, 83, 84, 85, 86, 87, 87 А, 88, 89, 90, 91, 91 А, 92, 92 А, 93, 93 А, 93 Б, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 104 А, 105, 106, 106 А, 108, 110, 112, 114, 116, 118, 120, 122, 122 А, 124, 124 А, 126, 128, 130; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
     <w:bookmarkStart w:name="z167" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      переулки: Западный, Алматинский, Киевский, Снежная, Кардон.</w:t>
+        <w:t xml:space="preserve">
+      улица Гастелло № 1, 2, 3, 4, 4 А, 5, 6, 6 А, 7, 8, 9, 10, 10 А, 10 Б, 11, 12, 13, 14, 15, 16, 16 А, 17, 17 А, 18, 19, 19 А, 20, 20 А, 21, 22, 22 А, 23; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
     <w:bookmarkStart w:name="z168" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Избирательный участок № 131.</w:t>
+        <w:t xml:space="preserve">
+      улица Амангельды № 1, 2, 2 А, 3, 3 А, 4, 4 А, 5, 6, 6 А, 7, 8, 8 А, 9, 10, 11, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
     <w:bookmarkStart w:name="z169" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая строение № 138 А, здание учреждения "Частная гуманитарная гимназия".</w:t>
+        <w:t xml:space="preserve">
+      улица Набережная № 1, 2, 3, 3 А, 4, 5, 6, 7, 9, 11, 11 А; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
     <w:bookmarkStart w:name="z170" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: город Есик, улицы полностью: Чапаева, Карсакбайулы, Тиккелдиев;</w:t>
+        <w:t xml:space="preserve">
+      улица Алматинская № 52, 52 А, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 76 А, 78, 80, 82, 84, 86, 88, 90, 92, 94, 111, 113, 113 А, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 137 А, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 165 А, 167, 169,171, 171 Б, 173, 175, 175 В, 177, 179, 181, 183, 185, 187, 189, 189 А, 191, 193, 195, 197, 199, 201, 203, 205, 205 А, 207, 207 А, 209, 209 А, 209 Б, 209/1, 209/4, 209/6, 209/7, 209/8, 209/9, 209/10, 209/11, 209/12, 209/13, 211, 213, 215, 217, 217 А; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
     <w:bookmarkStart w:name="z171" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица М. Ауэзова № 69, 69 А, 69 Б, 69 В, 71, 71 А, 73, 75, 75 А, 77, 79, 81, 83, 84, 85, 86, 87, 87 А, 88, 89, 90, 91, 91 А, 92, 92 А, 93, 93 А, 93 Б, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 104 А, 105, 106, 106 А, 108, 110, 112, 114, 116, 118, 120, 122, 122 А, 124, 124 А, 126, 128, 130; </w:t>
+        <w:t>
+      улица Фрунзе № 9, 10, 11, 12, 12 Е, 13, 14, 15, 16, 16 А, 17, 18, 19, 20, 21, 21 А, 22, 22 Б, 23, 24, 25, 26, 26 Б, 27, 27 А, 28, 29, 29 А, 30, 31, 32, 33, 34, 35, 36, 36 А, 37, 38, 39, 40, 41, 41 Б, 42, 43, 43 А, 44, 45, 46, 47, 47 А, 48, 49, 50, 51, 51 А, 52, 53, 53 А, 54, 55, 55 А, 56, 57, 57 А, 57 Б, 58, 59, 60, 61, 63, 65 А, 67;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
     <w:bookmarkStart w:name="z172" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Гастелло № 1, 2, 3, 4, 4 А, 5, 6, 6 А, 7, 8, 9, 10, 10 А, 10 Б, 11, 12, 13, 14, 15, 16, 16 А, 17, 17 А, 18, 19, 19 А, 20, 20 А, 21, 22, 22 А, 23; </w:t>
+      улица аллея Алтын Адам № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11 Б, 12, 12 А, 12 Б, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24, 24 А, 26, 28, 30, 32, 34, 36; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:bookmarkStart w:name="z173" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Амангельды № 1, 2, 2 А, 3, 3 А, 4, 4 А, 5, 6, 6 А, 7, 8, 8 А, 9, 10, 11, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30; </w:t>
+        <w:t>
+      14. Избирательный участок № 132.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
     <w:bookmarkStart w:name="z174" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Набережная № 1, 2, 3, 3 А, 4, 5, 6, 7, 9, 11, 11 А; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Аватский сельский округ, село Ават, улица Абылай хана строение № 30, здание Дома Культуры села Ават при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
     <w:bookmarkStart w:name="z175" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Алматинская № 52, 52 А, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 76 А, 78, 80, 82, 84, 86, 88, 90, 92, 94, 111, 113, 113 А, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 137 А, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 165 А, 167, 169,171, 171 Б, 173, 175, 175 В, 177, 179, 181, 183, 185, 187, 189, 189 А, 191, 193, 195, 197, 199, 201, 203, 205, 205 А, 207, 207 А, 209, 209 А, 209 Б, 209/1, 209/4, 209/6, 209/7, 209/8, 209/9, 209/10, 209/11, 209/12, 209/13, 211, 213, 215, 217, 217 А; </w:t>
+        <w:t>
+      Границы избирательного участка: село Ават, улицы полностью: Абылайхана, Хамраева, Абая, Косаева, Садвакасова, Женис, Айдарлы, Ақбулак, Байконыр, Алматы, Улан, Медеу, Алии Молдагуловой, Атамекен, Ибдиминова, Гулистан, Панфилова, Сункар, Маншук Маметовой, Достык, Дормастер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
     <w:bookmarkStart w:name="z176" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Фрунзе № 9, 10, 11, 12, 12 Е, 13, 14, 15, 16, 16 А, 17, 18, 19, 20, 21, 21 А, 22, 22 Б, 23, 24, 25, 26, 26 Б, 27, 27 А, 28, 29, 29 А, 30, 31, 32, 33, 34, 35, 36, 36 А, 37, 38, 39, 40, 41, 41 Б, 42, 43, 43 А, 44, 45, 46, 47, 47 А, 48, 49, 50, 51, 51 А, 52, 53, 53 А, 54, 55, 55 А, 56, 57, 57 А, 57 Б, 58, 59, 60, 61, 63, 65 А, 67;</w:t>
+      15. Избирательный участок № 133.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
     <w:bookmarkStart w:name="z177" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица аллея Алтын Адам № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11 Б, 12, 12 А, 12 Б, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24, 24 А, 26, 28, 30, 32, 34, 36; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Акшийский сельский округ, село Акши, улица Болек батыра строение № 56 Б, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Болек батыра" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
     <w:bookmarkStart w:name="z178" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14.Избирательный участок № 132.</w:t>
+      Границы избирательного участка: село Акши, улицы полностью: Болек батыра, Ажибая, Абая, Валиханова, Муратбаева, Даулетбая, К. Доненбаева, Ж. Найзабека, К. Егеубая, Жетысу, Сатай батыра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
     <w:bookmarkStart w:name="z179" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Аватский сельский округ, село Ават, улица Абылай хана строение № 30, здание Дома Культуры села Ават при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
+        <w:t xml:space="preserve">
+      село Саз; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
     <w:bookmarkStart w:name="z180" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Ават, улицы полностью: Абылайхана, Хамраева, Абая, Косаева, Садвакасова, Женис, Айдарлы, Ақбулак, Байконыр, Алматы, Улан, Медеу, Алии Молдагуловой, Атамекен, Ибдиминова, Гулистан, Панфилова, Сункар, Маншук Маметовой, Достык, Дормастер.</w:t>
+        <w:t xml:space="preserve">
+      потребительские кооперативы садоводческие общества: "Тайфи-2", "Ризамат", "Жетісу", "Радуга", "Лотос". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
     <w:bookmarkStart w:name="z181" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15.Избирательный участок № 133.</w:t>
+      16. Избирательный участок № 134.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
     <w:bookmarkStart w:name="z182" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Акшийский сельский округ, село Акши, улица Болек батыра строение № 56 Б, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Болек батыра" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Акшийский сельский округ, село Кайрат, улица Туркпена строение № 4, здание коммунального государственного учреждения "Кайратская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
     <w:bookmarkStart w:name="z183" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Акши, улицы полностью: Болек батыра, Ажибая, Абая, Валиханова, Муратбаева, Даулетбая, К. Доненбаева, Ж. Найзабека, К. Егеубая, Жетысу, Сатай батыра;</w:t>
+      Границы избирательного участка: село Кайрат; Молочно - товарная ферма.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
     <w:bookmarkStart w:name="z184" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      село Саз; </w:t>
+        <w:t>
+      17. Избирательный участок № 135.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
     <w:bookmarkStart w:name="z185" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      потребительские кооперативы садоводческие общества: "Тайфи-2", "Ризамат", "Жетісу", "Радуга", "Лотос". </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Акшийский сельский округ, село Казатком, улица Ошакбая строение № 13 Б, здание коммунального государственного учреждения "Казаткомская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
     <w:bookmarkStart w:name="z186" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16.Избирательный участок № 134.</w:t>
+      Границы избирательного участка: село Казатком; участок Жарсу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
     <w:bookmarkStart w:name="z187" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Акшийский сельский округ, село Кайрат, улица Туркпена строение № 4, здание коммунального государственного учреждения "Кайратская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      18. Избирательный участок № 136.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
     <w:bookmarkStart w:name="z188" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Кайрат; Молочно - товарная ферма.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Кызылшарык, улица Максутова строение № 15, фойе здания коммунального государственного учреждения "Средняя школа имени М. Ауэзова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
     <w:bookmarkStart w:name="z189" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Избирательный участок № 135.</w:t>
+      Границы избирательного участка: село Кызылшарык, улицы полностью: № 1 - № 9, Абая, Закирова, Мусабалаева, М. Ауезова, Гагарина, Бульвар–Мира, Аубакирова, Жамбыла, Насырова, Молодежная, Сумская, Новосельская, Рыскулбекова, Худайбердиева, Айсарова.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
     <w:bookmarkStart w:name="z190" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Акшийский сельский округ, село Казатком, улица Ошакбая строение № 13 Б, здание коммунального государственного учреждения "Казаткомская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+        <w:t>
+      19. Избирательный участок № 137.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
     <w:bookmarkStart w:name="z191" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Казатком; участок Жарсу.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Кызылшарык, улица Максутова строенеие № 15, спортивный зал здания коммунального государственного учреждения "Средняя школа имени М. Ауэзова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
     <w:bookmarkStart w:name="z192" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Избирательный участок № 136.</w:t>
+      Границы избирательного участка: село Кызылшарык, улицы полностью: Матбакиева, Асланова, Максутова, Акбаз, Турдиева;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
     <w:bookmarkStart w:name="z193" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Кызылшарык, улица Максутова строение № 15, фойе здания коммунального государственного учреждения "Средняя школа имени М. Ауэзова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      20. Избирательный участок № 138.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
     <w:bookmarkStart w:name="z194" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Кызылшарык, улицы полностью: № 1 - № 9, Абая, Закирова, Мусабалаева, М. Ауезова, Гагарина, Бульвар–Мира, Аубакирова, Жамбыла, Насырова, Молодежная, Сумская, Новосельская, Рыскулбекова, Худайбердиева, Айсарова.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Кайрат, улица Ж. Салиевой строение № 2, здание коммунального государственного учреждения "Средняя школа имени И.Саттарова" Государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
     <w:bookmarkStart w:name="z195" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      19. Избирательный участок № 137.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Кайрат. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
     <w:bookmarkStart w:name="z196" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Кызылшарык, улица Максутова строенеие № 15, спортивный зал здания коммунального государственного учреждения "Средняя школа имени М. Ауэзова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      21. Избирательный участок № 139.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
     <w:bookmarkStart w:name="z197" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Кызылшарык, улицы полностью: Матбакиева, Асланова, Максутова, Акбаз, Турдиева; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Жанашаруа, улица Т. Одаманова строение без номера, здание коммунального государственного учреждения "Жанашарвинская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
     <w:bookmarkStart w:name="z198" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      20.Избирательный участок № 138.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Жанашаруа; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
     <w:bookmarkStart w:name="z199" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Кайрат, улица Ж. Салиевой строение № 2, здание коммунального государственного учреждения "Средняя школа имени И.Саттарова" Государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      участок Большого Алматинского Канала имени Конаева.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
     <w:bookmarkStart w:name="z200" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Кайрат. </w:t>
+        <w:t>
+      22. Избирательный участок № 140.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
     <w:bookmarkStart w:name="z201" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      21. Избирательный участок № 139.</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Асысага, улица К. Ушбаева строение без номера, здание Дома Культуры села Асысага при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
     <w:bookmarkStart w:name="z202" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Жанашаруа, улица Т. Одаманова строение без номера, здание коммунального государственного учреждения "Жанашарвинская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Асысага; село Таусугур; село Сартау; животноводческий комплекс. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
     <w:bookmarkStart w:name="z203" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Жанашаруа; </w:t>
+        <w:t>
+      23. Избирательный участок № 141.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
     <w:bookmarkStart w:name="z204" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      участок Большого Алматинского Канала имени Конаева.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Балтабай, улица Мектеп строение № 1 А, здание коммунального государственного учреждения "Балтабайская средняя школа с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
     <w:bookmarkStart w:name="z205" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      22. Избирательный участок № 140.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Балтабай; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
     <w:bookmarkStart w:name="z206" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Асысага, улица К. Ушбаева строение без номера, здание Дома Культуры села Асысага при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района". </w:t>
+      Молочно - товарная ферма № 1, Молочно - товарная ферма № 2; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
     <w:bookmarkStart w:name="z207" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Границы избирательного участка: село Асысага; село Таусугур; село Сартау; животноводческий комплекс. </w:t>
+      потребительские кооперативы: "Труд", "Прометей"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
     <w:bookmarkStart w:name="z208" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Избирательный участок № 141.</w:t>
+      потребительский кооператив садоводческое товарищество "Надежда".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
     <w:bookmarkStart w:name="z209" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Балтабай, улица Мектеп строение № 1 А, здание коммунального государственного учреждения "Балтабайская средняя школа с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      24. Избирательный участок № 142.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
     <w:bookmarkStart w:name="z210" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Балтабай; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Бирлик, улица Игилик строение № 1, здание филиала ""Большой Алматинский Канал им. Д. Конаева" Республиканского государственного предпиятия на праве хозяйственного ведения "Казводхоз" Комитета по водным ресурсам Министерства экологии, геологии и природных ресурсов Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
     <w:bookmarkStart w:name="z211" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Молочно - товарная ферма № 1, Молочно - товарная ферма № 2; </w:t>
+        <w:t>
+      Границы избирательного участка: село Бирлик.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
     <w:bookmarkStart w:name="z212" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      потребительские кооперативы: "Труд", "Прометей"; </w:t>
+        <w:t>
+      25. Избирательный участок № 143.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
     <w:bookmarkStart w:name="z213" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      потребительский кооператив садоводческое товарищество "Надежда".</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Актогай, улица Х.Абдуллина строение № 1, здание коммунального государственного учреждения "Енбекская средняя школа с Орнекской начальной школой" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
     <w:bookmarkStart w:name="z214" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Избирательный участок № 142.</w:t>
+      Границы избирательного участка: село Актогай; село Енбек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
     <w:bookmarkStart w:name="z215" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Бирлик, улица Игилик строение № 1, здание филиала ""Большой Алматинский Канал им. Д. Конаева" Республиканского государственного предпиятия на праве хозяйственного ведения "Казводхоз" Комитета по водным ресурсам Министерства экологии, геологии и природных ресурсов Республики Казахстан".</w:t>
+      26. Избирательный участок № 144.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
     <w:bookmarkStart w:name="z216" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Бирлик.</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Орнек, улица Жарылкапа строение № 26, здание коммунального государственного учреждения "Енбекская средняя школа с Орнекской начальной школой" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
     <w:bookmarkStart w:name="z217" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Избирательный участок № 143.</w:t>
+      Границы избирательного участка: село Орнек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
     <w:bookmarkStart w:name="z218" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Актогай, улица Х.Абдуллина строение № 1, здание коммунального государственного учреждения "Енбекская средняя школа с Орнекской начальной школой" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+        <w:t>
+      27. Избирательный участок № 145.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
     <w:bookmarkStart w:name="z219" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Актогай; село Енбек.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Акбастау, улица Береке строение № 11, здание коммунального государственного учреждения "Акбастауская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
     <w:bookmarkStart w:name="z220" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Избирательный участок № 144.</w:t>
+      Границы избирательного участка: село Акбастау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
     <w:bookmarkStart w:name="z221" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Орнек, улица Жарылкапа строение № 26, здание коммунального государственного учреждения "Енбекская средняя школа с Орнекской начальной школой" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+        <w:t>
+      28. Избирательный участок № 146.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
     <w:bookmarkStart w:name="z222" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Орнек.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Куш, улица Алмалы строение № 1, здание филиала № 5 "Карачингильское охотничье хозяйство" товарищества с ограниченной ответственностью "КОРПОРАЦИЯ Алмалы".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
     <w:bookmarkStart w:name="z223" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Избирательный участок № 145.</w:t>
+      Границы избирательного участка: село Куш; Кульжинский тракт поворот на село Куш.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
     <w:bookmarkStart w:name="z224" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Акбастау, улица Береке строение № 11, здание коммунального государственного учреждения "Акбастауская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      29.Избирательный участок № 147.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
     <w:bookmarkStart w:name="z225" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Акбастау.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Болекский сельский округ, село Болек, улица Достык строение № 16, здание коммунального государственного учреждения "Средняя школа имени М. Горького" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
     <w:bookmarkStart w:name="z226" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      28. Избирательный участок № 146.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Болек; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
     <w:bookmarkStart w:name="z227" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Балтабайский сельский округ, село Куш, улица Алмалы строение № 1, здание филиала № 5 "Карачингильское охотничье хозяйство" товарищества с ограниченной ответственностью "КОРПОРАЦИЯ Алмалы".</w:t>
+      30.Избирательный участок № 148.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
     <w:bookmarkStart w:name="z228" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Куш; Кульжинский тракт поворот на село Куш.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Болекский сельский округ, село Аймен, улица Ленина строение № 2, здание коммунального государственного учреждения "Айменская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
     <w:bookmarkStart w:name="z229" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29.Избирательный участок № 147.</w:t>
+      Границы избирательного участка: село Аймен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
     <w:bookmarkStart w:name="z230" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Болекский сельский округ, село Болек, улица Достык строение № 16, здание коммунального государственного учреждения "Средняя школа имени М. Горького" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      31. Избирательный участок № 149.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
     <w:bookmarkStart w:name="z231" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Болек; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Болекский сельский округ, село Карасай, улица Гагарина строение № 1, здание коммунального государственного учреждения "Средняя школа имени Абая" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
     <w:bookmarkStart w:name="z232" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      потребительские кооперативы: "Садоводческое общество "Ромашка", "Садоводческое общество "Ветеран", "Садоводческое общество "СОЛНЕЧНОЕ.", "Садоводческое общество "Деметра", "Садоводческое товарищество "Темиржолы - Жетысу", "Садоводческое товарищество "Энтузиаст", "ШИННИК", "Химик";</w:t>
+      Границы избирательного участка: село Карасай.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
     <w:bookmarkStart w:name="z233" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      потребительские кооперативы садоводческие общества: "Тас-Гуль", "Таугуль", "Чайка", "Дружба-1", "ПРОГРЕСС", "Октябрь", "Массив Иссык", "Жетысу", "Монтажник-1"; </w:t>
+        <w:t>
+      32.Избирательный участок № 150.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
     <w:bookmarkStart w:name="z234" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      потребительские кооперативы садоводческие товарищества: "Подснежник", "Алмагуль", "Кировец 37", "Восход-АЗТМ", "Джетысу-Дружба", "Дюбек", "Ак-Бидай", "Труд", "АЗОК"; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, сельский округ Байдибек би, село Байдибек би, улица Балагозова строение № 2 А, здание коммунального государственного учреждения "Средняя школа имени Н. Островского с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
     <w:bookmarkStart w:name="z235" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      потребительский кооператив садоводов "Орешек"; </w:t>
+      Границы избирательного участка: село Байдибек бия, улицы полностью: Телевышка, Балагозова, Акбуюмова, Сыдыкова, Садовая, С. Сейфуллина, Шевченко, Ключевая, Васильева, Коммунистическая, Алмабекова, Комсомольская, Первомайская, Кавказская, Фурманова; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
     <w:bookmarkStart w:name="z236" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      садоводческий потребительский кооператив "Иссык"; </w:t>
+        <w:t>
+      улица М. Байболова № 122, 122 А, 124, 124 Б, 126, 128, 128 А, 130, 131, 131 А, 131 Б, 131 В, 131 Г, 131 Д, 131 Е, 132, 133, 133 А, 133 Б, 134, 135, 136, 137, 138, 138 А, 139, 139 А, 140, 140 А, 140 Б, 140 В, 141, 141 А, 141 Б, 141 В, 141 Г, 141 Д, 141 Е, 141 К, 141 Л, 142, 142 В, 143, 143 А, 143 Б, 144, 145, 146, 147, 148, 149, 149 А, 150, 151, 151 А, 152, 153, 153 А, 154, 154 В, 154 Г, 154 Д, 155, 156, 156 А, 156 Б, 156 В, 157, 158, 159, 160, 161, 161 А, 161 Б, 161 В, 162, 163, 163 А, 163 Б, 164, 165, 166, 167, 168, 169, 170, 171, 171 А, 172, 173, 174, 175, 176, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
     <w:bookmarkStart w:name="z237" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      общественные объединения: "Энергетик", "Чубар".</w:t>
+        <w:t xml:space="preserve">
+      улица С. Оразбекова № 1, 1 А, 1 Б, 1 В, 1 Г, 1 Д, 1 Е, 2, 2 А, 3, 3 А, 3 Б, 3 В, 3 Г, 3 Е, 4, 5, 5 А, 6, 7, 7 А, 8, 9, 9 А, 10, 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32 , 33, 34, 35, 36, 37, 37 А, 37 Б, 38, 39, 39 А, 40, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55 А, 56, 56 А, 56 Б, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 74 А, 75, 76, 76 А, 77, 79, 81; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
     <w:bookmarkStart w:name="z238" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      30. Избирательный участок № 148.</w:t>
+        <w:t xml:space="preserve">
+      улица Гагарина № 1, 1 А, 2, 3, 3 А, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18 А, 19, 20, 21, 22; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
     <w:bookmarkStart w:name="z239" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Болекский сельский округ, село Аймен, улица Ленина строение № 2, здание коммунального государственного учреждения "Айменская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица Сибирьская № 1, 2, 3, 4, 5, 5 А, 6, 7, 8, 8 А, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22 А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
     <w:bookmarkStart w:name="z240" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Аймен.</w:t>
+      33. Избирательный участок № 151.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
     <w:bookmarkStart w:name="z241" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Избирательный участок № 149.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, сельский округ Байдибек би, село Байдибек би, улица М. Байболова строение № 244 Б, здание коммунального государственного учреждения "Средняя школа имени Т. Аубакирова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
     <w:bookmarkStart w:name="z242" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Болекский сельский округ, село Карасай, улица Гагарина строение № 1, здание коммунального государственного учреждения "Средняя школа имени Абая" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Байдибек бия, улицы полностью: Северная, А.Закирова, С.Оралбаева, Виноградная, Космодемьянской, Арычная, Титова; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
     <w:bookmarkStart w:name="z243" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Карасай.</w:t>
+      улица Сибирьская № 23, 24, 25, 26, 26 А, 27, 28, 29, 30, 30 А, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53 А, 54, 54 А, 55, 56, 57, 58, 59, 59 А, 59 В, 60, 60 А, 61, 62, 63, 64, 64 А, 65, 66, 67, 68, 69, 70, 70 А, 71, 72, 73, 74, 75, 76, 77, 78, 78 А, 79, 80, 81;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
     <w:bookmarkStart w:name="z244" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      32.Избирательный участок № 150.</w:t>
+        <w:t xml:space="preserve">
+      улица Гагарина № 23, 23 А, 24, 25, 26, 26 А, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40 А, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
     <w:bookmarkStart w:name="z245" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, сельский округ Байдибек би, село Байдибек би, улица Балагозова строение № 2 А, здание коммунального государственного учреждения "Средняя школа имени Н. Островского с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица М. Байболова № 178, 180, 182, 184, 186, 188, 190, 190 А, 190 Б, 190 В, 192, 192 А, 194, 194 Б, 196, 196 А, 196 Б, 198, 200, 202, 204, 204 А, 204 Б, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 238 А, 240, 240 А, 240 Б, 242, 242 А, 244, 244 А, 244 Б, 244 Г, 244 Д, 246, 246 А, 248, 248 А, 250, 252, 254, 254 Б, 256, 257, 258, 259, 260, 261, 261 А, 262, 263, 263 А, 264, 265, 266, 267, 268, 269, 269 А, 269 Б, 270, 271, 271 А, 272, 273, 274, 275, 276, 277, 278, 279, 280, 280 А, 281, 281 А, 282, 283, 284, 285, 286, 287, 287 А, 288, 289, 290, 291, 291 А, 292, 293, 293 А, 294, 295, 296, 296 А, 297, 298, 299, 300, 300 А, 301, 302, 303, 304, 305, 307, 307 А, 307 Б, 307 В, 307 Г, 307 Д, 309, 311, 313, 313 Б, 313 В, 315, 317, 319, 319 А, 319 Б, 321, 323, 325, 327, 329, 331, 333, 335, 337, 339, 341, 343, 343 А, 345, 345 А, 347, 349, 349 А, 351, 353, 355, 355 А, 357, 357 А, 358, 359, 359 А, 361, 363, 365, 367;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
     <w:bookmarkStart w:name="z246" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Байдибек бия, улицы полностью: Телевышка, Балагозова, Акбуюмова, Сыдыкова, Садовая, С. Сейфуллина, Шевченко, Ключевая, Васильева, Коммунистическая, Алмабекова, Комсомольская, Первомайская, Кавказская, Фурманова; </w:t>
+        <w:t>
+      улица С. Оразбекова № 78, 80, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100 А, 101, 102, 102 А, 103, 103 А, 104, 105, 106, 106 А, 107, 108, 109, 110, 111, 111 А, 112, 113, 113 А, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 136, 137;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
     <w:bookmarkStart w:name="z247" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица М. Байболова № 122, 122 А, 124, 124 Б, 126, 128, 128 А, 130, 131, 131 А, 131 Б, 131 В, 131 Г, 131 Д, 131 Е, 132, 133, 133 А, 133 Б, 134, 135, 136, 137, 138, 138 А, 139, 139 А, 140, 140 А, 140 Б, 140 В, 141, 141 А, 141 Б, 141 В, 141 Г, 141 Д, 141 Е, 141 К, 141 Л, 142, 142 В, 143, 143 А, 143 Б, 144, 145, 146, 147, 148, 149, 149 А, 150, 151, 151 А, 152, 153, 153 А, 154, 154 В, 154 Г, 154 Д, 155, 156, 156 А, 156 Б, 156 В, 157, 158, 159, 160, 161, 161 А, 161 Б, 161 В, 162, 163, 163 А, 163 Б, 164, 165, 166, 167, 168, 169, 170, 171, 171 А, 172, 173, 174, 175, 176, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255;</w:t>
+      переулки: Восточный, 8 Марта; Молочно-товарная ферма.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
     <w:bookmarkStart w:name="z248" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица С. Оразбекова № 1, 1 А, 1 Б, 1 В, 1 Г, 1 Д, 1 Е, 2, 2 А, 3, 3 А, 3 Б, 3 В, 3 Г, 3 Е, 4, 5, 5 А, 6, 7, 7 А, 8, 9, 9 А, 10, 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32 , 33, 34, 35, 36, 37, 37 А, 37 Б, 38, 39, 39 А, 40, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55 А, 56, 56 А, 56 Б, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 74 А, 75, 76, 76 А, 77, 79, 81; </w:t>
+        <w:t>
+      34. Избирательный участок № 152.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
     <w:bookmarkStart w:name="z249" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Гагарина № 1, 1 А, 2, 3, 3 А, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18 А, 19, 20, 21, 22; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, сельский округ Байдибек би, село Байдибек би, улица Шевченко строение № 18 а, здание Дома Культуры села Байдибек би при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
     <w:bookmarkStart w:name="z250" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Сибирьская № 1, 2, 3, 4, 5, 5 А, 6, 7, 8, 8 А, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22 А.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Байдибек бия, улицы полностью: Подстанция, Н. Панфилова, С. Олжабулатова, Ю. Зазулина, А. Жакупова, О. Зорманова, Мира, Терешковой, Т. Рыскулова; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
     <w:bookmarkStart w:name="z251" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Избирательный участок № 151.</w:t>
+      улица М. Байболова № 1, 1 А, 2, 3, 4, 5, 5 А, 6, 7, 8, 9, 10, 11, 12, 13, 13 А, 14, 15, 16, 16 А, 17, 17 А, 17 Б, 18, 18 А, 19, 19 А, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31 А, 32, 33, 34, 35, 36, 36 А, 37, 38, 39, 40, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 52 Б, 53, 54, 54 Б, 55, 56, 56 А, 57, 57 А, 57 В, 58,59, 60, 61, 62, 63, 63 А, 63 Б, 63 В, 63 Г, 64, 65, 65 А, 65 Б, 65 В, 66, 67, 67 А, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 82 А, 83, 83 А, 84, 85, 85 А, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 111 А, 112, 112 А, 112 В, 113, 113 А, 113 Б, 113 В, 113 Г, 114, 115, 116, 117, 118, 118 А, 119, 120, 120 А, 120 Б, 120 В, 121, 123, 125, 127, 129, 129 А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
     <w:bookmarkStart w:name="z252" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, сельский округ Байдибек би, село Байдибек би, улица М. Байболова строение № 244 Б, здание коммунального государственного учреждения "Средняя школа имени Т. Аубакирова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      35.Избирательный участок № 153.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
     <w:bookmarkStart w:name="z253" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Байдибек бия, улицы полностью: Северная, А.Закирова, С.Оралбаева, Виноградная, Космодемьянской, Арычная, Титова; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Жанашарский сельский округ, село Жанашар, улица П. Кузиева строение № 69, актовый зал здания коммунального государственного учреждения "Средняя школа имени Т. Рыскулова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
     <w:bookmarkStart w:name="z254" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Сибирьская № 23, 24, 25, 26, 26 А, 27, 28, 29, 30, 30 А, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53 А, 54, 54 А, 55, 56, 57, 58, 59, 59 А, 59 В, 60, 60 А, 61, 62, 63, 64, 64 А, 65, 66, 67, 68, 69, 70, 70 А, 71, 72, 73, 74, 75, 76, 77, 78, 78 А, 79, 80, 81;</w:t>
+      Границы избирательного участка: село Жанашар, улицы полностью: И. Нокабаева, А. Омирали, М. Баекешева;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
     <w:bookmarkStart w:name="z255" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Гагарина № 23, 23 А, 24, 25, 26, 26 А, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40 А, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52; </w:t>
+        <w:t>
+      улица Наниева № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47 А, 48, 48 А, 49, 50, 50 А, 50 Б, 50 В, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 69 А, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 90 А, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 107;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
     <w:bookmarkStart w:name="z256" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица М. Байболова № 178, 180, 182, 184, 186, 188, 190, 190 А, 190 Б, 190 В, 192, 192 А, 194, 194 Б, 196, 196 А, 196 Б, 198, 200, 202, 204, 204 А, 204 Б, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 238 А, 240, 240 А, 240 Б, 242, 242 А, 244, 244 А, 244 Б, 244 Г, 244 Д, 246, 246 А, 248, 248 А, 250, 252, 254, 254 Б, 256, 257, 258, 259, 260, 261, 261 А, 262, 263, 263 А, 264, 265, 266, 267, 268, 269, 269 А, 269 Б, 270, 271, 271 А, 272, 273, 274, 275, 276, 277, 278, 279, 280, 280 А, 281, 281 А, 282, 283, 284, 285, 286, 287, 287 А, 288, 289, 290, 291, 291 А, 292, 293, 293 А, 294, 295, 296, 296 А, 297, 298, 299, 300, 300 А, 301, 302, 303, 304, 305, 307, 307 А, 307 Б, 307 В, 307 Г, 307 Д, 309, 311, 313, 313 Б, 313 В, 315, 317, 319, 319 А, 319 Б, 321, 323, 325, 327, 329, 331, 333, 335, 337, 339, 341, 343, 343 А, 345, 345 А, 347, 349, 349 А, 351, 353, 355, 355 А, 357, 357 А, 358, 359, 359 А, 361, 363, 365, 367;</w:t>
+      улица П. Кузиева № 1, 1 А, 1 Б, 1 Г, 1 Д, 2, 2 А, 2 В, 2 Г, 3, 3 А, 3 Б, 3 В, 3 Г, 4, 5, 5 Б, 6, 7, 7 А, 8, 8 Б, 9, 9 Б, 10, 10 А, 11, 11 Б, 12, 12 А, 13, 13 А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27 А, 28, 29, 30, 30 А, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40 Б, 41, 42, 42 А, 42 В, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 69 А, 69 Б, 70, 71, 71 А, 72, 73, 74, 75, 76, 77, 78, 79, 80, 80 А, 81, 81 А, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 91 А, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 105 А, 106, 107, 108, 109, 110;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
     <w:bookmarkStart w:name="z257" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица С. Оразбекова № 78, 80, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100 А, 101, 102, 102 А, 103, 103 А, 104, 105, 106, 106 А, 107, 108, 109, 110, 111, 111 А, 112, 113, 113 А, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 136, 137;</w:t>
+      улица Саймасайская № 1, 2, 3, 4, 5, 5 А, 6, 7, 7 А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18,19, 20, 21, 22, 23, 24, 25, 26, 27, 27 А, 28, 29, 29 А, 30, 31, 32, 33, 33 А, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43 А, 44, 44 А, 45, 45, А, 46, 46 А, 47, 48, 49, 50, 51, 51 А, 52, 52 Б, 53, 53 А, 54, 55, 56, 56 А, 57, 58 А, 59, 60, 61, 62, 63, 63 Г, 64, 65, 66, 67, 68, 68 А, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 79 В, 80, 80 А, 80 Б, 80 В, 81, 82, 83, 84, 85, 86, 87, 87 А, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
     <w:bookmarkStart w:name="z258" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулки: Восточный, 8 Марта; Молочно-товарная ферма.</w:t>
+      36. Избирательный участок № 154.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
     <w:bookmarkStart w:name="z259" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Избирательный участок № 152.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Жанашарский сельский округ, село Жанашар, улица П. Кузиева строение № 69, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Т. Рыскулова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
     <w:bookmarkStart w:name="z260" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, сельский округ Байдибек би, село Байдибек би, улица Шевченко строение № 18 а, здание Дома Культуры села Байдибек би при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
+      Границы избирательного участка: село Жанашар, улицы полностью; Абая, М. Токушева, Егемендык;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
     <w:bookmarkStart w:name="z261" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Байдибек бия, улицы полностью: Подстанция, Н. Панфилова, С. Олжабулатова, Ю. Зазулина, А. Жакупова, О. Зорманова, Мира, Терешковой, Т. Рыскулова; </w:t>
+        <w:t>
+      улица Наниева № 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 120 А, 121, 122, 123, 124, 125, 126, 127, 128, 129, 129 А, 130, 131, 132, 134, 136, 155;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
     <w:bookmarkStart w:name="z262" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица М. Байболова № 1, 1 А, 2, 3, 4, 5, 5 А, 6, 7, 8, 9, 10, 11, 12, 13, 13 А, 14, 15, 16, 16 А, 17, 17 А, 17 Б, 18, 18 А, 19, 19 А, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31 А, 32, 33, 34, 35, 36, 36 А, 37, 38, 39, 40, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 52 Б, 53, 54, 54 Б, 55, 56, 56 А, 57, 57 А, 57 В, 58,59, 60, 61, 62, 63, 63 А, 63 Б, 63 В, 63 Г, 64, 65, 65 А, 65 Б, 65 В, 66, 67, 67 А, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 82 А, 83, 83 А, 84, 85, 85 А, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 111 А, 112, 112 А, 112 В, 113, 113 А, 113 Б, 113 В, 113 Г, 114, 115, 116, 117, 118, 118 А, 119, 120, 120 А, 120 Б, 120 В, 121, 123, 125, 127, 129, 129 А.</w:t>
+        <w:t xml:space="preserve">
+      улица П. Кузиева № 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 125 Б, 125 В, 126, 127, 127 А, 127 Б, 128, 129, 129 В, 130, 130/1, 130 А, 131, 132, 132 А, 133, 134, 135, 136, 136 А, 137, 138, 139, 140, 141, 142, 144, 145, 145 А, 147, 167 А; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
     <w:bookmarkStart w:name="z263" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35.Избирательный участок № 153.</w:t>
+      улица Саймасайская № 105, 106, 107, 107 А, 108, 109, 110, 111, 111 А, 112, 113, 113 А, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127 А, 128, 129, 129 А, 131, 132, 132 А, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 145 А, 146, 147, 147 А, 148, 149, 150, 151, 151 Б, 152, 152 А, 152 Б, 153, 154, 156, 156 А, 157, 157 А, 157 Б, 158, 158 А, 159, 160, 161, 162, 163, 164, 165, 165 А, 165 Б, 166, 167, 167 А, 168, 169, 171, 171 А, 172, 173, 173 А, 173 Б; 173 В, 174, 175, 175 А, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 187, 189, 191;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
     <w:bookmarkStart w:name="z264" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Жанашарский сельский округ, село Жанашар, улица П. Кузиева строение № 69, актовый зал здания коммунального государственного учреждения "Средняя школа имени Т. Рыскулова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      потребительские кооперативы садоводческие общества: "Машиностроитель", "Жеруйык", "Алма"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
     <w:bookmarkStart w:name="z265" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Жанашар, улицы полностью: И. Нокабаева, А. Омирали, М. Баекешева;</w:t>
+        <w:t xml:space="preserve">
+      потребительские кооперативы садоводческие товарищества: "АКСУ", "Наурыз", "АЛИИТ", "Асфа", "Весна", "Солнечное", "Жанашар"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
     <w:bookmarkStart w:name="z266" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Наниева № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47 А, 48, 48 А, 49, 50, 50 А, 50 Б, 50 В, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 69 А, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 90 А, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 107;</w:t>
+      потребительские кооперативы: "КАZGOR-Бакша", "Куат", "Садоводческое товарищество "Изыскатель", "Садоводческое товарищество, "Темирлан", "ТАМИРЛАН", "Садоводческое общество "Энергия" ОДУ Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
     <w:bookmarkStart w:name="z267" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица П. Кузиева № 1, 1 А, 1 Б, 1 Г, 1 Д, 2, 2 А, 2 В, 2 Г, 3, 3 А, 3 Б, 3 В, 3 Г, 4, 5, 5 Б, 6, 7, 7 А, 8, 8 Б, 9, 9 Б, 10, 10 А, 11, 11 Б, 12, 12 А, 13, 13 А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27 А, 28, 29, 30, 30 А, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40 Б, 41, 42, 42 А, 42 В, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 69 А, 69 Б, 70, 71, 71 А, 72, 73, 74, 75, 76, 77, 78, 79, 80, 80 А, 81, 81 А, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 91 А, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 105 А, 106, 107, 108, 109, 110;</w:t>
+      37. Избирательный участок № 155.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
     <w:bookmarkStart w:name="z268" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Саймасайская № 1, 2, 3, 4, 5, 5 А, 6, 7, 7 А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18,19, 20, 21, 22, 23, 24, 25, 26, 27, 27 А, 28, 29, 29 А, 30, 31, 32, 33, 33 А, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43 А, 44, 44 А, 45, 45, А, 46, 46 А, 47, 48, 49, 50, 51, 51 А, 52, 52 Б, 53, 53 А, 54, 55, 56, 56 А, 57, 58 А, 59, 60, 61, 62, 63, 63 Г, 64, 65, 66, 67, 68, 68 А, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 79 В, 80, 80 А, 80 Б, 80 В, 81, 82, 83, 84, 85, 86, 87, 87 А, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Жанашарский сельский округ, село Космос, улица Жастар строение № 13, здание коммунального государственного учреждения "Средняя школа имени И. Жансугурова с дошкольным мини-центром и начальной школой Базаркельды" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
     <w:bookmarkStart w:name="z269" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Избирательный участок № 154.</w:t>
+      Границы избирательного участка: село Космос.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
     <w:bookmarkStart w:name="z270" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Жанашарский сельский округ, село Жанашар, улица П. Кузиева строение № 69, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Т. Рыскулова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      38. Избирательный участок № 156.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
     <w:bookmarkStart w:name="z271" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Жанашар, улицы полностью; Абая, М. Токушева, Егемендык;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Жанашарский сельский округ, село Базаркелды, улица Достық строение № 33, здание коммунального государственного учреждения "Средняя школа имени И. Жансугурова с дошкольным мини-центром и начальной школой Базаркельды" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
     <w:bookmarkStart w:name="z272" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Наниева № 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 120 А, 121, 122, 123, 124, 125, 126, 127, 128, 129, 129 А, 130, 131, 132, 134, 136, 155;</w:t>
+      Границы избирательного участка: село Базаркелды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
     <w:bookmarkStart w:name="z273" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица П. Кузиева № 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 125 Б, 125 В, 126, 127, 127 А, 127 Б, 128, 129, 129 В, 130, 130/1, 130 А, 131, 132, 132 А, 133, 134, 135, 136, 136 А, 137, 138, 139, 140, 141, 142, 144, 145, 145 А, 147, 167 А; </w:t>
+        <w:t>
+      39. Избирательный участок № 157.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
     <w:bookmarkStart w:name="z274" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Саймасайская № 105, 106, 107, 107 А, 108, 109, 110, 111, 111 А, 112, 113, 113 А, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127 А, 128, 129, 129 А, 131, 132, 132 А, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 145 А, 146, 147, 147 А, 148, 149, 150, 151, 151 Б, 152, 152 А, 152 Б, 153, 154, 156, 156 А, 157, 157 А, 157 Б, 158, 158 А, 159, 160, 161, 162, 163, 164, 165, 165 А, 165 Б, 166, 167, 167 А, 168, 169, 171, 171 А, 172, 173, 173 А, 173 Б; 173 В, 174, 175, 175 А, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 187, 189, 191;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Казахстанский сельский округ, село Ащибулак, улица А. Бубенцова строение № 1 Б, здание коммунального государственного учреждения "Средняя школа имени А. Бубенцова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
     <w:bookmarkStart w:name="z275" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      потребительские кооперативы садоводческие общества: "Машиностроитель", "Жеруйык", "Алма"; </w:t>
+        <w:t>
+      Границы избирательного участка: село Ащибулак.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
     <w:bookmarkStart w:name="z276" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      потребительские кооперативы садоводческие товарищества: "АКСУ", "Наурыз", "АЛИИТ", "Асфа", "Весна", "Солнечное", "Жанашар"; </w:t>
+        <w:t>
+      40. Избирательный участок № 158.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
     <w:bookmarkStart w:name="z277" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      потребительские кооперативы: "КАZGOR-Бакша", "Куат", "Садоводческое товарищество "Изыскатель", "Садоводческое товарищество, "Темирлан", "ТАМИРЛАН", "Садоводческое общество "Энергия" ОДУ Казахстан".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Казахстанский сельский округ, село Казахстан, улица Ж. Каипова строение № 8 А, здание коммунального государственного учреждения "Средняя школа имени Ж. Каипова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
     <w:bookmarkStart w:name="z278" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. Избирательный участок № 155.</w:t>
+      Границы избирательного участка: село Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
     <w:bookmarkStart w:name="z279" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Жанашарский сельский округ, село Космос, улица Жастар строение № 13, здание коммунального государственного учреждения "Средняя школа имени И. Жансугурова с дошкольным мини-центром и начальной школой Базаркельды" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      41. Избирательный участок № 159.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
     <w:bookmarkStart w:name="z280" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Космос.</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Казахстанский сельский округ, село Ж. Каипова, улица М. Маметовой строение № 26, здание коммунального государственного учреждения "Казахстанская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
     <w:bookmarkStart w:name="z281" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Избирательный участок № 156.</w:t>
+      Границы избирательного участка: село Ж. Каипова.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
     <w:bookmarkStart w:name="z282" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Жанашарский сельский округ, село Базаркелды, улица Достық строение № 33, здание коммунального государственного учреждения "Средняя школа имени И. Жансугурова с дошкольным мини-центром и начальной школой Базаркельды" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      42. Избирательный участок № 160.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
     <w:bookmarkStart w:name="z283" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Базаркелды.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каражотинский сельский округ, село Каражота, улица А. Иманова строение № 2 А, здание коммунального государственного учреждения "Средняя школа имени Б. Момышулы" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
     <w:bookmarkStart w:name="z284" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. Избирательный участок № 157.</w:t>
+      Границы избирательного участка: село Каражота; отгонные участки: Актума, Бабатоган, Торгай, Дайырсаз, Сарыбас.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
     <w:bookmarkStart w:name="z285" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Казахстанский сельский округ, село Ащибулак, улица А. Бубенцова строение № 1 Б, здание коммунального государственного учреждения "Средняя школа имени А. Бубенцова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      43. Избирательный участок № 161.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
     <w:bookmarkStart w:name="z286" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Ащибулак.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каражотинский сельский округ, село Сарыбулак, улица Конаев строение № 13 а, здание Дома Культуры села Сарыбулак при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
     <w:bookmarkStart w:name="z287" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. Избирательный участок № 158.</w:t>
+      Границы избирательного участка: село Сарыбулак; отгонные участки: Бесбаз, Диирменбаз, Жалалбаз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
     <w:bookmarkStart w:name="z288" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Казахстанский сельский округ, село Казахстан, улица Ж. Каипова строение № 8 А, здание коммунального государственного учреждения "Средняя школа имени Ж. Каипова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      44. Избирательный участок № 162.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
     <w:bookmarkStart w:name="z289" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Казахстан.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каражотинский сельский округ, село Актогай, улица Абая строение № 26 а, здание Дома Культуры села Актогай при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
     <w:bookmarkStart w:name="z290" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. Избирательный участок № 159.</w:t>
+      Границы избирательного участка: село Актоган; товарищество с ограниченной ответственностью "Куликовка"; отгонные участки: Шубайбаз, Шадайбаз, Кымызбаз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
     <w:bookmarkStart w:name="z291" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Казахстанский сельский округ, село Ж. Каипова, улица М. Маметовой строение № 26, здание коммунального государственного учреждения "Казахстанская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+        <w:t>
+      45. Избирательный участок № 163.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
     <w:bookmarkStart w:name="z292" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Ж. Каипова.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каракемерский сельский округ, село Каракемер, улица А. Тастанбекова строение № 11, здание коммунального государственного учреждения "Средняя школа имени К. Орымбетова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
     <w:bookmarkStart w:name="z293" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      42. Избирательный участок № 160.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Каракемер, улицы полностью: АртҰма Гайковича, Бек Амира, Сеита Билдебаева, Буркитбаева, Жакена Ситаева, Жандосова, Малгелдиева, К. Орымбетова, Рыскулова, Токатаева, Абилда Шилдебаева, Новостройка; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
     <w:bookmarkStart w:name="z294" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каражотинский сельский округ, село Каражота, улица А. Иманова строение № 17, здание коммунального государственного учреждения "Средняя школа имени Б. Момышулы" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица А. Тастанбекова № 15, 15 А, 16, 17, 18, 18 А, 19, 20, 21, 21 А, 22, 22 А, 23, 24, 25, 26, 27, 28, 29, 29 А, 30, 30 А, 30 Б, 31, 32, 33, 34, 35, 36, 37, 38, 38 Б, 39, 40, 41, 41 А, 42, 43, 44, 44 А, 44 Б, 45, 46, 47, 48, 48 А, 49, 50, 51, 51 А, 52, 53, 54, 55;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
     <w:bookmarkStart w:name="z295" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Каражота; отгонные участки: Актума, Бабатоган, Торгай, Дайырсаз, Сарыбас.</w:t>
+      46.Избирательный участок № 165.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
     <w:bookmarkStart w:name="z296" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. Избирательный участок № 161.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каракемерский сельский округ, село Каракемер, улица А. Тастанбекова строение № 5 А, здание Дома Культуры села Каракемер при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
     <w:bookmarkStart w:name="z297" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каражотинский сельский округ, село Сарыбулак, улица Конаев строение № 13 а, здание Дома Культуры села Сарыбулак при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Каракемер, улицы полностью: Нуртай Мандиулы, Боранбая, Жамангараева, Абая, Садырбаева, Шоссейная, Дачная, Малкеева, Курманбаева; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
     <w:bookmarkStart w:name="z298" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Сарыбулак; отгонные участки: Бесбаз, Диирменбаз, Жалалбаз.</w:t>
+      улица А. Тастанбекова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11 А, 12, 13, 14;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
     <w:bookmarkStart w:name="z299" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. Избирательный участок № 162.</w:t>
+      Военный городок воинской части № 6654.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
     <w:bookmarkStart w:name="z300" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каражотинский сельский округ, село Актогай, улица Абая строение № 26 а, здание Дома Культуры села Актогай при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
+      47. Избирательный участок № 166.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
     <w:bookmarkStart w:name="z301" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Актоган; товарищество с ограниченной ответственностью "Куликовка"; отгонные участки: Шубайбаз, Шадайбаз, Кымызбаз.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каракемерский сельский округ, село Талдыбулак, улица Жамангараева строение без номера, здание коммунального государственного учреждения "Талдыбулакская средняя школа с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
     <w:bookmarkStart w:name="z302" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Избирательный участок № 163.</w:t>
+      Границы избирательного участка: село Талдыбулак; село Сатай.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
     <w:bookmarkStart w:name="z303" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каракемерский сельский округ, село Каракемер, улица А. Тастанбекова строение № 11, здание коммунального государственного учреждения "Средняя школа имени К. Орымбетова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      48. Избирательный участок № 167.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
     <w:bookmarkStart w:name="z304" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Каракемер, улицы полностью: АртҰма Гайковича, Бек Амира, Сеита Билдебаева, Буркитбаева, Жакена Ситаева, Жандосова, Малгелдиева, К. Орымбетова, Рыскулова, Токатаева, Абилда Шилдебаева, Новостройка; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каратурыкский сельский округ, село Достык, улица Т. Аубакирова строение № 109 А, здание коммунального государственного учреждения "Средняя школа имени Алтынбике Бертаевой с Лаварской начальной школой" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
     <w:bookmarkStart w:name="z305" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица А. Тастанбекова № 15, 15 А, 16, 17, 18, 18 А, 19, 20, 21, 21 А, 22, 22 А, 23, 24, 25, 26, 27, 28, 29, 29 А, 30, 30 А, 30 Б, 31, 32, 33, 34, 35, 36, 37, 38, 38 Б, 39, 40, 41, 41 А, 42, 43, 44, 44 А, 44 Б, 45, 46, 47, 48, 48 А, 49, 50, 51, 51 А, 52, 53, 54, 55;</w:t>
+      Границы избирательного участка: село Достык, село Лавар; Молочно - товарная ферма.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
     <w:bookmarkStart w:name="z306" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      46.Избирательный участок № 165.</w:t>
+      49. Избирательный участок № 168.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
     <w:bookmarkStart w:name="z307" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каракемерский сельский округ, село Каракемер, улица А. Тастанбекова строение № 5 А, здание Дома Культуры села Каракемер при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каратурыкский сельский округ, село Каратурык, улица Желтоксан строение № 10 А, здание коммунального государственного учреждения "Средняя школа имени А. Саттарова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
     <w:bookmarkStart w:name="z308" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Границы избирательного участка: село Каракемер, улицы полностью: Нуртай Мандиулы, Боранбая, Жамангараева, Абая, Садырбаева, Шоссейная, Дачная, Малкеева, Курманбаева; </w:t>
+      Границы избирательного участка: село Каратурык. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
     <w:bookmarkStart w:name="z309" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица А. Тастанбекова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11 А, 12, 13, 14;</w:t>
+      50. Избирательный участок № 169.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
     <w:bookmarkStart w:name="z310" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Военный городок воинской части № 6654.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каратурыкский сельский округ, село Ащисай, улица Шокана Валиханова строение № 6 А, здание коммунального государственного учреждения "Средняя школа имени Ш. Валиханова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
     <w:bookmarkStart w:name="z311" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      47. Избирательный участок № 166.</w:t>
+      Границы избирательного участка: село Ащисай; Молочно - товарная ферма; отгонный участок Донкара.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
     <w:bookmarkStart w:name="z312" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каракемерский сельский округ, село Талдыбулак, улица Жамангараева строение без номера, здание коммунального государственного учреждения "Талдыбулакская средняя школа с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      51. Избирательный участок № 170.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
     <w:bookmarkStart w:name="z313" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Талдыбулак; село Сатай.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каратурыкский сельский округ, село Таукаратурык, улица Самсыбекова строение № 1 В, здание коммунального государственного учреждения "Средняя школа имени Садыка Аманжолова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
     <w:bookmarkStart w:name="z314" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      48. Избирательный участок № 167.</w:t>
+      Границы избирательного участка: село Таукаратурык, село Арна; отгонный участок Бурандасу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
     <w:bookmarkStart w:name="z315" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каратурыкский сельский округ, село Достык, улица Т. Аубакирова строение № 109 А, здание коммунального государственного учреждения "Средняя школа имени Алтынбике Бертаевой с Лаварской начальной школой" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      52. Избирательный участок № 171.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
     <w:bookmarkStart w:name="z316" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Достык, село Лавар; Молочно - товарная ферма.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Коктобе, улица Нурманбетова строение № 55 А, здание коммунального государственного учреждения "Коктобинская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
     <w:bookmarkStart w:name="z317" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      49. Избирательный участок № 168.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Коктобе, улицы полностью: Ы. Алтынсарина, Т. Молдагалиева, Р. Кошкарбаева, Камалова; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
     <w:bookmarkStart w:name="z318" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каратурыкский сельский округ, село Каратурык, улица Желтоксан строение № 10 А, здание коммунального государственного учреждения "Средняя школа имени А. Саттарова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица С. Сейфуллина № 2, 2 А, 4, 4 А, 4 Б, 4 В, 6, 6 А, 6 Б, 6 В, 8, 8 А, 6 Б, 8 Г, 10, 10 Б, 10 В, 12, 14, 14 А, 14 Б, 16, 16 А, 16 Б, 16 Г, 16 Д, 18, 18 А, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 44 А, 44 Б, 46, 48, 50, 52, 54, 56, 58, 60, 60 А, 62, 62 А, 62 Б, 64, 66, 68, 70, 72, 74, 76, 78, 80, 80 А, 82, 84, 86, 86 Б, 88, 88 А, 88 Б, 90, 92, 94, 94 А, 96, 98, 100, 102, 104, 106, 108, 108 А, 10, 112, 114, 116, 116 А, 116 Б, 118, 120, 122, 124, 126, 128,130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 154 А, 156, 158, 158 А, 160, 162, 162 А, 164, 164 А, 166, 168, 168 А, 170, 172, 174, 176, 176 А, 176 Б, 178, 180, 180 А, 182, 182 А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
     <w:bookmarkStart w:name="z319" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Каратурык. </w:t>
+        <w:t>
+      53. Избирательный участок № 172.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
     <w:bookmarkStart w:name="z320" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      50. Избирательный участок № 169.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Коктобе, улица С. Сейфуллина строение № 5, здание государственного коммунального казенного предприятия "Детский ясли-сад "Айголек"" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
     <w:bookmarkStart w:name="z321" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каратурыкский сельский округ, село Ащисай, улица Шокана Валиханова строение № 6 А, здание коммунального государственного учреждения "Средняя школа имени Ш. Валиханова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Коктобе, улицы полностью: Жанбакиева, Тауелсыздык, Нурманбетова, Д. Конаева; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
     <w:bookmarkStart w:name="z322" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Ащисай; Молочно - товарная ферма; отгонный участок Донкара.</w:t>
+      улица С. Сейфуллина № 1, 3, 5, 7, 7 Б, 9, 9 А, 11, 11 А, 11 Б, 11 В, 13, 13 Б, 15, 17, 19, 21, 23, 23 А, 27, 29, 29 А, 31, 33, 35, 37, 39, 41, 43, 45, 45 А, 47, 47 А, 47 Б, 47 В, 49, 51, 53, 55, 57, 57 А, 59, 61, 63, 65, 67, 69, 71,73, 75, 75 А, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 101 А, 101 Б, 103, 103 А, 105, 107, 109, 109 А, 109 Б, 111, 113, 113 А, 113 Б, 115, 115 А, 117, 117 А, 119, 119 А, 119 Б, 119 Д, 121, 121 А, 121 Б, 123, 125, 125 А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
     <w:bookmarkStart w:name="z323" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      51. Избирательный участок № 170.</w:t>
+      54. Избирательный участок № 173.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
     <w:bookmarkStart w:name="z324" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Каратурыкский сельский округ, село Таукаратурык, улица Самсыбекова строение № 1 В, здание коммунального государственного учреждения "Средняя школа имени Садыка Аманжолова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Кызылжар, улица Жандосова строение № 14, спортивный зал коммунального государственного учреждения "Средняя школа имени О. Жандосова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
     <w:bookmarkStart w:name="z325" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Таукаратурык, село Арна; отгонный участок Бурандасу.</w:t>
+      Границы избирательного участка: село Кызылжар, улицы полностью: Есенбая, Е. Олжабая, Амангелды, Т. Бокина;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
     <w:bookmarkStart w:name="z326" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      52. Избирательный участок № 171.</w:t>
+      улица Т. Естемесова № 1, 1 В, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 21 А, 21 Б, 21 В, 23, 23 А, 23 Б, 23 В, 23 Д, 25, 25 А, 27, 29, 31, 33, 35, 37, 39, 41, 43, 43 А, 43 Б, 45, 45 А, 47, 49, 51, 53, 55.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
     <w:bookmarkStart w:name="z327" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Коктобе, улица Нурманбетова строение № 55 А, здание коммунального государственного учреждения "Коктобинская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      55. Избирательный участок № 174.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
     <w:bookmarkStart w:name="z328" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Коктобе, улицы полностью: Ы. Алтынсарина, Т. Молдагалиева, Р. Кошкарбаева, Камалова; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Кызылжар, улица Жандосова строение № 14, здание коммунального государственного учреждения "Средняя школа имени О. Жандосова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
     <w:bookmarkStart w:name="z329" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица С. Сейфуллина № 2, 2 А, 4, 4 А, 4 Б, 4 В, 6, 6 А, 6 Б, 6 В, 8, 8 А, 6 Б, 8 Г, 10, 10 Б, 10 В, 12, 14, 14 А, 14 Б, 16, 16 А, 16 Б, 16 Г, 16 Д, 18, 18 А, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 44 А, 44 Б, 46, 48, 50, 52, 54, 56, 58, 60, 60 А, 62, 62 А, 62 Б, 64, 66, 68, 70, 72, 74, 76, 78, 80, 80 А, 82, 84, 86, 86 Б, 88, 88 А, 88 Б, 90, 92, 94, 94 А, 96, 98, 100, 102, 104, 106, 108, 108 А, 10, 112, 114, 116, 116 А, 116 Б, 118, 120, 122, 124, 126, 128,130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 154 А, 156, 158, 158 А, 160, 162, 162 А, 164, 164 А, 166, 168, 168 А, 170, 172, 174, 176, 176 А, 176 Б, 178, 180, 180 А, 182, 182 А.</w:t>
+      Границы избирательного участка: село Кызылжар, улицы полностью: Аюбая, Нурпейсова, С. Муканова, Б. Карибаева, Абая, Курмангали, Жамбыла, Жандосова;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
     <w:bookmarkStart w:name="z330" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      53. Избирательный участок № 172.</w:t>
+      улица Т. Естемесова № 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 20 А, 22, 22 Б, 24, 26, 26 А, 28, 28 А, 30, 32, 32 А, 34,36, 38, 40, 40 А, 42, 44, 46, 48, 48 А, 50, 52, 52 А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
     <w:bookmarkStart w:name="z331" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Коктобе, улица С. Сейфуллина строение № 5, здание государственного коммунального казенного предприятия "Детский ясли-сад "Айголек"" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      56. Избирательный участок № 175.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
     <w:bookmarkStart w:name="z332" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Коктобе, улицы полностью: Жанбакиева, Тауелсыздык, Нурманбетова, Д. Конаева; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Толе би, улица Пушкин строение № 100, здание коммунального государственного учреждения "Средняя школа имени Толе би" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
     <w:bookmarkStart w:name="z333" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица С. Сейфуллина № 1, 3, 5, 7, 7 Б, 9, 9 А, 11, 11 А, 11 Б, 11 В, 13, 13 Б, 15, 17, 19, 21, 23, 23 А, 27, 29, 29 А, 31, 33, 35, 37, 39, 41, 43, 45, 45 А, 47, 47 А, 47 Б, 47 В, 49, 51, 53, 55, 57, 57 А, 59, 61, 63, 65, 67, 69, 71,73, 75, 75 А, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 101 А, 101 Б, 103, 103 А, 105, 107, 109, 109 А, 109 Б, 111, 113, 113 А, 113 Б, 115, 115 А, 117, 117 А, 119, 119 А, 119 Б, 119 Д, 121, 121 А, 121 Б, 123, 125, 125 А.</w:t>
+      Границы избирательного участка: село Толе би.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
     <w:bookmarkStart w:name="z334" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      54. Избирательный участок № 173.</w:t>
+      57. Избирательный участок № 176.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
     <w:bookmarkStart w:name="z335" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Кызылжар, улица Жандосова строение № 14, спортивный зал коммунального государственного учреждения "Средняя школа имени О. Жандосова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Алмалы, улица Шорманова строение № 2 , здание коммунального государственного учреждения "Средняя школа имени И. Шорманова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
     <w:bookmarkStart w:name="z336" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Кызылжар, улицы полностью: Есенбая, Е. Олжабая, Амангелды, Т. Бокина;</w:t>
+      Границы избирательного участка: село Алмалы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
     <w:bookmarkStart w:name="z337" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Т. Естемесова № 1, 1 В, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 21 А, 21 Б, 21 В, 23, 23 А, 23 Б, 23 В, 23 Д, 25, 25 А, 27, 29, 31, 33, 35, 37, 39, 41, 43, 43 А, 43 Б, 45, 45 А, 47, 49, 51, 53, 55.</w:t>
+      58. Избирательный участок № 177.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
     <w:bookmarkStart w:name="z338" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      55. Избирательный участок № 174.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Корамский сельский округ, село Корам, улица Зарватовой строение № 46, спортивный зал здания коммунального государственного учреждения "Корамская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
     <w:bookmarkStart w:name="z339" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Кызылжар, улица Жандосова строение № 14, здание коммунального государственного учреждения "Средняя школа имени О. Жандосова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Корам, улицы полностью: Жобаланган, Жобаланган 1, Жобаланган 2, Шымболатова, Тойбекова, Зарватовой, Беспаева, Первомайская, Октябрьская, Темиркулова, Комсомольская, Заречная; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
     <w:bookmarkStart w:name="z340" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Кызылжар, улицы полностью: Аюбая, Нурпейсова, С. Муканова, Б. Карибаева, Абая, Курмангали, Жамбыла, Жандосова;</w:t>
+        <w:t xml:space="preserve">
+      улица 8 Марта № 1, 1 А, 1 Б, 2, 2 А, 3, 4, 5, 6, 7; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
     <w:bookmarkStart w:name="z341" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Т. Естемесова № 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 20 А, 22, 22 Б, 24, 26, 26 А, 28, 28 А, 30, 32, 32 А, 34,36, 38, 40, 40 А, 42, 44, 46, 48, 48 А, 50, 52, 52 А.</w:t>
+      улица Дулятова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13,14, 15, 15 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
     <w:bookmarkStart w:name="z342" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      56. Избирательный участок № 175.</w:t>
+      улица Арзиева № 1, 1А, 2, 3, 3 А, 3 Б, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13 А, 14, 15, 15 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
     <w:bookmarkStart w:name="z343" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Толе би, улица Наурызбай батыра строение № 20, здание коммунального государственного учреждения "Средняя школа имени Толе би" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      микрорайон № 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
     <w:bookmarkStart w:name="z344" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Толе би.</w:t>
+      59. Избирательный участок № 178.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
     <w:bookmarkStart w:name="z345" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      57. Избирательный участок № 176.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Корамский сельский округ, село Корам, улица Зарватовой строение № 46, актовый зал здания коммунального государственного учреждения "Корамская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
     <w:bookmarkStart w:name="z346" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Коктобинский сельский округ, село Алмалы, улица Шорманова строение № 2 Б, здание коммунального государственного учреждения "Средняя школа имени И. Шорманова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Корам, улицы полностью: Валиханова, Полевойстан, Саутахуна, Абая, Гаитова, Жамбыла, Розыбакиева, Жандосова, Каипова, Таирова, Иманова; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
     <w:bookmarkStart w:name="z347" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Алмалы.</w:t>
+      улица 8 Марта № 8, 9, 10, 11, 12, 13;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
     <w:bookmarkStart w:name="z348" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      58. Избирательный участок № 177.</w:t>
+      улица Дулятова № 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 45, 167;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
     <w:bookmarkStart w:name="z349" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Корамский сельский округ, село Корам, улица Зарватовой строение № 46, спортивный зал здания коммунального государственного учреждения "Корамская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица Арзиева № 16, 17, 18, 19, 20, 21, 22, 23, 23 А, 24, 25, 25 А, 25 Б, 26, 26 Г, 27, 27 А, 27 Б, 28, 29, 29 А, 29 Б, 29 В, 29 Г, 29 Д, 30, 31, 31 А, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54,55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 122, 137, 167 А, 169, 169 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
     <w:bookmarkStart w:name="z350" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Корам, улицы полностью: Жобаланган, Жобаланган 1, Жобаланган 2, Шымболатова, Тойбекова, Зарватовой, Беспаева, Первомайская, Октябрьская, Темиркулова, Комсомольская, Заречная; </w:t>
+        <w:t>
+      Молочно - товарная ферма № 2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
     <w:bookmarkStart w:name="z351" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица 8 Марта № 1, 1 А, 1 Б, 2, 2 А, 3, 4, 5, 6, 7; </w:t>
+      микрорайон № 2; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
     <w:bookmarkStart w:name="z352" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Дулятова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13,14, 15, 15 А;</w:t>
+      переулки: Абая, Жандосова.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
     <w:bookmarkStart w:name="z353" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Арзиева № 1, 1А, 2, 3, 3 А, 3 Б, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13 А, 14, 15, 15 А;</w:t>
+      60. Избирательный участок № 179.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
     <w:bookmarkStart w:name="z354" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      микрорайон № 1.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Кырбалтабайский сельский округ, село Кырбалтабай, улица Абая строение № 19, здание Дома Культуры села Кырбалтабай при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
     <w:bookmarkStart w:name="z355" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      59. Избирательный участок № 178.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Кырбалтабай. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
     <w:bookmarkStart w:name="z356" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Корамский сельский округ, село Корам, улица Зарватовой строение № 46, актовый зал здания коммунального государственного учреждения "Корамская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      61. Избирательный участок № 180.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
     <w:bookmarkStart w:name="z357" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Корам, улицы полностью: Валиханова, Полевойстан, Саутахуна, Абая, Гаитова, Жамбыла, Розыбакиева, Жандосова, Каипова, Таирова, Иманова; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Кырбалтабайский сельский округ, село Шалкар, улица Жамбыла строение № 16 А, здание коммунального государственного учреждения "Курозекская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
     <w:bookmarkStart w:name="z358" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица 8 Марта № 8, 9, 10, 11, 12, 13;</w:t>
+      Границы избирательного участка: село Акжал, село Шалкар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
     <w:bookmarkStart w:name="z359" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Дулятова № 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 45, 167;</w:t>
+      62. Избирательный участок № 181.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
     <w:bookmarkStart w:name="z360" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Арзиева № 16, 17, 18, 19, 20, 21, 22, 23, 23 А, 24, 25, 25 А, 25 Б, 26, 26 Г, 27, 27 А, 27 Б, 28, 29, 29 А, 29 Б, 29 В, 29 Г, 29 Д, 30, 31, 31 А, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54,55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 122, 137, 167 А, 169, 169 А;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Кырбалтабайский сельский округ, село Екпинди, улица Достык строение № 14 Б, здание коммунального государственного учреждения "Екпиндинская основная средняя школа" управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
     <w:bookmarkStart w:name="z361" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Молочно - товарная ферма № 2;</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Екпинди. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
     <w:bookmarkStart w:name="z362" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      микрорайон № 2; </w:t>
+        <w:t>
+      63. Избирательный участок № 182.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
     <w:bookmarkStart w:name="z363" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулки: Абая, Жандосова.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Кырбалтабайский сельский округ, село Кайнар, улица А. Жапекова строение № 2 Б, здание коммунального государственного учреждения "Средняя школа имени Ы. Алтынсарина с пришкольным интернатом и начальной школой Кызылказак" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
     <w:bookmarkStart w:name="z364" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      60. Избирательный участок № 179.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Кайнар; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
     <w:bookmarkStart w:name="z365" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Кырбалтабайский сельский округ, село Кырбалтабай, улица Абая строение № 19, здание Дома Культуры села Кырбалтабай при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
+      товарищество с ограниченной ответственностью "Есикский плодоконсервный завод".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
     <w:bookmarkStart w:name="z366" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Кырбалтабай. </w:t>
+        <w:t>
+      64. Избирательный участок № 183.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
     <w:bookmarkStart w:name="z367" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      61. Избирательный участок № 180.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Масакский сельский округ, село Казтая Ултаракова, улица Сатпаева строение № 5 А, здание коммунального государственного учреждения "Масакская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
     <w:bookmarkStart w:name="z368" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Кырбалтабайский сельский округ, село Шалкар, улица Жамбыла строение № 16 А, здание коммунального государственного учреждения "Курозекская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Казтая Ултаракова; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
     <w:bookmarkStart w:name="z369" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Акжал, село Шалкар.</w:t>
+        <w:t xml:space="preserve">
+      участок Кызыл баз; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
     <w:bookmarkStart w:name="z370" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      62. Избирательный участок № 181.</w:t>
+        <w:t xml:space="preserve">
+      городок железнодорожной станции "Шелек"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
     <w:bookmarkStart w:name="z371" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Кырбалтабайский сельский округ, село Екпинди, улица Достык строение № 14 Б, здание коммунального государственного учреждения "Екпиндинская основная средняя школа" управления образования Алматинской области".</w:t>
+      газораспределительная станция товарищества с ограниченной ответственностью "Азиатский газопровод".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
     <w:bookmarkStart w:name="z372" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Екпинди. </w:t>
+        <w:t>
+      65. Избирательный участок № 184.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
     <w:bookmarkStart w:name="z373" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      63. Избирательный участок № 182.</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Масакский сельский округ, село Нурлы, улица Т. Бокина строение № 12, здание коммунального государственного учреждения "Нурлинская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
     <w:bookmarkStart w:name="z374" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Кырбалтабайский сельский округ, село Кайнар, улица А. Жапекова строение № 2 Б, здание коммунального государственного учреждения "Средняя школа имени Ы. Алтынсарина с пришкольным интернатом и начальной школой Кызылказак" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Границы избирательного участка: село Нурлы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
     <w:bookmarkStart w:name="z375" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Кайнар; </w:t>
+        <w:t>
+      66.Избирательный участок № 185.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
     <w:bookmarkStart w:name="z376" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      товарищество с ограниченной ответственностью "Есикский плодоконсервный завод".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Байтерек, улица Школьная строение № 51, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Аль-Фараби" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
     <w:bookmarkStart w:name="z377" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      64. Избирательный участок № 183.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Байтерек, улицы полностью: Строительная, Садовая, Б. Сулейменова; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="364"/>
     <w:bookmarkStart w:name="z378" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Масакский сельский округ, село Казтая Ултаракова, улица Сатпаева строение № 5 А, здание коммунального государственного учреждения "Масакская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      переулки: Талгарский, Советский, Мельничный; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="365"/>
     <w:bookmarkStart w:name="z379" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Границы избирательного участка: село Казтая Ултаракова; </w:t>
+      потребительский кооператив "Садоводческие товарищество "Арман"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="366"/>
     <w:bookmarkStart w:name="z380" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      участок Кызыл баз; </w:t>
+      потребительские кооперативы садоводческие общества: "Эдельвейс", "Демалыс", "Биолог"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
     <w:bookmarkStart w:name="z381" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      городок железнодорожной станции "Шелек"; </w:t>
+        <w:t>
+      67.Избирательный участок № 186.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
     <w:bookmarkStart w:name="z382" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      газораспределительная станция товарищества с ограниченной ответственностью "Азиатский газопровод".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Байтерек, улица Школьная строение № 51, актовый зал здания коммунального государственного учреждения "Средняя школа имени Аль-Фараби" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
     <w:bookmarkStart w:name="z383" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      65. Избирательный участок № 184.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Байтерек, улицы полностью: Арычная, Молодежная, Комарова, Школьная, Совхозная, Вишневая, Болашак, Алмерек абыз; переулки: Центральный, Октябрьский, Сосновый </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
     <w:bookmarkStart w:name="z384" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Масакский сельский округ, село Нурлы, улица Т. Бокина строение № 12, здание коммунального государственного учреждения "Нурлинская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+        <w:t>
+      68. Избирательный участок № 187.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
     <w:bookmarkStart w:name="z385" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Нурлы.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Алга, улица Надырбаева строение № 1 А, здание коммунального государственного учреждения "Алгинская средняя школа с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
     <w:bookmarkStart w:name="z386" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      66.Избирательный участок № 185.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Алга. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
     <w:bookmarkStart w:name="z387" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Байтерек, улица Школьная строение № 51, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Аль-Фараби" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      69. Избирательный участок № 188.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
     <w:bookmarkStart w:name="z388" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Байтерек, улицы полностью: Строительная, Садовая, Б. Сулейменова; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Койшыбек, улица Сатпаева строение № 1 Б, здание коммунального государственного учреждения "Койшибекская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
     <w:bookmarkStart w:name="z389" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      переулки: Талгарский, Советский, Мельничный; </w:t>
+        <w:t>
+      Границы избирательного участка: село Койшыбек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
     <w:bookmarkStart w:name="z390" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      потребительский кооператив "Садоводческие товарищество "Авиаремонтник", "Садоводческие товарищество "Арман"; потребительские кооперативы садоводческие общества: "Надежда", "Эдельвейс", "Рубин", "Ковровщица", "Автомобилист", "Ветеран", "Демалыс", "Семиречье", "Тункурус", "Байтерек-Рассвет", "Биолог"; </w:t>
+        <w:t>
+      70. Избирательный участок № 189.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
     <w:bookmarkStart w:name="z391" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      потребительские кооперативы садоводческие товарищество: "Бастау", "Орел".</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Согетинский сельский округ, село Нура, улица Еспергенова строение № 30 А, здание Дома Культуры села Нура при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
     <w:bookmarkStart w:name="z392" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      67. Избирательный участок № 186.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Нура, село Кокпек; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
     <w:bookmarkStart w:name="z393" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Байтерек, улица Школьная строение № 51, актовый зал здания коммунального государственного учреждения "Средняя школа имени Аль-Фараби" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      отгонные участки: Бартогай, Аласа, Карагайлы, Копалы, Торайгыр, Кунгей, Сарбастау, Уйтас, Шенгелсу, Бугуты, Городок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
     <w:bookmarkStart w:name="z394" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Байтерек, улицы полностью: Арычная, Нововиноградная, Виноградная, Молодежная, Комарова, Школьная, Совхозная, Вишневая, Болашак, Алмерек абыз; переулки: Центральный, Октябрьский, Сосновый </w:t>
+        <w:t>
+      71. Избирательный участок № 190.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
     <w:bookmarkStart w:name="z395" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      68. Избирательный участок № 187.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Бартогайский сельский округ, село Байсеит, улица Юнуса Хамра строение № 3, здание коммунального государственного учреждения "Средняя школа имени И. Таирова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
     <w:bookmarkStart w:name="z396" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Алга, улица Надырбаева строение № 1 А, здание коммунального государственного учреждения "Алгинская средняя школа с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Границы избирательного участка: село Байсеит; отгонный участок Тройник; крестьянские хозяйства: Седа, Емгек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
     <w:bookmarkStart w:name="z397" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Алга. </w:t>
+        <w:t>
+      72. Избирательный участок № 191.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
     <w:bookmarkStart w:name="z398" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      69. Избирательный участок № 188.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Бартогайский сельский округ, село Бижанова, улица Шамсутдина строение без номера, здание коммунального государственного учреждения "Средняя школа имени М. Макатаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
     <w:bookmarkStart w:name="z399" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Койшыбек, улица Сатпаева строение № 1 Б, здание коммунального государственного учреждения "Койшибекская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Границы избирательного участка: село Бижанова.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="386"/>
     <w:bookmarkStart w:name="z400" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Койшыбек.</w:t>
+      73.Избирательный участок № 192.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="387"/>
     <w:bookmarkStart w:name="z401" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      70. Избирательный участок № 189.</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Малыбайский сельский округ, село Малыбай, улица Жумабекова строение № 12, здание коммунального государственного учреждения "Малыбайская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="388"/>
     <w:bookmarkStart w:name="z402" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Согетинский сельский округ, село Нура, улица Еспергенова строение № 30 А, здание Дома Культуры села Нура при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района". </w:t>
+        <w:t>
+      Границы избирательного участка: село Малыбай, улицы полностью: Хамраева, Ипархан, Дуганова, Исмаилова, Сабирова, Бокина, Амангельды, Жунисбека Жумабекова, М. Оразымбетова, Новостройка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
     <w:bookmarkStart w:name="z403" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Границы избирательного участка: село Нура, село Кокпек; </w:t>
+      переулок: Т. Бокина; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
     <w:bookmarkStart w:name="z404" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      отгонные участки: Бартогай, Аласа, Карагайлы, Копалы, Торайгыр, Кунгей, Сарбастау, Уйтас, Шенгелсу, Бугуты, Городок.</w:t>
+        <w:t xml:space="preserve">
+      молочно-товарная ферма; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
     <w:bookmarkStart w:name="z405" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      71. Избирательный участок № 190.</w:t>
+      отгонный участок Кок-Терек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
     <w:bookmarkStart w:name="z406" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Бартогайский сельский округ, село Байсеит, улица Юнуса Хамра строение № 3, здание коммунального государственного учреждения "Средняя школа имени И. Таирова с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      74. Избирательный участок № 193.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
     <w:bookmarkStart w:name="z407" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Байсеит; отгонный участок Тройник; крестьянские хозяйства: Седа, Емгек.</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Малыбайский сельский округ, село Малыбай, улица Розыбакиева строение № 39 А, здание Дома Культуры села Малыбай при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="394"/>
     <w:bookmarkStart w:name="z408" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      72. Избирательный участок № 191.</w:t>
+      Границы избирательного участка: село Малыбай, улицы полностью: Мустафы Озтурука, А. Дарванкулова, Исатая Алжанбаева, Т. Аубакирова, Садира Палвана, Абдуллы Розыбакиева, Курвана Тохтымаметова, Абдурешита Иминова, Кадира Кулиева, Жобаланган, Жобаланган-2, Жобаланган-3.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="395"/>
     <w:bookmarkStart w:name="z409" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Бартогайский сельский округ, село Бижанова, улица Шамсутдина строение без номера, здание коммунального государственного учреждения "Средняя школа имени М. Макатаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      75. Избирательный участок № 194.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
     <w:bookmarkStart w:name="z410" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Бижанова.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Саймасайский сельский округ, село Саймасай, улица А. Байтурсынова строение № 26 А, актовый зал здания коммунального государственного учреждения "средняя школа имени А. Байтурсынова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
     <w:bookmarkStart w:name="z411" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      73.Избирательный участок № 192.</w:t>
+      Границы избирательного участка: село Саймасай, улицы полностью: Райымбека, Ынтымак, Гусейнова, Абая, Бастау, Хан Тенгри, А. Байтурсынова, Достык, Бейбитшилик, Жасулан, Береке, Северная;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
     <w:bookmarkStart w:name="z412" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Малыбайский сельский округ, село Малыбай, улица Жумабекова строение № 12, здание коммунального государственного учреждения "Малыбайская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+        <w:t>
+      улица Амангельды № 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 22, 22 В, 23, 24, 25, 26, 27, 28, 28 А, 29, 30, 30 Б, 30 В, 31, 32, 33, 34, 35, 36, 37,38, 39, 40, 41, 41 А, 42, 42 А, 42 Б, 43, 44, 45, 46, 46 А, 47, 48, 49, 49 Б, 50, 50 А, 51, 52, 53, 54, 55, 56, 57, 57 А, 58, 59, 60, 61, 62, 63, 63 Б, 64 65, 66, 66 А, 66 Б; 67, 67 В, 68, 69, 70, 71, 72, 72 Б, 73, 74, 74 А, 74 Б, 74 В, 75, 75 А, 76, 77, 78, 79, 80, 81, 82, 83, 84, 110 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
     <w:bookmarkStart w:name="z413" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Малыбай, улицы полностью: Хамраева, Ипархан, Дуганова, Исмаилова, Сабирова, Бокина, Амангельды, Жунисбека Жумабекова, М. Оразымбетова, Новостройка;</w:t>
+      улица Э. Хазиева № 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
     <w:bookmarkStart w:name="z414" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      переулок: Т. Бокина; </w:t>
+        <w:t>
+      улица Аманжолова № 11, 12, 13, 14, 15, 16, 17, 17 А, 18, 19.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
     <w:bookmarkStart w:name="z415" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      молочно-товарная ферма; </w:t>
+        <w:t>
+      76. Избирательный участок № 195.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
     <w:bookmarkStart w:name="z416" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      отгонный участок Кок-Терек.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Саймасайский сельский округ, село Саймасай, улица А. Байтурсынова строение № 26 А, спортивный зал здания коммунального государственного учреждения "Средняя школа имени А. Байтурсынова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
     <w:bookmarkStart w:name="z417" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      74. Избирательный участок № 193.</w:t>
+      Границы избирательного участка: село Саймасай, улицы полностью: Алатау, Александровская, Рысбекова, Пащенко, 1 мамыр, Терешковой, Пушкина, Н. Елемесова, Алмалы, Д. Конаева, Островского, Жетысу, Роща;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
     <w:bookmarkStart w:name="z418" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Малыбайский сельский округ, село Малыбай, улица Розыбакиева строение № 39 А, здание Дома Культуры села Малыбай при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района". </w:t>
+      улица Э. Хазиева № 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 7 А, 8, 9, 10; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
     <w:bookmarkStart w:name="z419" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Малыбай, улицы полностью: Мустафы Озтурука, А. Дарванкулова, Исатая Алжанбаева, Т. Аубакирова, Садира Палвана, Абдуллы Розыбакиева, Курвана Тохтымаметова, Абдурешита Иминова, Кадира Кулиева, Жобаланган, Жобаланган-2, Жобаланган-3.</w:t>
+      улица Амангельды № 1, 1 А, 2, 3, 3Б, 4, 4 А, 4 Г, 5, 6, 7, 8, 9;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
     <w:bookmarkStart w:name="z420" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      75. Избирательный участок № 194.</w:t>
+        <w:t xml:space="preserve">
+      улица Аманжолова № 1, 2, 3, 4, 4 Б, 5, 6, 7, 8, 9, 10. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
     <w:bookmarkStart w:name="z421" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Саймасайский сельский округ, село Саймасай, улица А. Байтурсынова строение № 26 А, актовый зал здания коммунального государственного учреждения "средняя школа имени А. Байтурсынова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      77. Избирательный участок № 196.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
     <w:bookmarkStart w:name="z422" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Саймасай, улицы полностью: Райымбека, Ынтымак, Гусейнова, Абая, Бастау, Хан Тенгри, А. Байтурсынова, Достык, Бейбитшилик, Жасулан, Береке, Северная;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Саймасайский сельский округ, село Амангелды, улица А. Ушурова строение № 7, здание коммунального государственного учреждения "Средняя школа имени Садыра" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
     <w:bookmarkStart w:name="z423" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Амангельды № 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 22, 22 В, 23, 24, 25, 26, 27, 28, 28 А, 29, 30, 30 Б, 30 В, 31, 32, 33, 34, 35, 36, 37,38, 39, 40, 41, 41 А, 42, 42 А, 42 Б, 43, 44, 45, 46, 46 А, 47, 48, 49, 49 Б, 50, 50 А, 51, 52, 53, 54, 55, 56, 57, 57 А, 58, 59, 60, 61, 62, 63, 63 Б, 64 65, 66, 66 А, 66 Б; 67, 67 В, 68, 69, 70, 71, 72, 72 Б, 73, 74, 74 А, 74 Б, 74 В, 75, 75 А, 76, 77, 78, 79, 80, 81, 82, 83, 84, 110 А;</w:t>
+      Границы избирательного участка: село Амангелды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
     <w:bookmarkStart w:name="z424" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Э. Хазиева № 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30;</w:t>
+      78.Избирательный участок № 197.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
     <w:bookmarkStart w:name="z425" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Аманжолова № 11, 12, 13, 14, 15, 16, 17, 17 А, 18, 19.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Азат, улица Байтерек строение № 10 А, здание коммунального государственного учреждения "Азатская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
     <w:bookmarkStart w:name="z426" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      76. Избирательный участок № 195.</w:t>
+      Границы избирательного участка: село Азат, улицы полностью: Байтерек, Коктобе, Конаева, Панфилова, Табачная, Улытау, Чкалова.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
     <w:bookmarkStart w:name="z427" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Саймасайский сельский округ, село Саймасай, улица А. Байтурсынова строение № 26 А, спортивный зал здания коммунального государственного учреждения "Средняя школа имени А. Байтурсынова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      79. Избирательный участок № 198.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
     <w:bookmarkStart w:name="z428" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Саймасай, улицы полностью: Алатау, Александровская, Рысбекова, Пащенко, 1 мамыр, Терешковой, Пушкина, Н. Елемесова, Алмалы, Д. Конаева, Островского, Жетысу, Роща;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Азат, улица Байтерек строение № 19 Г, здание коммунального государственного учреждения "Азатская средняя школа № 1" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
     <w:bookmarkStart w:name="z429" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Э. Хазиева № 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 7 А, 8, 9, 10; </w:t>
+      Границы избирательного участка: село Азат, улицы полностью: Алаш, Илахун Коккоз, Казыгурт, Курбанхан Дуганкызы, Пушкина, Туркистан, Абдимажит Хамитова, Чарын; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
     <w:bookmarkStart w:name="z430" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Амангельды № 1, 1 А, 2, 3, 3Б, 4, 4 А, 4 Г, 5, 6, 7, 8, 9;</w:t>
+      потребительские кооперативы садоводческие общества: "ПКСТ Энтузиасист", "ПКСТ Алмагуль-2", "ПКСТ Арман-2", "Звездочка", "Виктория", "Любитель", "ПКСТ Селевик", "ПКСТ Педагог", "Тюльпан", "Коммунальник", "АДК и Педагог", "Дорожник-1";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
     <w:bookmarkStart w:name="z431" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Аманжолова № 1, 2, 3, 4, 4 Б, 5, 6, 7, 8, 9, 10. </w:t>
+        <w:t>
+      потребительские кооперативы садоводческие товарищества: "Сауда", "Энергетик", "Талгарское РСУ".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
     <w:bookmarkStart w:name="z432" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      77. Избирательный участок № 196.</w:t>
+      80.Избирательный участок № 199.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
     <w:bookmarkStart w:name="z433" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Саймасайский сельский округ, село Амангелды, улица А. Ушурова строение № 7, здание коммунального государственного учреждения "Средняя школа имени Садыра" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Кайназар, улица Алматинская строение № 71, здание коммунального государственного учреждения "Средняя школа имени Ш. Валиханова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
     <w:bookmarkStart w:name="z434" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Амангелды.</w:t>
+      Границы избирательного участка: село Кайназар, улицы полностью: Новая, Береке, Болашақ, Ибрагим Ушурбакиева, Кайназаровская, Микояна, Сайран, Шынгыстау, Сайдалым кажы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
     <w:bookmarkStart w:name="z435" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      78.Избирательный участок № 197.</w:t>
+        <w:t xml:space="preserve">
+      потребительские кооперативы садоводческие общества: "Автобаза", "Бакай", "Кировец-31", "Восток", "Пенсионер", "Рассвет-45", "Вторчермет", "Полиграфист", "Железнодорожник учицы: Яблочный; Клубничный; Вишневый; Садовый", "Политехник"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
     <w:bookmarkStart w:name="z436" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Азат, улица Байтерек строение № 10 А, здание коммунального государственного учреждения "Азатская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      потребительские кооперативы: "Ковровец", "Садовод", "Волковгеология".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
     <w:bookmarkStart w:name="z437" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Азат, улицы полностью: Байтерек, Коктобе, Конаева, Панфилова, Табачная, Улытау, Чкалова.</w:t>
+      81. Избирательный участок № 200.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
     <w:bookmarkStart w:name="z438" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      79. Избирательный участок № 198.</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Кайназар, улица Алматинская строение № 70 Б, здание Дома Культуры села Кайназар при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
     <w:bookmarkStart w:name="z439" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Азат, улица Байтерек строение № 19 Г, здание коммунального государственного учреждения "Азатская средняя школа № 1" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Границы избирательного участка: село Кайназар, улицы полностью: Алматинская, Абенова, Байконур, Жамбыла, Жетысу, Отжан Имангожина, Тарбагатай, Бирлик.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
     <w:bookmarkStart w:name="z440" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Азат, улицы полностью: Алаш, Илахун Коккоз, Казыгурт, Курбанхан Дуганкызы, Пушкина, Туркистан, Абдимажит Хамитова, Чарын; </w:t>
+        <w:t>
+      82. Избирательный участок № 201.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
     <w:bookmarkStart w:name="z441" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      потребительские кооперативы садоводческие общества: "ПКСТ Энтузиасист", "ПКСТ Алмагуль-2", "ПКСТ Арман-2", "Звездочка", "Виктория", "Любитель", "ПКСТ Селевик", "ПКСТ Педагог", "Тюльпан", "Коммунальник", "АДК и Педагог", "Дорожник-1";</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Орикти, трасса Есик-Александровка 6 км, строение № 1, спортивный зал здания коммунального государственного учреждения "Средняя школа № 1 Рахатского сельского округа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
     <w:bookmarkStart w:name="z442" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      потребительские кооперативы садоводческие товарищества: "Сауда", "Энергетик", "Талгарское РСУ".</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: потребительские кооперативы садоводческие товарищества: "Алтын алма", "Алтын адам", "Железнодорожник улицы: Малиновая; Локомативная; Цветная; Строительная; Содовая; Яблочный; Грушовая; Тюльпаная; Крайняя", </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
     <w:bookmarkStart w:name="z443" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      80.Избирательный участок № 199.</w:t>
+        <w:t xml:space="preserve">
+      потребительские кооперативы садоводческие общества: "ПКСО Кок-сай", </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
     <w:bookmarkStart w:name="z444" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Кайназар, улица Алматинская строение № 71, здание коммунального государственного учреждения "Средняя школа имени Ш. Валиханова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      83. Избирательный участок № 202.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
     <w:bookmarkStart w:name="z445" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Кайназар, улицы полностью: Новая, Береке, Болашақ, Ибрагим Ушурбакиева, Кайназаровская, Микояна, Сайран, Шынгыстау, Сайдалым кажы; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Орикти, трасса Есик-Александровка 6 км, строение № 1, фойе № 1 здания коммунального государственного учреждения "Средняя школа № 1 Рахатского сельского округа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
     <w:bookmarkStart w:name="z446" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      потребительские кооперативы садоводческие общества: "Автобаза", "Бакай", "Кировец-31", "Восток", "Пенсионер", "Рассвет-45", "Вторчермет", "Полиграфист", "Железнодорожник учицы: Яблочный; Клубничный; Вишневый; Садовый", "Политехник"; </w:t>
+        <w:t>
+      Границы избирательного участка: потребительские кооперативы садоводческие товарищества: "Молочник", "Иссык-2", "Ветеран 10", "АДК", "Трудовик", "Подснежник", "Текстильшик", "ПКСО Дорожник-2";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
     <w:bookmarkStart w:name="z447" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      потребительские кооперативы: "Ковровец", "Садовод", "Волковгеология".</w:t>
+        <w:t xml:space="preserve">
+      потребительские кооперативы садоводческие общества: "Береке", </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
     <w:bookmarkStart w:name="z448" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      81. Избирательный участок № 200.</w:t>
+      84.Избирательный участок № 203.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
     <w:bookmarkStart w:name="z449" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Кайназар, улица Алматинская строение № 70 Б, здание Дома Культуры села Кайназар при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района". </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Рахат, улица Кумаровой строение № 16, здание коммунального государственного учреждения "Рахатская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
     <w:bookmarkStart w:name="z450" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Кайназар, улицы полностью: Алматинская, Абенова, Байконур, Жамбыла, Жетысу, Отжан Имангожина, Тарбагатай, Бирлик.</w:t>
+      Границы избирательного участка: село Рахат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
     <w:bookmarkStart w:name="z451" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      82. Избирательный участок № 201.</w:t>
+        <w:t xml:space="preserve">
+      85.Избирательный участок № 204. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
     <w:bookmarkStart w:name="z452" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Орикти, трасса Есик-Александровка 6 км, строение № 1, спортивный зал здания коммунального государственного учреждения "Средняя школа № 1 Рахатского сельского округа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Орикти, улица Самурык строение № 9 В, фойе здания коммунального государственного учреждения "Средняя школа имени Б. Майлина" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
     <w:bookmarkStart w:name="z453" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: потребительские кооперативы садоводческие товарищества: "Алтын алма", "Алтын адам", "Железнодорожник улицы: Малиновая; Локомативная; Цветная; Строительная; Содовая; Яблочный; Грушовая; Тюльпаная; Крайняя", </w:t>
+        <w:t>
+      Границы избирательного участка: село Орикти, улицы полностью: Алатау, Байтерек, Хан Тенгри, Самурык, Алтын Орда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
     <w:bookmarkStart w:name="z454" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      потребительские кооперативы садоводческие общества: "ПКСО Кок-сай", </w:t>
+      86. Избирательный участок № 205. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
     <w:bookmarkStart w:name="z455" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      83. Избирательный участок № 202.</w:t>
+      Местонахождение избирательного участка: село Орикти, улица Самурык строение № 9 В, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Б. Майлина" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
     <w:bookmarkStart w:name="z456" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Орикти, трасса Есик-Александровка 6 км, строение № 1, фойе № 1 здания коммунального государственного учреждения "Средняя школа № 1 Рахатского сельского округа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Границы избирательного участка: село Орикти, улицы полностью: Жетысу, Тау самалы, Райымбека, Жас кыран, Речная, Тауелсыздык.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
     <w:bookmarkStart w:name="z457" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: потребительские кооперативы садоводческие товарищества: "Молочник", "Иссык-2", "Ветеран 10", "АДК", "Трудовик", "Подснежник", "Текстильшик", "ПКСО Дорожник-2";</w:t>
+      87. Избирательный участок № 206.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
     <w:bookmarkStart w:name="z458" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      потребительские кооперативы садоводческие общества: "Береке", </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Ташкенсазский сельский округ, село Ташкенсаз, улица З. Газамова строение № 41 А, здание коммунального государственного учреждения "Средняя школа имени Х. Абдуллина" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
     <w:bookmarkStart w:name="z459" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      84.Избирательный участок № 203.</w:t>
+      Границы избирательного участка: село Ташкенсаз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
     <w:bookmarkStart w:name="z460" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Рахат, улица Кумаровой строение № 16, здание коммунального государственного учреждения "Рахатская средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      88. Избирательный участок № 207.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
     <w:bookmarkStart w:name="z461" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Рахат.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Ташкенсазский сельский округ, село Баяндай, улица Жетысу строение № 10 В, здание коммунального государственного учреждения "Баяндайская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
     <w:bookmarkStart w:name="z462" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      85.Избирательный участок № 204. </w:t>
+        <w:t>
+      Границы избирательного участка: село Баяндай.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
     <w:bookmarkStart w:name="z463" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Орикти, улица Самурык строение № 9 В, фойе здания коммунального государственного учреждения "Средняя школа имени Б. Майлина" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      89. Избирательный участок № 208.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
     <w:bookmarkStart w:name="z464" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Орикти, улицы полностью: Алатау, Байтерек, Хан Тенгри, Самурык, Алтын Орда.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Ташкенсазский сельский округ, село Кулжа, улица Алматинская строение № 29, здание фельдшерского акушерского пункта села Кулжа коммунального государственного предприятия на праве хозяйственного ведения "Енбекшиказахская межрайонная многопрофильная больница" государственного учреждения "Управление здравоохранения Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
     <w:bookmarkStart w:name="z465" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      86. Избирательный участок № 205. </w:t>
+        <w:t>
+      Границы избирательного участка: село Кулжа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
     <w:bookmarkStart w:name="z466" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: село Орикти, улица Самурык строение № 9 В, спортивный зал здания коммунального государственного учреждения "Средняя школа имени Б. Майлина" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      90. Избирательный участок № 209.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
     <w:bookmarkStart w:name="z467" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Орикти, улицы полностью: Жетысу, Тау самалы, Райымбека, Жас кыран, Речная, Тауелсыздык.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тескенсуский сельский округ, село Тескенсу, улица Калдыбаева строение № 1, фойе здания коммунального государственного учреждения "Средняя школа имени Жамбыла с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
     <w:bookmarkStart w:name="z468" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      87. Избирательный участок № 206.</w:t>
+      Границы избирательного участка: село Тескенсу, улицы полностью: Калдыбаева, Жанысбаева, Розыбакиева, Жамбола, Керейбаева, Рузиева, Карасай батыра, Салимова, Ашимова, Байтурсынова, Алимбаевой, Жобаланган, Киикбай, Желтоксан, Жибек жолы, Астана, Байтерек, Алатау, Женис, Бейбитшилик;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
     <w:bookmarkStart w:name="z469" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Ташкенсазский сельский округ, село Ташкенсаз, улица З. Газамова строение № 41 А, здание коммунального государственного учреждения "Средняя школа имени Х. Абдуллина" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      переулок: Жамбола;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
     <w:bookmarkStart w:name="z470" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Ташкенсаз.</w:t>
+      ДЭУ-549-83 км;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
     <w:bookmarkStart w:name="z471" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      88. Избирательный участок № 207.</w:t>
+        <w:t xml:space="preserve">
+      крестьянские хозяйства: "Елибай", "Карлыгаш", "Куаныш", "Туар"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
     <w:bookmarkStart w:name="z472" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Ташкенсазский сельский округ, село Баяндай, улица Жетысу строение № 10 В, здание коммунального государственного учреждения "Баяндайская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      склад "Водохимикат";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="459"/>
     <w:bookmarkStart w:name="z473" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Баяндай.</w:t>
+        <w:t xml:space="preserve">
+      Молочно - товарная ферма. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
     <w:bookmarkStart w:name="z474" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      89. Избирательный участок № 208.</w:t>
+      91. Избирательный участок № 210.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
     <w:bookmarkStart w:name="z475" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Ташкенсазский сельский округ, село Кулжа, улица Алматинская строение № 29, здание фельдшерского акушерского пункта села Кулжа коммунального государственного предприятия на праве хозяйственного ведения "Енбекшиказахская межрайонная многопрофильная больница" государственного учреждения "Управление здравоохранения Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тескенсуский сельский округ, село Колды, улица Г. Муратбаева строение № 22, здание коммунального государственного учреждения "Средняя школа Кольды" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
     <w:bookmarkStart w:name="z476" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Кулжа.</w:t>
+      Границы избирательного участка: село Колды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
     <w:bookmarkStart w:name="z477" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      90. Избирательный участок № 209.</w:t>
+      92. Избирательный участок № 211.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
     <w:bookmarkStart w:name="z478" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тескенсуский сельский округ, село Тескенсу, улица Калдыбаева строение № 1, фойе здания коммунального государственного учреждения "Средняя школа имени Жамбыла с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тескенсуский сельский округ, село Толкын, улица Жетысу строение № 4, здание коммунального государственного учреждения "Средняя школа Толкын" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
     <w:bookmarkStart w:name="z479" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Тескенсу, улицы полностью: Калдыбаева, Жанысбаева, Розыбакиева, Жамбола, Керейбаева, Рузиева, Карасай батыра, Салимова, Ашимова, Байтурсынова, Алимбаевой, Жобаланган, Киикбай, Желтоксан, Жибек жолы, Астана, Байтерек, Алатау, Женис, Бейбитшилик;</w:t>
+      Границы избирательного участка: село Толкын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
     <w:bookmarkStart w:name="z480" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулок: Жамбола;</w:t>
+      93. Избирательный участок № 212.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
     <w:bookmarkStart w:name="z481" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ДЭУ-549-83 км;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Турген, улица Д. Конаева строение № 2, здание коммунального государственного учреждения "Средняя школа имени Д. Конаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="468"/>
     <w:bookmarkStart w:name="z482" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      крестьянские хозяйства: "Елибай", "Карлыгаш", "Куаныш", "Туар"; </w:t>
+        <w:t>
+      Границы избирательного участка: село Турген, улицы полностью: Шынасыл Борке, С. Иманбекова, Сат Момбайулы, Береке, А. Жолдыбаева, Байтерек, Токаша Бокина, Тажметова, Пушкина, Дархана, Астана, Тауелсыздык, М. Ауэзова;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="469"/>
     <w:bookmarkStart w:name="z483" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      склад "Водохимикат";</w:t>
+      улица Куланаян Кулманбета № 65, 67, 67 А, 69, 71, 73, 73 А, 75, 77, 77 А, 79, 81, 83, 85, 87, 88, 88 А, 89, 89 А, 90, 90 А, 91, 92, 93, 94, 94 А, 95, 96, 97, 98, 99, 100, 101, 101 А, 102, 103, 104, 105, 106, 106 Б, 107, 108, 108 А, 108 Б, 108 Г, 109, 110, 110 А, 110 Б, 111, 112, 113, 114, 115,115 А, 115 Б, 116, 117, 118, 119, 120, 120 А, 120 Б; 121, 122, 123, 124, 125, 125 А, 126, 126 А, 127, 128, 129, 130, 131, 132, 133, 133 А, 134, 134 А, 134 Б, 135, 135 А, 135 Б, 135 В, 136, 137, 138, 138 А, 139, 139 А, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 155 А, 156, 157, 157 А, 158, 159, 160, 162, 164, 166, 166 А, 168, 170, 172, 174, 176.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
     <w:bookmarkStart w:name="z484" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Молочно - товарная ферма. </w:t>
+        <w:t>
+      94. Избирательный участок № 213.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
     <w:bookmarkStart w:name="z485" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      91. Избирательный участок № 210.</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Турген, улица Князбаева строение № 59, здание коммунального государственного учреждения "Средняя школа имени А. Жексембекова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
     <w:bookmarkStart w:name="z486" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тескенсуский сельский округ, село Колды, улица Г. Муратбаева строение № 22, здание коммунального государственного учреждения "Средняя школа Кольды" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Границы избирательного участка: село Турген, улицы полностью: А. Масягина, А. Петрова, Мангилик ел, Жунисбая, Алтын гасыр, Алтын Адам, Жетысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
     <w:bookmarkStart w:name="z487" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Колды.</w:t>
+        <w:t xml:space="preserve">
+      улица Куланаян Кулманбета № 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 24 А, 24 Б, 26, 28, 28 А, 30, 30 А, 32, 34; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
     <w:bookmarkStart w:name="z488" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      92. Избирательный участок № 211.</w:t>
+        <w:t xml:space="preserve">
+      улица В. Харламова № 1, 2, 2 А, 2 Б, 3, 4, 4 А, 4 Б, 4 Д, 5, 5 А, 5 В, 6, 6 А, 7, 8, 9, 10, 11, 11 А, 12, 13, 14, 15, 16, 16 А, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 38 А, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47 А, 48, 48 А, 49, 50, 50 А, 50 Б, 51, 52, 53, 54, 54 А, 55, 56, 57, 58, 59, 60, 61, 63, 63 А, 63; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
     <w:bookmarkStart w:name="z489" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тескенсуский сельский округ, село Толкын, улица Жетысу строение № 4, здание коммунального государственного учреждения "Средняя школа Толкын" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица К. Князбаева № 1, 1 А, 2, 3, 3 А, 4, 5, 6, 7, 7 А, 7 Б, 8, 9, 9 А, 10,11, 11 А, 12, 12 А, 13, 14, 15, 16, 17, 18, 18 А, 19, 20, 20 А, 20 В, 21, 22, 22 А, 22 Б, 22 В, 22 Д, 23, 24, 25, 26, 27, 28, 28 А, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40 А, 40 Б, 41, 42, 42 А, 43, 43 А, 44, 45, 45 А, 46, 48, 48, 48 А, 49, 49 А, 50, 51, 52, 53, 53 А, 53 Б, 54, 55, 56, 56 А, 57, 58, 59, 59 А, 60, 60 А, 62, 64, 66, 68, 68 А, 68 Б, 68 В, 68 Г, 68 Д, 70, 70 А, 72, 72 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
     <w:bookmarkStart w:name="z490" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Толкын.</w:t>
+      улица Сатай батыра № 1, 1 А, 2, 2 А, 2 Б, 2 Г, 3, 3 А, 4, 5, 6, 7, 7 Б, 7 В, 8, 9, 10, 11, 11 А, 11 Б, 11 В, 12, 13, 14, 15, 15 А, 16, 16 А, 17, 18, 18 А, 19, 20, 20 А, 21, 21 А, 22, 23, 24, 24 А, 25, 25 А, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50,51, 52, 52 а, 53, 54, 55, 56, 57, 58, 59, 59 А, 60, 61, 62, 63, 63 В, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
     <w:bookmarkStart w:name="z491" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      93. Избирательный участок № 212.</w:t>
+      улица Желтоксан № 1, 1 А, 1 Б, 1 В, 2, 3, 3 А,4, 5, 5 А, 6, 7, 8, 9, 10, 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27 А, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 38 А, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51 52, 53, 54, 55, 56, 56 А, 57, 58, 59, 60, 61 62, 63, 64, 65, 66, 67, 68, 68 А, 69 70 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 91, 92 93, 93 А, 95, 97;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="478"/>
     <w:bookmarkStart w:name="z492" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Турген, улица Д. Конаева строение № 2, здание коммунального государственного учреждения "Средняя школа имени Д. Конаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      95.Избирательный участок № 214.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="479"/>
     <w:bookmarkStart w:name="z493" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Турген, улицы полностью: Шынасыл Борке, С. Иманбекова, Сат Момбайулы, Береке, А. Жолдыбаева, Байтерек, Токаша Бокина, Тажметова, Пушкина, Дархана, Астана, Тауелсыздык, М. Ауэзова;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Турген, улица Желтоксан строение № 97, здание коммунального государственного учреждения "Средняя школа имени М. Ломоносова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="480"/>
     <w:bookmarkStart w:name="z494" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Куланаян Кулманбета № 65, 67, 67 А, 69, 71, 73, 73 А, 75, 77, 77 А, 79, 81, 83, 85, 87, 88, 88 А, 89, 89 А, 90, 90 А, 91, 92, 93, 94, 94 А, 95, 96, 97, 98, 99, 100, 101, 101 А, 102, 103, 104, 105, 106, 106 Б, 107, 108, 108 А, 108 Б, 108 Г, 109, 110, 110 А, 110 Б, 111, 112, 113, 114, 115,115 А, 115 Б, 116, 117, 118, 119, 120, 120 А, 120 Б; 121, 122, 123, 124, 125, 125 А, 126, 126 А, 127, 128, 129, 130, 131, 132, 133, 133 А, 134, 134 А, 134 Б, 135, 135 А, 135 Б, 135 В, 136, 137, 138, 138 А, 139, 139 А, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 155 А, 156, 157, 157 А, 158, 159, 160, 162, 164, 166, 166 А, 168, 170, 172, 174, 176.</w:t>
+      Границы избирательного участка: село Турген, улицы полностью: Воронежская, С. Сергеева, С. Бурдина, Терешковой, Гагарина, Е. Стамбекова, Н. Сушкова, Бейбитшилик;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
     <w:bookmarkStart w:name="z495" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      94. Избирательный участок № 213.</w:t>
+        <w:t xml:space="preserve">
+      улица Куланаян Кулманбета № 1, 1 А, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 25 А, 25 Б, 25 В, 27, 29, 31, 33, 35, 35 А, 37, 39; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
     <w:bookmarkStart w:name="z496" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Турген, улица Князбаева строение № 59, здание коммунального государственного учреждения "Средняя школа имени А. Жексембекова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+        <w:t>
+      улица В. Харламова № 62, 64, 65, 66, 67, 68, 69, 70 71, 73, 115;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
     <w:bookmarkStart w:name="z497" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Турген, улицы полностью: А. Масягина, А. Петрова, Мангилик ел, Жунисбая, Алтын гасыр, Алтын Адам, Жетысу;</w:t>
+        <w:t xml:space="preserve">
+      улица К. Князбаева № 61, 63, 65, 67, 67 А, 69, 71, 73, 74, 75, 76, 77, 78, 79, 80, 81, 81 А, 82, 83, 84, 85, 86, 86 А, 87, 88, 89, 90, 91, 92, 93, 94, 96, 98, 100, 102, 104, 106, 108, 110, 111, 112; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="484"/>
     <w:bookmarkStart w:name="z498" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Куланаян Кулманбета № 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 24 А, 24 Б, 26, 28, 28 А, 30, 30 А, 32, 34; </w:t>
+        <w:t>
+      улица Сатай батыра № 86, 87, 88, 89, 90, 91, 92, 93, 94 А, 94, 95, 95 А, 95 Б, 96, 97, 98, 98 А, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 114 А, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 135, 136, 137, 137 А, 138, 139, 140,140 А, 140 Б, 140 В, 141, 142, 143, 144, 145, 146, 147, 148, 148 А, 148 Б, 149, 150, 151 152, 152 А, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 163 А, 164, 165, 166, 167, 168, 169, 170, 171, 172, 172 А, 173, 174, 175, 176, 177, 178, 179, 180 181, 182, 183, 184, 185, 185 А, 185 Б, 187, 189, 189 А, 191, 191 А, 193, 196 А, 195, 197, 199, 201, 203, 205, 207, 209, 209 А, 209 Б, 209 В, 211, 211 А, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 239 А, 241, 243, 247, 247 А, 249;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
     <w:bookmarkStart w:name="z499" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица В. Харламова № 1, 2, 2 А, 2 Б, 3, 4, 4 А, 4 Б, 4 Д, 5, 5 А, 5 В, 6, 6 А, 7, 8, 9, 10, 11, 11 А, 12, 13, 14, 15, 16, 16 А, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 38 А, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47 А, 48, 48 А, 49, 50, 50 А, 50 Б, 51, 52, 53, 54, 54 А, 55, 56, 57, 58, 59, 60, 61, 63, 63 А, 63; </w:t>
+        <w:t>
+      96.Избирательный участок № 215.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="486"/>
     <w:bookmarkStart w:name="z500" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица К. Князбаева № 1, 1 А, 2, 3, 3 А, 4, 5, 6, 7, 7 А, 7 Б, 8, 9, 9 А, 10,11, 11 А, 12, 12 А, 13, 14, 15, 16, 17, 18, 18 А, 19, 20, 20 А, 20 В, 21, 22, 22 А, 22 Б, 22 В, 22 Д, 23, 24, 25, 26, 27, 28, 28 А, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40 А, 40 Б, 41, 42, 42 А, 43, 43 А, 44, 45, 45 А, 46, 48, 48, 48 А, 49, 49 А, 50, 51, 52, 53, 53 А, 53 Б, 54, 55, 56, 56 А, 57, 58, 59, 59 А, 60, 60 А, 62, 64, 66, 68, 68 А, 68 Б, 68 В, 68 Г, 68 Д, 70, 70 А, 72, 72 А;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Турген, улица Куланаян Кулманбета строение № 49, здание Дома Культуры села Турген при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="487"/>
     <w:bookmarkStart w:name="z501" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Сатай батыра № 1, 1 А, 2, 2 А, 2 Б, 2 Г, 3, 3 А, 4, 5, 6, 7, 7 Б, 7 В, 8, 9, 10, 11, 11 А, 11 Б, 11 В, 12, 13, 14, 15, 15 А, 16, 16 А, 17, 18, 18 А, 19, 20, 20 А, 21, 21 А, 22, 23, 24, 24 А, 25, 25 А, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50,51, 52, 52 а, 53, 54, 55, 56, 57, 58, 59, 59 А, 60, 61, 62, 63, 63 В, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85;</w:t>
+      Границы избирательного участка: село Турген, улицы полностью: Д. Конаева, Н. Терехина, Демесинова;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="488"/>
     <w:bookmarkStart w:name="z502" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Желтоксан № 1, 1 А, 1 Б, 1 В, 2, 3, 3 А,4, 5, 5 А, 6, 7, 8, 9, 10, 11, 11 А, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27 А, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 38 А, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51 52, 53, 54, 55, 56, 56 А, 57, 58, 59, 60, 61 62, 63, 64, 65, 66, 67, 68, 68 А, 69 70 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 91, 92 93, 93 А, 95, 97;</w:t>
+      улица Куланаян Кулманбета № 42, 42 А, 44, 44 А, 46, 48, 49, 49 А, 50, 51, 52, 53, 53 А, 54, 55, 55 А, 56, 57, 58, 59, 59 А, 60, 61, 62, 63, 64, 64 А, 66, 66 А, 66 Б, 68, 68 А, 70, 70 А, 72, 74, 74 А, 76, 76 А, 78, 78 А, 80, 82, 84, 86, 88, 88 А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="489"/>
     <w:bookmarkStart w:name="z503" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      95.Избирательный участок № 214.</w:t>
+      Молочно - товарная ферма № 2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="490"/>
     <w:bookmarkStart w:name="z504" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Турген, улица Желтоксан строение № 97, здание коммунального государственного учреждения "Средняя школа имени М. Ломоносова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      97. Избирательный участок № 216.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
     <w:bookmarkStart w:name="z505" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Турген, улицы полностью: Воронежская, С. Сергеева, С. Бурдина, Терешковой, Гагарина, Е. Стамбекова, Н. Сушкова, Бейбитшилик;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Тургень, Куланаян Кулманбета строение № 45 Д, здание Тургенского центра первичной санитарной медицинской помощи коммунального государственного предприятия на праве хозяйственного ведения "Енбекшиказахская межрайонная многопрофильная больница" государственного учреждения "Управление здравоохранения Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="492"/>
     <w:bookmarkStart w:name="z506" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Куланаян Кулманбета № 1, 1 А, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 25 А, 25 Б, 25 В, 27, 29, 31, 33, 35, 35 А, 37, 39; </w:t>
+      Границы избирательного участка: село Тургень, улицы полностью: Т. Аубакирова, Абая, Достык, Жамбыла, Рыскулова; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="493"/>
     <w:bookmarkStart w:name="z507" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица В. Харламова № 62, 64, 65, 66, 67, 68, 69, 70 71, 73, 115;</w:t>
+      улица Куланаян Кулманбета № 36, 36 А, 36 Б, 36 В, 38, 40, 40 А, 40 Б, 41, 41 Б, 43, 43 А, 43 А, 45, 45 Б, 45 В, 45 Г, 45 Д, 47, 47 А, 47 Б, 47 В, 47 Г.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="494"/>
     <w:bookmarkStart w:name="z508" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица К. Князбаева № 61, 63, 65, 67, 67 А, 69, 71, 73, 74, 75, 76, 77, 78, 79, 80, 81, 81 А, 82, 83, 84, 85, 86, 86 А, 87, 88, 89, 90, 91, 92, 93, 94, 96, 98, 100, 102, 104, 106, 108, 110, 111, 112; </w:t>
+        <w:t>
+      98. Избирательный участок № 217.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="495"/>
     <w:bookmarkStart w:name="z509" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Сатай батыра № 86, 87, 88, 89, 90, 91, 92, 93, 94 А, 94, 95, 95 А, 95 Б, 96, 97, 98, 98 А, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 114 А, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 135, 136, 137, 137 А, 138, 139, 140,140 А, 140 Б, 140 В, 141, 142, 143, 144, 145, 146, 147, 148, 148 А, 148 Б, 149, 150, 151 152, 152 А, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 163 А, 164, 165, 166, 167, 168, 169, 170, 171, 172, 172 А, 173, 174, 175, 176, 177, 178, 179, 180 181, 182, 183, 184, 185, 185 А, 185 Б, 187, 189, 189 А, 191, 191 А, 193, 196 А, 195, 197, 199, 201, 203, 205, 207, 209, 209 А, 209 Б, 209 В, 211, 211 А, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 239 А, 241, 243, 247, 247 А, 249;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Таутурген, улица Буркеева строение № 3, здание коммунального государственного учреждения "Таутургенская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="496"/>
     <w:bookmarkStart w:name="z510" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      96.Избирательный участок № 215.</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Таутурген; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="497"/>
     <w:bookmarkStart w:name="z511" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Турген, улица Куланаян Кулманбета строение № 49, здание Дома Культуры села Турген при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
+        <w:t xml:space="preserve">
+      форелевое хозяйство; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
     <w:bookmarkStart w:name="z512" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Турген, улицы полностью: Д. Конаева, Н. Терехина, Демесинова;</w:t>
+      дома отдыха: "Синегорье", "Таутурген", "Эдельвейс", "Орбита".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
     <w:bookmarkStart w:name="z513" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Куланаян Кулманбета № 42, 42 А, 44, 44 А, 46, 48, 49, 49 А, 50, 51, 52, 53, 53 А, 54, 55, 55 А, 56, 57, 58, 59, 59 А, 60, 61, 62, 63, 64, 64 А, 66, 66 А, 66 Б, 68, 68 А, 70, 70 А, 72, 74, 74 А, 76, 76 А, 78, 78 А, 80, 82, 84, 86, 88, 88 А.</w:t>
+      99.Избирательный участок № 218.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="500"/>
     <w:bookmarkStart w:name="z514" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Молочно - товарная ферма № 2.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Бижанова строение № 91, здание коммунального государственного учреждения "Средняя школа имени Х. Бижанова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
     <w:bookmarkStart w:name="z515" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      97. Избирательный участок № 216.</w:t>
+      Границы избирательного участка: село Шелек, улицы полностью: Байтерек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
     <w:bookmarkStart w:name="z516" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Тургень, Куланаян Кулманбета строение № 45 Д, здание Тургенского центра первичной санитарной медицинской помощи коммунального государственного предприятия на праве хозяйственного ведения "Енбекшиказахская межрайонная многопрофильная больница" государственного учреждения "Управление здравоохранения Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      улица Абая № 161, 163, 165, 165 А, 167, 169, 171, 171 А, 173, 175, 177, 179, 181, 183, 185, 187, 187 А, 189, 191, 193, 193 А, 195, 197 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
     <w:bookmarkStart w:name="z517" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Границы избирательного участка: село Тургень, улицы полностью: Т. Аубакирова, Абая, Достык, Жамбыла, Рыскулова; </w:t>
+      улица Кадырова № 81, 83, 85, 87, 89, 91, 93, 95, 97, 99 , 103, 107, 109, 111, 113, 115, 117, 117 А, 117 Б, 119, 119 Б; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
     <w:bookmarkStart w:name="z518" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Куланаян Кулманбета № 36, 36 А, 36 Б, 36 В, 38, 40, 40 А, 40 Б, 41, 41 Б, 43, 43 А, 43 А, 45, 45 Б, 45 В, 45 Г, 45 Д, 47, 47 А, 47 Б, 47 В, 47 Г.</w:t>
+      улица Жибек Жолы № 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 78 А, 80, 80 Б, 82, 84, 86, 88, 90, 92, 94, 96, 98, 98 А, 100, 102, 104, 106, 108, 110, 112, 112 А, 112 Б, 114, 116, 116 А, 116 Б, 116 В, 116 Г, 118, 118 А, 120, 122, 124, 124 А, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="505"/>
     <w:bookmarkStart w:name="z519" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      98. Избирательный участок № 217.</w:t>
+        <w:t xml:space="preserve">
+      улица Бижанова № 51, 53, 55, 57, 57 А, 59, 61, 63, 64, 65, 65 А, 66, 67, 67 А, 68, 68 А, 70, 71, 72, 73, 74, 75, 76, 76 А, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 89 А, 90, 91, 92, 93, 94, 94 А, 95, 96, 99, 97, 97 А, 97 Б, 98, 98 А, 99, 99 А, 99 Б, 100, 101, 102, 103, 104, 105, 106, 107, 108, 108 А, 109, 110, 110 А, 111, 112, 112 А, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 140 А, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 156 А, 157, 158, 159, 160, 161, 162, 163, 164, 164 А, 165, 166, 167, 168, 169, 170, 171, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 202 А, 204; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="506"/>
     <w:bookmarkStart w:name="z520" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тургенский сельский округ, село Таутурген, улица Буркеева строение № 3, здание коммунального государственного учреждения "Таутургенская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица Ажибай батыра № 50, 52, 52 А, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 78 А, 79, 80, 81, 82, 82 А, 82 Б, 83, 84, 85, 86, 86 А, 87, 88, 89, 90, 91, 92, 92 А, 93, 94, 95, 96, 97, 98, 98 А, 99, 100, 101, 102, 103, 104, 106, 108, 110, 127 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="507"/>
     <w:bookmarkStart w:name="z521" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Таутурген; </w:t>
+        <w:t>
+      улица Момышулы № 75, 75 Б, 77, 79, 81, 83, 85, 87, 89, 89 В, 91, 93 95, 97, 97 А, 99, 101, 103, 105, 107, 109, 109 А, 110, 111, 112, 113, 114, 114 А, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127 А, 128, 128 А, 128 Б, 128 В, 129, 130, 131, 132, 133, 134, 135, 136, 137, 136, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 174 А, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 190 А, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201,202, 203, 204, 205, 206, 207, 208, 208 А, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 238, 238 А, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260, 262, 264, 266, 268, 270, 272, 274, 276, 278;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="508"/>
     <w:bookmarkStart w:name="z522" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      форелевое хозяйство; </w:t>
+        <w:t>
+      100.Избирательный участок № 219.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="509"/>
     <w:bookmarkStart w:name="z523" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      дома отдыха: "Синегорье", "Таутурген", "Эдельвейс", "Орбита".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Илийская строение № 12, здание коммунального государственного учреждения "Средняя школа имени Алии Молдагуловой с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="510"/>
     <w:bookmarkStart w:name="z524" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      99.Избирательный участок № 218.</w:t>
+      Границы избирательного участка: село Шелек, улицы полностью: Улан, Маметовой, Улытау, Асы, Акжар, Нурпейсова, Иле, Абишева, Молдагуловой, Сарыарка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="511"/>
     <w:bookmarkStart w:name="z525" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Бижанова строение № 91, здание коммунального государственного учреждения "Средняя школа имени Х. Бижанова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      улица Абая № 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 224 А, 226, 228, 230, 230 А, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272, 273, 274, 275, 276, 277, 278, 279, 280, 281, 282, 283, 284, 285, 286, 287, 288, 289, 290, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 305, 306, 307, 309, 311, 313, 315, 317, 319, 321, 323, 323/2; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="512"/>
     <w:bookmarkStart w:name="z526" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Шелек, улицы полностью: Байтерек, Кольды;</w:t>
+      улица Бижанова № 173, 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260, 262, 264, 266, 268, 270, 270 А, 272, 274, 276, 278, 280, 282, 282 А, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 304, 306;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="513"/>
     <w:bookmarkStart w:name="z527" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Абая № 161, 163, 165, 165 А, 167, 169, 171, 171 А, 173, 175, 177, 179, 181, 183, 185, 187, 187 А, 189, 191, 193, 193 А, 195, 197 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255; </w:t>
+      улица Кадыров № 2, 2 А, 2 Б, 4, 6, 6 А, 8, 10, 12, 14, 16, 16 А, 16 Б, 18, 18 А, 20, 22, 24, 24 А, 26, 28, 30, 32, 34, 36, 38, 38 А, 38 Б, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="514"/>
     <w:bookmarkStart w:name="z528" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Кадырова № 81, 83, 85, 87, 89, 91, 93, 95, 97, 99 , 103, 107, 109, 111, 113, 115, 117, 117 А, 117 Б, 119, 119 Б; </w:t>
+      улица Узар Усена № 153, 153 А, 155, 155 А, 155 Б, 157, 159, 161, 163, 163 А, 163 В, 178, 180, 182, 182 Б; 184, 186, 188, 190, 192, 194, 194 А, 196, 198; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="515"/>
     <w:bookmarkStart w:name="z529" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Жибек Жолы № 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 78 А, 80, 80 Б, 82, 84, 86, 88, 90, 92, 94, 96, 98, 98 А, 100, 102, 104, 106, 108, 110, 112, 112 А, 112 Б, 114, 116, 116 А, 116 Б, 116 В, 116 Г, 118, 118 А, 120, 122, 124, 124 А, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166;</w:t>
+      улица Вихрева № 132, 134, 136, 137, 137 А, 138, 139, 140, 140 А, 141, 142, 143, 144, 145, 145 А, 146, 147, 148, 149, 150, 151, 151 А, 152, 153, 154, 155, 156, 157, 158, 159, 160, 160 А, 161, 161 А, 162;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="516"/>
     <w:bookmarkStart w:name="z530" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Бижанова № 51, 53, 55, 57, 57 А, 59, 61, 63, 64, 65, 65 А, 66, 67, 67 А, 68, 68 А, 70, 71, 72, 73, 74, 75, 76, 76 А, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 89 А, 90, 91, 92, 93, 94, 94 А, 95, 96, 99, 97, 97 А, 97 Б, 98, 98 А, 99, 99 А, 99 Б, 100, 101, 102, 103, 104, 105, 106, 107, 108, 108 А, 109, 110, 110 А, 111, 112, 112 А, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 140 А, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 156 А, 157, 158, 159, 160, 161, 162, 163, 164, 164 А, 165, 166, 167, 168, 169, 170, 171, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 202 А, 204; </w:t>
+      улица Каипова № 96, 98, 100, 102, 104, 106, 108, 130; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="517"/>
     <w:bookmarkStart w:name="z531" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Ажибай батыра № 50, 52, 52 А, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 78 А, 79, 80, 81, 82, 82 А, 82 Б, 83, 84, 85, 86, 86 А, 87, 88, 89, 90, 91, 92, 92 А, 93, 94, 95, 96, 97, 98, 98 А, 99, 100, 101, 102, 103, 104, 106, 108, 110, 127 А;</w:t>
+      переулки: Кайынды, Абишева, Асы, Усенова, Абая, Илийский, Вихрева, Шымбулак, Омарова, Улан, Актоган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="518"/>
     <w:bookmarkStart w:name="z532" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Момышулы № 75, 75 Б, 77, 79, 81, 83, 85, 87, 89, 89 В, 91, 93 95, 97, 97 А, 99, 101, 103, 105, 107, 109, 109 А, 110, 111, 112, 113, 114, 114 А, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127 А, 128, 128 А, 128 Б, 128 В, 129, 130, 131, 132, 133, 134, 135, 136, 137, 136, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 174 А, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 190 А, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201,202, 203, 204, 205, 206, 207, 208, 208 А, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 238, 238 А, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260, 262, 264, 266, 268, 270, 272, 274, 276, 278;</w:t>
+      101. Избирательный участок № 220.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="519"/>
     <w:bookmarkStart w:name="z533" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Малай батыра № 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 101 А, 103, 105, 107, 107 А, 109, 111, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 126 А, 126 Б, 127, 128, 129, 130, 131, 132, 132 А, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 146 А, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 182 А, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 198 А, 199, 200, 201, 202, 203, 204, 205, 206, 206 А, 207, 208, 209, 210, 211, 212, 213, 214, 214 А, 215, 216, 216 А, 217, 218, 219, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, 242; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Жибек Жолы строение № 47, здание коммунального государственного учреждения "Средняя школа имени Розыбакиева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="520"/>
     <w:bookmarkStart w:name="z534" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Сыздыкова № 145, 147, 149, 151, 153, 155, 157, 159, 151, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205,206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 225 А, 226, 227, 227 А, 228, 230, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 258 А, 258 Б, 260, 262, 264, 264 А, 266, 268, 270, 272, 274, 276, 278, 278 А, 280;</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Шелек: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="521"/>
     <w:bookmarkStart w:name="z535" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Орынтаева № 35, 35 А, 37, 37 А, 39, 39 А ,40, 40 А, 41, 41 А , 42, 42 А, 43, 44, 44 А, 45, 45 А, 46, 47, 48, 49, 49 А, 50, 50 А, 51, 51 А, 52, 52 А, 53, 54, 55, 55 А, 56, 56 А, 57, 58, 59, 60, 60 А, 61, 62, 62 А, 62 Б, 63, 64, 65, 66, 66 А, 67, 68, 68 А, 69, 69 А, 70,71, 72, 73, 74, 74 Б, 75, 75 А, 76, 76 А, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 94 А, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 106 А, 107, 107 А, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 117 А, 118, 119, 120, 120 А, 121, 122, 123, 124, 125, 125 А, 125 Б, 126, 126 А, 127, 128, 129, 130, 131, 132, 133, 134, 134 А, 135, 136, 137, 139, 141, 143, 144, 145, 146, 148, 149, 150, 152;</w:t>
+        <w:t xml:space="preserve">
+      улица Жибек Жолы № 18, 18 А, 20, 22, 24, 26, 28, 28 А, 30 32, 34, 36, 37, 37 А, 38, 39, 40, 41, 43, 45, 47, 47 А, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 67 А, 69, 71, 73, 75, 77, 79, 81; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="522"/>
     <w:bookmarkStart w:name="z536" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Кенжебаева № 49, 51, 53, 55, 57, 57 А, 58, 59, 60, 61, 62, 63, 64, 64 А, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 82 А, 82 Б, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 115 А, 116, 117, 118, 118 А, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 132, 133, 134, 135, 136, 137, 138, 139, 143; </w:t>
+        <w:t>
+      улица Абая № 86, 88, 90, 92, 94, 96, 98, 100, 100 А, 102, 104, 106, 108, 108 Б, 110, 110 А, 112, 114, 116, 118, 120, 122, 122 А, 124, 126, 128, 130, 132, 134, 136, 138, 138 А, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="523"/>
     <w:bookmarkStart w:name="z537" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Розыбакиева № 143, 145, 147, 149, 151, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 188 А, 189, 190, 191, 192, 192 А, 193, 194, 195, 196, 197, 198, 198 А, 199, 200, 201, 201 А, 202, 202 А, 203, 204, 205, 206, 207, 208, 209, 210, 212, 214, 216, 218, 220, 222.</w:t>
+        <w:t xml:space="preserve">
+      улица Момышулы № 25, 27, 29, 31, 32, 33, 34, 34 А, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 70, 71, 72, 73, 73 А, 74, 75, 75 Б, 76, 76 А, 78, 78 А, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 104 А, 106, 106 Б, 108; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="524"/>
     <w:bookmarkStart w:name="z538" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      100.Избирательный участок № 219.</w:t>
+      улица Малай батыра № 21, 23, 25, 27, 29, 31, 33, 35, 36, 37, 38, 38 А, 38 Б, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 78, 80, 82, 84 А, 86, 88, 90, 92, 94, 96, 98, 98 Б, 98 В, 100, 102, 104, 106, 108, 110, 112;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="525"/>
     <w:bookmarkStart w:name="z539" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Илийская строение № 12, здание коммунального государственного учреждения "Средняя школа имени Алии Молдагуловой с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица Розыбакиева № 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 94 А, 95, 96, 97, 98, 99, 100, 101, 102, 103,104, 105, 106, 107, 108, 108 А, 109, 110, 111, 113, 114, 115, 116, 117, 118, 119, 119 А, 120, 121, 121 А, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 144, 146, 148, 150, 152;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="526"/>
     <w:bookmarkStart w:name="z540" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Шелек, улицы полностью: Улан, Маметовой, Улытау, Асы, Акжар, Нурпейсова, Иле, Абишева, Молдагуловой, Сарыарка;</w:t>
+        <w:t xml:space="preserve">
+      улица Сыздыкова № 65, 67, 69, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 93 Е, 94, 95, 95 А, 95 Б, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 106 А, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 123 А, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 146, 148, 150, 152, 154, 156, 158, 160; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
     <w:bookmarkStart w:name="z541" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Абая № 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 224 А, 226, 228, 230, 230 А, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272, 273, 274, 275, 276, 277, 278, 279, 280, 281, 282, 283, 284, 285, 286, 287, 288, 289, 290, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 305, 306, 307, 309, 311, 313, 315, 317, 319, 321, 323, 323/2; </w:t>
+      улица Узар Усена № 37, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 105 А, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127 А, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 139 А, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 151 А, 151 Б, 152, 154, 156, 158, 160, 162, 164, 166, 168, 168 А, 170, 172, 174, 174 А, 176; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="528"/>
     <w:bookmarkStart w:name="z542" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Бижанова № 173, 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260, 262, 264, 266, 268, 270, 270 А, 272, 274, 276, 278, 280, 282, 282 А, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 304, 306;</w:t>
+        <w:t xml:space="preserve">
+      улица Вихрева № 45, 47, 49, 51, 53, 55, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 85 А, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 109 А, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 123 А, 124, 125, 126, 127, 128, 129, 130, 131, 133, 135; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="529"/>
     <w:bookmarkStart w:name="z543" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Кадыров № 2, 2 А, 2 Б, 4, 6, 6 А, 8, 10, 12, 14, 16, 16 А, 16 Б, 18, 18 А, 20, 22, 24, 24 А, 26, 28, 30, 32, 34, 36, 38, 38 А, 38 Б, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68; </w:t>
+      улица Таирова № 49, 51, 51 А, 53, 55, 57, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 74 А, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 89 В, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 105 А, 106, 107, 107 А, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 137, А, 138, 139, 140, 141, 142, 143, 144, 145, 146, 146 А, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 160 А, 161, 162, 163, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204, 222, 22 А, 224; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="530"/>
     <w:bookmarkStart w:name="z544" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Узар Усена № 153, 153 А, 155, 155 А, 155 Б, 157, 159, 161, 163, 163 А, 163 В, 178, 180, 182, 182 Б; 184, 186, 188, 190, 192, 194, 194 А, 196, 198; </w:t>
+      улица Кадырова № 43, 45, 47, 49, 49 А, 51, 53, 53 А, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 75 А, 75 Б, 75 В, 77, 79, 79 А; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
     <w:bookmarkStart w:name="z545" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Вихрева № 132, 134, 136, 137, 137 А, 138, 139, 140, 140 А, 141, 142, 143, 144, 145, 145 А, 146, 147, 148, 149, 150, 151, 151 А, 152, 153, 154, 155, 156, 157, 158, 159, 160, 160 А, 161, 161 А, 162;</w:t>
+      переулки: Розыбакиева, Алатау, Женис, Шыгыс, Сыздыкова, Сыздыкова-2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
     <w:bookmarkStart w:name="z546" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Каипова № 96, 98, 100, 102, 104, 106, 108, 130; </w:t>
+        <w:t>
+      102. Избирательный участок № 221.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="533"/>
     <w:bookmarkStart w:name="z547" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулки: Кайынды, Абишева, Асы, Усенова, Абая, Илийский, Вихрева, Шымбулак, Омарова, Улан, Актоган.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Кабылова строение № 2, здание коммунального государственного учреждения "Средняя школа имени Абая с пришкольным интернатом" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="534"/>
     <w:bookmarkStart w:name="z548" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      101.Избирательный участок № 220.</w:t>
+      Границы избирательного участка: село Шелек, улицы полностью: Бабатоган, Акбулак;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="535"/>
     <w:bookmarkStart w:name="z549" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Жибек Жолы строение № 47, здание коммунального государственного учреждения "Средняя школа имени Розыбакиева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица Абая № 2, 2 В, 4, 6, 8, 8А, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 30 А, 32, 34, 36, 38, 40, 42, 44, 46, 48, 48 А, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="536"/>
     <w:bookmarkStart w:name="z550" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Шелек: </w:t>
+        <w:t>
+      улица Таирова № 1, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25 Б, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35 А, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 50, 52 А, 54, 56, 58;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="537"/>
     <w:bookmarkStart w:name="z551" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Жибек Жолы № 18, 18 А, 20, 22, 24, 26, 28, 28 А, 30 32, 34, 36, 37, 37 А, 38, 39, 40, 41, 43, 45, 47, 47 А, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 67 А, 69, 71, 73, 75, 77, 79, 81; </w:t>
+        <w:t>
+      улица Узар Усена № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 26 А, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="538"/>
     <w:bookmarkStart w:name="z552" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абая № 86, 88, 90, 92, 94, 96, 98, 100, 100 А, 102, 104, 106, 108, 108 Б, 110, 110 А, 112, 114, 116, 118, 120, 122, 122 А, 124, 126, 128, 130, 132, 134, 136, 138, 138 А, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196;</w:t>
+      улица Вихрева № 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 22, 23, 23 А, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50, 52, 54, 56;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="539"/>
     <w:bookmarkStart w:name="z553" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Момышулы № 25, 27, 29, 31, 32, 33, 34, 34 А, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 70, 71, 72, 73, 73 А, 74, 75, 75 Б, 76, 76 А, 78, 78 А, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 104 А, 106, 106 Б, 108; </w:t>
+        <w:t>
+      улица Каипова № 1, 1 А, 1 Б, 1 В, 1 Г, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 11, 13, 15, 15 А, 17,19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 37 А, 39, 41, 43, 45;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="540"/>
     <w:bookmarkStart w:name="z554" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Малай батыра № 21, 23, 25, 27, 29, 31, 33, 35, 36, 37, 38, 38 А, 38 Б, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 78, 80, 82, 84 А, 86, 88, 90, 92, 94, 96, 98, 98 Б, 98 В, 100, 102, 104, 106, 108, 110, 112;</w:t>
+      улица Алмалы № 1, 1 А, 1 Б, 2, 3, 3 А, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 21, 23, 25, 27;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="541"/>
     <w:bookmarkStart w:name="z555" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Розыбакиева № 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 94 А, 95, 96, 97, 98, 99, 100, 101, 102, 103,104, 105, 106, 107, 108, 108 А, 109, 110, 111, 113, 114, 115, 116, 117, 118, 119, 119 А, 120, 121, 121 А, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 144, 146, 148, 150, 152;</w:t>
+      улица Кабылова № 1, 1 А, 1 Б, 1 В, 1 Г, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 9 А, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47 А, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 59, 61, 63, 65, 67, 69;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="542"/>
     <w:bookmarkStart w:name="z556" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Сыздыкова № 65, 67, 69, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 93 Е, 94, 95, 95 А, 95 Б, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 106 А, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 123 А, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 146, 148, 150, 152, 154, 156, 158, 160; </w:t>
+        <w:t>
+      улица Нургазина № 1, 1 А, 1 Б, 1 В, 3, 3 А, 3 Б, 5, 7, 9, 11, 13, 13 А, 13 Б, 15, 17, 19, 21, 23, 25, 25 А, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 63 А, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 83 А, 85, 87,89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="543"/>
     <w:bookmarkStart w:name="z557" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Узар Усена № 37, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 105 А, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127 А, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 139 А, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 151 А, 151 Б, 152, 154, 156, 158, 160, 162, 164, 166, 168, 168 А, 170, 172, 174, 174 А, 176; </w:t>
+        <w:t>
+      улица Жылысбаева № 1, 1 А, 1 Б, 1 В, 2, 3, 3 А, 4, 5, 6, 7, 7 А, 8, 8 А, 9, 9 А, 10 11, 12, 13, 14, 15, 16, 17, 18, 19, 19 А, 20, 21, 22, 23, 24, 25, 26, 27,28, 29, 30, 31, 32, 33, 34, 34, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45 А, 46, 47, 47 А, 48, 49, 50, 51, 53, 55, 57, 59, 61 63, 65, 67, 69;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="544"/>
     <w:bookmarkStart w:name="z558" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Вихрева № 45, 47, 49, 51, 53, 55, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 85 А, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 109 А, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 123 А, 124, 125, 126, 127, 128, 129, 130, 131, 133, 135; </w:t>
+        <w:t>
+      улица Муратбаева № 1, 1 А, 1 Б, 1 В, 2, 2 А, 2 Б, 3, 5, 5 А, 5 Б, 7, 7 А, 9, 11;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="545"/>
     <w:bookmarkStart w:name="z559" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Таирова № 49, 51, 51 А, 53, 55, 57, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 74 А, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 89 В, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 105 А, 106, 107, 107 А, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 137, А, 138, 139, 140, 141, 142, 143, 144, 145, 146, 146 А, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 160 А, 161, 162, 163, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204, 222, 22 А, 224; </w:t>
+        <w:t>
+      участок районных электрических сетей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="546"/>
     <w:bookmarkStart w:name="z560" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Кадырова № 43, 45, 47, 49, 49 А, 51, 53, 53 А, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 75 А, 75 Б, 75 В, 77, 79, 79 А; </w:t>
+        <w:t>
+      микрорайон № 2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="547"/>
     <w:bookmarkStart w:name="z561" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулки: Розыбакиева, Алатау, Женис, Шыгыс, Сыздыкова, Сыздыкова-2.</w:t>
+      переулки: Кабылова, Таирова, Онтустик.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="548"/>
     <w:bookmarkStart w:name="z562" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      102.Избирательный участок № 221.</w:t>
+      103. Избирательный участок № 222.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="549"/>
     <w:bookmarkStart w:name="z563" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Кабылова строение № 2, здание коммунального государственного учреждения "Средняя школа имени Абая с пришкольным интернатом" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Нургазина строение № 150, здание коммунального государственного учреждения "Средняя школа имени Ы. Алтынсарина с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="550"/>
     <w:bookmarkStart w:name="z564" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Шелек, улицы полностью: Бабатоган, Акбулак;</w:t>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Шелек, улицы полностью: Кокпекты, Сункар, Саяжай, Кайрата Рыскулбекова, Талдыбулак; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="551"/>
     <w:bookmarkStart w:name="z565" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Абая № 2, 2 В, 4, 6, 8, 8А, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 30 А, 32, 34, 36, 38, 40, 42, 44, 46, 48, 48 А, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84; </w:t>
+      улица Абая № 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 103 А, 105, 107, 109, 111, 113, 113 А, 115, 117, 119, 119 А, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="552"/>
     <w:bookmarkStart w:name="z566" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Таирова № 1, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25 Б, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35 А, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 50, 52 А, 54, 56, 58; </w:t>
+        <w:t>
+      улица Жылысбаева № 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 71, 72, 73, 74, 75, 76, 77, 77 А, 78, 79, 80, 81, 81 Б, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 91 А, 92, 93, 94, 95, 96, 97, 97 А, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 113 А, 115, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="553"/>
     <w:bookmarkStart w:name="z567" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Узар Усена № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 26 А, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64; </w:t>
+        <w:t>
+      улица Кабылова № 58, 60, 62, 64, 66, 68, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 123 А, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 133 А, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 162, 164, 166, 166 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="554"/>
     <w:bookmarkStart w:name="z568" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Вихрева № 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 22, 23, 23 А, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50, 52, 54, 56; </w:t>
+      улица Нургазина № 113, 115, 117, 119, 121, 123, 125, 127, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 156 А, 157, 158, 159, 160, 161, 162, 163, 164, 164 А, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174,175, 176, 177, 178, 179, 180, 181,182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 193, 195, 197, 197 А; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="555"/>
     <w:bookmarkStart w:name="z569" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Каипова № 1, 1 А, 1 Б, 1 В, 1 Г, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 11, 13, 15, 15 А, 17,19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 37 А, 39, 41, 43, 45;</w:t>
+        <w:t xml:space="preserve">
+      улица Бижанова № 1, 1 А, 1 Б, 2, 2 А, 3, 3 А, 3 Б, 3 В, 4, 4 А, 5, 6, 7, 7А, 8, 8 А, 9, 9 А, 10, 10 А, 10 Б, 11, 11 А, 11 Б, 12, 12 А, 12 Б, 13, 13 А, 14, 14 А, 15, 16, 16 А, 17, 17 А, 18, 18 А, 19, 19 А, 20, 21, 21 А, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44 А, 45, 46, 47, 47 А, 48, 49, 50, 50 А, 52, 54, 56, 58, 60, 62; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="556"/>
     <w:bookmarkStart w:name="z570" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Алмалы № 1, 1 А, 1 Б, 2, 3, 3 А, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 21, 23, 25, 27; </w:t>
+        <w:t>
+      улица Орынтаева № 1, 1 А, 1 Б, 2, 2 А, 2 Б, 3, 3 А, 4, 4 А, 5, 5 Б, 6, 7, 7 А, 8, 9, 9 А, 9 Б, 10, 11, 11 Б; 12, 13, 14, 15, 15 А, 16, 17, 18, 18 А, 19, 19 А, 20, 20 А, 21, 21 А, 22, 22 А, 23, 24, 24 А, 25, 25 А, 26, 26 А, 27, 27 А, 28, 28 А, 29, 29 А, 30, 30 А, 31, 31 Б, 32, 32 А, 32 Б, 33, 33 А, 34, 34 А, 36, 36 А, 38, 38 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="557"/>
     <w:bookmarkStart w:name="z571" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Кабылова № 1, 1 А, 1 Б, 1 В, 1 Г, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 9 А, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47 А, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 59, 61, 63, 65, 67, 69; </w:t>
+      улица Кенжебаева № 1, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 50, 52, 54, 56; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="558"/>
     <w:bookmarkStart w:name="z572" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Нургазина № 1, 1 А, 1 Б, 1 В, 3, 3 А, 3 Б, 5, 7, 9, 11, 13, 13 А, 13 Б, 15, 17, 19, 21, 23, 25, 25 А, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 63 А, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 83 А, 85, 87,89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111; </w:t>
+      улица Кендала № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 21 Б, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34 А, 35, 36, 37, 38, 38 А, 39, 39 А, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55 А, 56, 57, 58, 58 А, 59, 61, 63; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="559"/>
     <w:bookmarkStart w:name="z573" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Жылысбаева № 1, 1 А, 1 Б, 1 В, 2, 3, 3 А, 4, 5, 6, 7, 7 А, 8, 8 А, 9, 9 А, 10 11, 12, 13, 14, 15, 16, 17, 18, 19, 19 А, 20, 21, 22, 23, 24, 25, 26, 27,28, 29, 30, 31, 32, 33, 34, 34, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45 А, 46, 47, 47 А, 48, 49, 50, 51, 53, 55, 57, 59, 61 63, 65, 67, 69; </w:t>
+        <w:t>
+      улица Алмалы № 18, 20, 22, 24, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37 А, 37 Б, 38, 39, 40, 41, 42, 43, 44, 45, 45 А, 45 Б, 46, 47, 48, 50, 52, 54, 56, 56 А, 58, 58 А, 60, 74, 75, 78 А, 79 А, 88 А, 89 А, 90 А, 91 А, 95 А, 96 А, 97 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="560"/>
     <w:bookmarkStart w:name="z574" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Муратбаева № 1, 1 А, 1 Б, 1 В, 2, 2 А, 2 Б, 3, 5, 5 А, 5 Б, 7, 7 А, 9, 11; </w:t>
+        <w:t>
+      улица Ажибай батыр № 1, 2, 2 А, 2 Б, 3, 3 А, 4, 4 А, 4 Б, 5, 6, 7, 8, 9, 10, 11, 12, 12 А, 13, 14, 14 Б, 15, 15 Б, 16, 16 Б, 17, 17 А, 17 Б, 18, 19, 20, 21, 22, 23, 24, 24 А, 25, 26, 27, 28, 28 Б, 29, 29 А, 30, 30 А, 31, 31 А, 32, 32 А, 33, 34, 35, 36, 37, 37 А, 38, 39, 40, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 51, 53;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="561"/>
     <w:bookmarkStart w:name="z575" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      участок районных электрических сетей; </w:t>
+      улица Жибек Жолы № 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 109 А, 111, 113, 115, 115 А, 115 Б, 117, 119, 119 А, 121, 123, 123 М, 125, 127, 127 А, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="562"/>
     <w:bookmarkStart w:name="z576" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      микрорайон № 2; </w:t>
+        <w:t>
+      переулок: Кабылова-1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="563"/>
     <w:bookmarkStart w:name="z577" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулки: Кабылова, Таирова, Онтустик.</w:t>
+      104. Избирательный участок № 223.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="564"/>
     <w:bookmarkStart w:name="z578" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      103.Избирательный участок № 222.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Бокина строение № 40, здание коммунального государственного учреждения "Средняя школа имени П. Вихрева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="565"/>
     <w:bookmarkStart w:name="z579" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Нургазина строение № 150, здание коммунального государственного учреждения "Средняя школа имени Ы. Алтынсарина с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Границы избирательного участка: село Шелек, улицы полностью: Рахымжан Кошкарбаев, Егизбаева, Гани Батыра, Бокина, Куншуак, Гарышкер, Евгения Брусиловского, Карасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="566"/>
     <w:bookmarkStart w:name="z580" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Шелек, улицы полностью: Кокпекты, Сункар, Саяжай, Кайрата Рыскулбекова, Талдыбулак; </w:t>
+        <w:t>
+      улица Нургазина № 199, 201, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="567"/>
     <w:bookmarkStart w:name="z581" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Абая № 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 103 А, 105, 107, 109, 111, 113, 113 А, 115, 117, 119, 119 А, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159; </w:t>
+        <w:t>
+      улица Кендала № 60, 62, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 79 А, 80, 81, 82, 83, 84, 85, 85 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="568"/>
     <w:bookmarkStart w:name="z582" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Жылысбаева № 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 71, 72, 73, 74, 75, 76, 77, 77 А, 78, 79, 80, 81, 81 Б, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 91 А, 92, 93, 94, 95, 96, 97, 97 А, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 113 А, 115, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140;</w:t>
+      улица Жылысбаева № 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 166 А, 167, 168, 169, 170, 171, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="569"/>
     <w:bookmarkStart w:name="z583" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Кабылова № 58, 60, 62, 64, 66, 68, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 123 А, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 133 А, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 162, 164, 166, 166 А; </w:t>
+        <w:t>
+      улица Кабылова № 161, 163, 165, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186,187, 188, 188 А, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="570"/>
     <w:bookmarkStart w:name="z584" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Нургазина № 113, 115, 117, 119, 121, 123, 125, 127, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 156 А, 157, 158, 159, 160, 161, 162, 163, 164, 164 А, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174,175, 176, 177, 178, 179, 180, 181,182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 193, 195, 197, 197 А; </w:t>
+        <w:t>
+      улица Жибек Жолы № 169, 171, 173, 175, 175 А, 175 Б, 175 Г, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 213 А, 215, 217, 219, 221, 223, 225, 227, 229, 231, 231 А, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251 253, 255, 257, 259, 261, 263, 265, 267, 269, 271, 273, 275, 277, 279, 281, 283, 285, 287, 288, 289, 291, 293, 295, 297, 297 А, 299, 299 А, 301, 303, 303 А, 305, 307, 325, 331;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="571"/>
     <w:bookmarkStart w:name="z585" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Бижанова № 1, 1 А, 1 Б, 2, 2 А, 3, 3 А, 3 Б, 3 В, 4, 4 А, 5, 6, 7, 7А, 8, 8 А, 9, 9 А, 10, 10 А, 10 Б, 11, 11 А, 11 Б, 12, 12 А, 12 Б, 13, 13 А, 14, 14 А, 15, 16, 16 А, 17, 17 А, 18, 18 А, 19, 19 А, 20, 21, 21 А, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44 А, 45, 46, 47, 47 А, 48, 49, 50, 50 А, 52, 54, 56, 58, 60, 62; </w:t>
+        <w:t>
+      переулки: Ырысты, Мереке, Егизбаева.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="572"/>
     <w:bookmarkStart w:name="z586" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Орынтаева № 1, 1 А, 1 Б, 2, 2 А, 2 Б, 3, 3 А, 4, 4 А, 5, 5 Б, 6, 7, 7 А, 8, 9, 9 А, 9 Б, 10, 11, 11 Б; 12, 13, 14, 15, 15 А, 16, 17, 18, 18 А, 19, 19 А, 20, 20 А, 21, 21 А, 22, 22 А, 23, 24, 24 А, 25, 25 А, 26, 26 А, 27, 27 А, 28, 28 А, 29, 29 А, 30, 30 А, 31, 31 Б, 32, 32 А, 32 Б, 33, 33 А, 34, 34 А, 36, 36 А, 38, 38 А;</w:t>
+      105. Избирательный участок № 224.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="573"/>
     <w:bookmarkStart w:name="z587" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Кенжебаева № 1, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 50, 52, 54, 56; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Абдикримова строение № 14 А, здание коммунального государственного учреждения "Средняя школа имени Т. Кенжебаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="574"/>
     <w:bookmarkStart w:name="z588" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Кендала № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21 А, 21 Б, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34 А, 35, 36, 37, 38, 38 А, 39, 39 А, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55 А, 56, 57, 58, 58 А, 59, 61, 63; </w:t>
+        <w:t>
+      Границы избирательного участка: село Шелек, улицы полностью: Жетысу, Жиделы, Жанатурмыс, Арасан, Сайдуллаева, Кайнар, Мукашева;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="575"/>
     <w:bookmarkStart w:name="z589" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Алмалы № 18, 20, 22, 24, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37 А, 37 Б, 38, 39, 40, 41, 42, 43, 44, 45, 45 А, 45 Б, 46, 47, 48, 50, 52, 54, 56, 56 А, 58, 58 А, 60, 74, 75, 78 А, 79 А, 88 А, 89 А, 90 А, 91 А, 95 А, 96 А, 97 А; </w:t>
+      улица Жибек Жолы № 168, 168 А, 170, 172, 174, 174 А, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 194 А, 196, 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 230 А, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260, 260 А, 260 Б, 262, 264, 266, 268, 270, 272, 274, 276, 278, 280,282, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 302 А, 304, 306, 308, 310, 312, 314, 316, 318, 320, 322, 324, 326, 328, 330, 332; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="576"/>
     <w:bookmarkStart w:name="z590" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      улица Ажибай батыр № 1, 2, 2 А, 2 Б, 3, 3 А, 4, 4 А, 4 Б, 5, 6, 7, 8, 9, 10, 11, 12, 12 А, 13, 14, 14 Б, 15, 15 Б, 16, 16 Б, 17, 17 А, 17 Б, 18, 19, 20, 21, 22, 23, 24, 24 А, 25, 26, 27, 28, 28 Б, 29, 29 А, 30, 30 А, 31, 31 А, 32, 32 А, 33, 34, 35, 36, 37, 37 А, 38, 39, 40, 41, 41 А, 42, 43, 44, 45, 46, 47, 48, 49, 51, 53;</w:t>
+        <w:t xml:space="preserve">
+      улица Малай батыра № 221, 223, 225, 227, 229, 229 А, 231, 233, 235, 237, 239, 241, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 270, 272, 274, 278; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="577"/>
     <w:bookmarkStart w:name="z591" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Жибек Жолы № 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 109 А, 111, 113, 115, 115 А, 115 Б, 117, 119, 119 А, 121, 123, 123 М, 125, 127, 127 А, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167; </w:t>
+      улица Семятова № 2, 2 А, 4, 6, 6 А, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="578"/>
     <w:bookmarkStart w:name="z592" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулок: Кабылова-1.</w:t>
+      переулки: Шапагат, Малай батыра, Кондвор, Райавтодор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="579"/>
     <w:bookmarkStart w:name="z593" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      104.Избирательный участок № 223.</w:t>
+      106. Избирательный участок № 225.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="580"/>
     <w:bookmarkStart w:name="z594" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Бокина строение № 40, здание коммунального государственного учреждения "Средняя школа имени П. Вихрева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Нургазина строение № 2 А, здание государственного коммунального казенного предприятия "Шелекский политехнический колледж" государственного учреждения "Управление образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="581"/>
     <w:bookmarkStart w:name="z595" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Шелек, улицы полностью: Рахымжан Кошкарбаев, Егизбаева, Гани Батыра, Бокина, Куншуак, Гарышкер, Евгения Брусиловского, Карасу; </w:t>
+        <w:t>
+      Границы избирательного участка: село Шелек, улицы полностью: Масакская, Актогай, Кагазбаева;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="582"/>
     <w:bookmarkStart w:name="z596" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Нургазина № 199, 201, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239; </w:t>
+        <w:t>
+      улица Жибек Жолы № 1, 1 А, 2, 2 А, 2 Б, 2 В, 2 Г, 3, 3 А, 4, 5, 5 А, 6, 6 А, 7, 7 А, 8, 8 А, 8 В, 9, 9 А, 10, 11, 12, 12 А, 13, 14, 14 А, 15, 16, 17, 17 А, 19, 21, 21 Г, 23, 25, 25 А, 25 Б, 27, 29, 31, 31 А, 31 Б, 31 В, 33, 33 А, 33 Б, 35, 35 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="583"/>
     <w:bookmarkStart w:name="z597" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Кендала № 60, 62, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 79 А, 80, 81, 82, 83, 84, 85, 85 А; </w:t>
+        <w:t>
+      улица Момышулы № 1, 1 А, 1 Б, 1 В, 1 Г, 2, 2 А, 3, 4, 4 А, 5, 5 А, 6, 6 А, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 26 А, 28, 30;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="584"/>
     <w:bookmarkStart w:name="z598" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Жылысбаева № 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 166 А, 167, 168, 169, 170, 171, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196; </w:t>
+        <w:t>
+      улица Малай батыра № 1, 1 А, 1 Б, 1 В, 2, 2 А, 2 Д, 3, 3 Б, 4, 5, 5 А, 5 Б, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 26, 28, 30, 32, 34, 34 А;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="585"/>
     <w:bookmarkStart w:name="z599" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Кабылова № 161, 163, 165, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186,187, 188, 188 А, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237;</w:t>
+      улица Каипова № 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 58 А, 59, 59 А, 60, 60 А, 61, 62, 63, 64, 64 А, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 94 А, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="586"/>
     <w:bookmarkStart w:name="z600" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Жибек Жолы № 169, 171, 173, 175, 175 А, 175 Б, 175 Г, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 213 А, 215, 217, 219, 221, 223, 225, 227, 229, 231, 231 А, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251 253, 255, 257, 259, 261, 263, 265, 267, 269, 271, 273, 275, 277, 279, 281, 283, 285, 287, 288, 289, 291, 293, 295, 297, 297 А, 299, 299 А, 301, 303, 303 А, 305, 307, 325, 331; </w:t>
+        <w:t>
+      улица Нургазина № 2, 4, 6, 8, 10, 12, 12 А, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40,42, 44, 46, 48, 50, 52, 54, 56, 58, 58 А, 60, 62, 64, 66, 66 А, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 110 А, 112, 114, 116, 118, 120, 122, 124, 126, 128;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="587"/>
     <w:bookmarkStart w:name="z601" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      переулки: Ырысты, Мереке, Егизбаева. </w:t>
+        <w:t>
+      улица Муратбаева № 4, 6, 8, 8 Г, 10, 12, 13, 14, 15, 17, 17 А, 18, 20, 21, 22, 23, 24, 25, 26, 28, 30 А, 32 А, 32 П, 36 А, 36 Б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="588"/>
     <w:bookmarkStart w:name="z602" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      105.Избирательный участок № 224.</w:t>
+      улица Сыздыкова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20 А, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35 А, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 46 А, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55 Б, 56, 57, 58, 59, 60, 61, 62, 63, 64, 66, 68, 70;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="589"/>
     <w:bookmarkStart w:name="z603" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Абдикримова строение № 14 А, здание коммунального государственного учреждения "Средняя школа имени Т. Кенжебаева" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      улица Кадырова № 1, 1 А, 1, Б, 1 В, 3, 3 А, 5, 7, 9, 11, 13, 13 А, 15, 17, 19, 21, 23, 25, 27, 29, 29 А, 31, 33, 35, 37, 39, 41;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="590"/>
     <w:bookmarkStart w:name="z604" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Шелек, улицы полностью: Жетысу, Жиделы, Жанатурмыс, Арасан, Сайдуллаева, Кайнар, Мукашева;</w:t>
+      улица Розыбакиева № 1, 1 А, 2, 3, 4, 5, 6, 7, 8, 8А, 9, 10, 10 А, 11, 12, 13, 13 А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23 А, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44 А, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 67, 68, 69, 70, 71, 72, 73, 74, 74 А, 75;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="591"/>
     <w:bookmarkStart w:name="z605" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Жибек Жолы № 168, 168 А, 170, 172, 174, 174 А, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 194 А, 196, 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 230 А, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260, 260 А, 260 Б, 262, 264, 266, 268, 270, 272, 274, 276, 278, 280,282, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 302 А, 304, 306, 308, 310, 312, 314, 316, 318, 320, 322, 324, 326, 328, 330, 332; </w:t>
+        <w:t>
+      микрорайон № 1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="592"/>
     <w:bookmarkStart w:name="z606" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Малай батыра № 221, 223, 225, 227, 229, 229 А, 231, 233, 235, 237, 239, 241, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 270, 272, 274, 278; </w:t>
+        <w:t>
+      переулки: Каипова, Момышулы, Нургазина.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="593"/>
     <w:bookmarkStart w:name="z607" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Семятова № 2, 2 А, 4, 6, 6 А, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32; </w:t>
+        <w:t>
+      107. Избирательный участок № 226.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="594"/>
     <w:bookmarkStart w:name="z608" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулки: Шапагат, Малай батыра, Кондвор, Райавтодор.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Майское, улица Жеруйык строение № 8, здание коммунального государственного учреждения "Средняя школа имени М. Маметовой с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="595"/>
     <w:bookmarkStart w:name="z609" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      106.Избирательный участок № 225.</w:t>
+      Границы избирательного участка: село Майское; село Торгайбаза.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="596"/>
     <w:bookmarkStart w:name="z610" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Нургазина строение № 2 А, здание государственного коммунального казенного предприятия "Шелекский политехнический колледж" государственного учреждения "Управление образования Алматинской области".</w:t>
+      108. Избирательный участок № 227.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="597"/>
     <w:bookmarkStart w:name="z611" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Шелек, улицы полностью: Масакская, Актогай, Кагазбаева;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Абдикаримова строение № 62 Г, здание коммунального государственного учреждения "Гимназия села Шелек" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="598"/>
     <w:bookmarkStart w:name="z612" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Жибек Жолы № 1, 1 А, 2, 2 А, 2 Б, 2 В, 2 Г, 3, 3 А, 4, 5, 5 А, 6, 6 А, 7, 7 А, 8, 8 А, 8 В, 9, 9 А, 10, 11, 12, 12 А, 13, 14, 14 А, 15, 16, 17, 17 А, 19, 21, 21 Г, 23, 25, 25 А, 25 Б, 27, 29, 31, 31 А, 31 Б, 31 В, 33, 33 А, 33 Б, 35, 35 А; </w:t>
+        <w:t>
+      Границы избирательного участка: село Шелек, улицы полностью: Пятно, Шаттык, Ынтымак, Шиелы, Ахметова, Имамниязова, Макатаева, Бирлик, Абдикаримова, Береке, Белбулак, Арна, Алматы, Хантанири, Алаш, Жалагаш, Атамекен, Жобаланган-7, Аубакирова, Ауэзова, Жандосова;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="599"/>
     <w:bookmarkStart w:name="z613" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Момышулы № 1, 1 А, 1 Б, 1 В, 1 Г, 2, 2 А, 3, 4, 4 А, 5, 5 А, 6, 6 А, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 26 А, 28, 30; </w:t>
+      улица Семятова № 1, 1 А, 1 Б, 1 В, 1 Г, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="600"/>
     <w:bookmarkStart w:name="z614" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Малай батыра № 1, 1 А, 1 Б, 1 В, 2, 2 А, 2 Д, 3, 3 Б, 4, 5, 5 А, 5 Б, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 26, 28, 30, 32, 34, 34 А; </w:t>
+        <w:t>
+      переулки: Имамниязова, Белбулак, Абдикаримова.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="601"/>
     <w:bookmarkStart w:name="z615" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Каипова № 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 58 А, 59, 59 А, 60, 60 А, 61, 62, 63, 64, 64 А, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 94 А, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131; </w:t>
+        <w:t>
+      109. Избирательный участок № 966.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="602"/>
     <w:bookmarkStart w:name="z616" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Нургазина № 2, 4, 6, 8, 10, 12, 12 А, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40,42, 44, 46, 48, 50, 52, 54, 56, 58, 58 А, 60, 62, 64, 66, 66 А, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 110 А, 112, 114, 116, 118, 120, 122, 124, 126, 128; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Акшийский сельский округ, село Акши, улица Болек батыра строение № 56 Б, фойе здания коммунального государственного учреждения "Средняя школа имени Болек батыра" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="603"/>
     <w:bookmarkStart w:name="z617" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Муратбаева № 4, 6, 8, 8 Г, 10, 12, 13, 14, 15, 17, 17 А, 18, 20, 21, 22, 23, 24, 25, 26, 28, 30 А, 32 А, 32 П, 36 А, 36 Б; </w:t>
+        <w:t>
+      Границы избирательного участка: село Акши, улицы полностью: Даркембая, Жунисбая, А. Салимбая, С. Кошыкбаева, Ж. Нуртая, Ж. Куттым, Н. Боденко, К. Кусаина, Жамбыла, К. Байсауов, Айтеке би, Толе би, Артык батыра, Казыбек би, Отеген батыра, К. Мусралиев, Калкабай батыра, Наурызбай батыра.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="604"/>
     <w:bookmarkStart w:name="z618" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Сыздыкова № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20 А, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35 А, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 46 А, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55 Б, 56, 57, 58, 59, 60, 61, 62, 63, 64, 66, 68, 70; </w:t>
+        <w:t>
+      110. Избирательный участок № 988.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="605"/>
     <w:bookmarkStart w:name="z619" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Кадырова № 1, 1 А, 1, Б, 1 В, 3, 3 А, 5, 7, 9, 11, 13, 13 А, 15, 17, 19, 21, 23, 25, 27, 29, 29 А, 31, 33, 35, 37, 39, 41; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Р. Токатаева строение № 105, здание изолятора временного содержания государственного учреждения "Управление полиции Енбекшиказахского района департамента полиции Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="606"/>
     <w:bookmarkStart w:name="z620" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Розыбакиева № 1, 1 А, 2, 3, 4, 5, 6, 7, 8, 8А, 9, 10, 10 А, 11, 12, 13, 13 А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23 А, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44 А, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 67, 68, 69, 70, 71, 72, 73, 74, 74 А, 75; </w:t>
+        <w:t>
+      Границы избирательного участка: город Есик, изолятор временного содержания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="607"/>
     <w:bookmarkStart w:name="z621" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      микрорайон № 1; </w:t>
+        <w:t>
+      111. Избирательный участок № 989.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="608"/>
     <w:bookmarkStart w:name="z622" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      переулки: Каипова, Момышулы, Нургазина. </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Б. Момышулы строение № 97, здание изолятора временного содержания Шелекского отдела полиции государственного учреждения "Управление полиции Енбекшиказахского района департамента полиции Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="609"/>
     <w:bookmarkStart w:name="z623" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      107.Избирательный участок № 226.</w:t>
+      Границы избирательного участка: село Шелек, изолятор временного содержания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="610"/>
     <w:bookmarkStart w:name="z624" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Майское, улица Жеруйык строение № 8, здание коммунального государственного учреждения "Средняя школа имени М. Маметовой с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      112. Избирательный участок № 991.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="611"/>
     <w:bookmarkStart w:name="z625" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Майское; село Торгайбаза.</w:t>
+        <w:t xml:space="preserve">
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Дихан, улица Тохсунова строенеие № 19, здания коммунального государственного учреждения "Диханская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="612"/>
     <w:bookmarkStart w:name="z626" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      108.Избирательный участок № 227.</w:t>
+      Границы избирательного участка: село Дихан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="613"/>
     <w:bookmarkStart w:name="z627" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Абдикаримова строение № 62 Г, здание коммунального государственного учреждения "Гимназия села Шелек" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      113. Избирательный участок № 992.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="614"/>
     <w:bookmarkStart w:name="z628" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Шелек, улицы полностью: Пятно, Шаттык, Ынтымак, Шиелы, Ахметова, Имамниязова, Макатаева, Бирлик, Абдикаримова, Береке, Белбулак, Арна, Алматы, Хантанири, Алаш, Жалагаш, Атамекен, Жобаланган-7, Аубакирова, Ауэзова, Жандосова;</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Орикти, трасса "Есик-Александровка" 8 км, строение № 4, здание коммунального государственного учреждения "Казахская средняя школа имени Алихано Бокейхана" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="615"/>
     <w:bookmarkStart w:name="z629" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      улица Семятова № 1, 1 А, 1 Б, 1 В, 1 Г, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55; </w:t>
+        <w:t>
+      Границы избирательного участка: потребительские кооперативы садоводческие общества: "ПКСО Ветеран 10/2", "ПКСО Самал", "ПКСТ Кыпшак";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="616"/>
     <w:bookmarkStart w:name="z630" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      переулки: Имамниязова, Белбулак, Абдикаримова.</w:t>
+      потребительский кооператив "Объединенного садоводческого товарищества имени Калинина".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="617"/>
     <w:bookmarkStart w:name="z631" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      109.Избирательный участок № 966.</w:t>
+      114. Избирательный участок № 1021.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="618"/>
     <w:bookmarkStart w:name="z632" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Акшийский сельский округ, село Акши, улица Болек батыра строение № 56 Б, фойе здания коммунального государственного учреждения "Средняя школа имени Болек батыра" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая, строиние № 336, здание Государственное коммунальное предприятие на праве хозяйственного ведения "Енбекшиказахская многопрофильная центральная районная больница" государственного учреждения "Управление здравоохранение Алматинскоя области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="619"/>
     <w:bookmarkStart w:name="z633" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Акши, улицы полностью: Даркембая, Жунисбая, А. Салимбая, С. Кошыкбаева, Ж. Нуртая, Ж. Куттым, Н. Боденко, К. Кусаина, Жамбыла, К. Байсауов, Айтеке би, Толе би, Артык батыра, Казыбек би, Отеген батыра, К. Мусралиев, Калкабай батыра, Наурызбай батыра.</w:t>
+      Границы избирательного участка: город Есик, Енбекшиказахская многопрофильная центральная районная больница.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="620"/>
     <w:bookmarkStart w:name="z634" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      110.Избирательный участок № 988.</w:t>
+      115. Избирательный участок № 1022.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="621"/>
     <w:bookmarkStart w:name="z635" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Р. Токатаева строение № 105, здание изолятора временного содержания государственного учреждения "Управление полиции Енбекшиказахского района департамента полиции Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Кадыров, строение № 2 В, здание Коммунальное государственное предприятие на праве хозяйственного ведения "Енбекшиказахская районная больница №1 села Шелек" государственного учреждения "Управление здравоохранения Алматинской области"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="622"/>
     <w:bookmarkStart w:name="z636" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: город Есик, изолятор временного содержания.</w:t>
+      Границы избирательного участка: село Шелек, Енбекшиказахская районная больница №1 села Шелек</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="623"/>
     <w:bookmarkStart w:name="z637" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      111.Избирательный участок № 989.</w:t>
+      116. Избирательный участок № 1035.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="624"/>
     <w:bookmarkStart w:name="z638" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Б. Момышулы строение № 97, здание изолятора временного содержания Шелекского отдела полиции государственного учреждения "Управление полиции Енбекшиказахского района департамента полиции Алматинской области".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Болекский сельский округ, село Болек, улица Астана, строение без номера, здание Дома Культуры села Болек при государственном коммунальном казенном предприятии "Районный дом культуры имени Туманбая Молдагалиева" государственного учреждения "Отдел внутренней политики, культуры, развития языков и спорта Енбекшиказахского района".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="625"/>
     <w:bookmarkStart w:name="z639" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Шелек, изолятор временного содержания.</w:t>
+      Границы избирательного участка:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="626"/>
     <w:bookmarkStart w:name="z640" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      112.Избирательный участок № 991.</w:t>
+        <w:t xml:space="preserve">
+      потребительские кооперативы: "Садоводческое общество "Ромашка", "Садоводческое общество "Ветеран", "Садоводческое общество "СОЛНЕЧНОЕ.", "Садоводческое общество "Деметра", "Садоводческое товарищество "Темиржолы - Жетысу", "Садоводческое товарищество "Энтузиаст", "ШИННИК", "Химик"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="627"/>
     <w:bookmarkStart w:name="z641" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Асинский сельский округ, село Дихан, улица Тохсунова строенеие № 19, здания коммунального государственного учреждения "Диханская основная средняя школа" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области". </w:t>
+        <w:t>
+      потребительские кооперативы садоводческие общества: "Тас-Гуль", "Таугуль", "Чайка", "Дружба-1", "ПРОГРЕСС", "Октябрь", "Массив Иссык", "Жетысу", "Монтажник-1";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="628"/>
     <w:bookmarkStart w:name="z642" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Границы избирательного участка: село Дихан;</w:t>
+        <w:t xml:space="preserve">
+      потребительские кооперативы садоводческие товарищества: "Подснежник", "Алмагуль", "Кировец 37", "Восход-АЗТМ", "Джетысу-Дружба", "Дюбек", "Ак-Бидай", "Труд", "АЗОК"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="629"/>
     <w:bookmarkStart w:name="z643" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      113.Избирательный участок № 992.</w:t>
+        <w:t xml:space="preserve">
+      потребительский кооператив садоводов "Орешек"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="630"/>
     <w:bookmarkStart w:name="z644" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Орикти, трасса Есик-Александровка 8 км, строение № 4, здание коммунального государственного учреждения "Казахская средняя школа имени Алихано Бокейхана" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области"</w:t>
+        <w:t xml:space="preserve">
+      садоводческий потребительский кооператив "Иссык"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="631"/>
     <w:bookmarkStart w:name="z645" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: потребительские кооперативы садоводческие общества: "ПКСО Ветеран 10/2", "Восход", "ПКСО Самал", "ПКСТ Кыпшак";</w:t>
+      общественные объединения: "Энергетик", "Чубар".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="632"/>
     <w:bookmarkStart w:name="z646" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      потребительский кооператив "Объединенного садоводческого товарищества имени Калинина".</w:t>
+      117. Избирательный участок № 1036.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="633"/>
     <w:bookmarkStart w:name="z647" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      114.Избирательный участок № 1021.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Байтерек, улица Мира строение № 55 А, здание коммунального государственного учреждения "Средняя школа Байтерек" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="634"/>
     <w:bookmarkStart w:name="z648" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, город Есик, улица Абая, строиние № 336, здание Государственное коммунальное предприятие на праве хозяйственного ведения "Енбекшиказахская многопрофильная центральная районная больница" государственного учреждения "Управление здравоохранение Алматинскоя области". </w:t>
+        <w:t>
+      Границы избирательного участка: село Байтерек, улицы полностью: Нововиноградная, Виноградная</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="635"/>
     <w:bookmarkStart w:name="z649" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: город Есик, Енбекшиказахская многопрофильная центральная районная больница.</w:t>
+      потребительский кооператив "Садоводческие товарищество "Авиаремонтник";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="636"/>
     <w:bookmarkStart w:name="z650" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      115.Избирательный участок № 1022.</w:t>
+      потребительские кооперативы садоводческие общества: "Надежда", "Рубин", "Ковровщица", "Автомобилист", "Ветеран", "Семиречье", "Тункурус", "Байтерек-Рассвет";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="637"/>
     <w:bookmarkStart w:name="z651" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Кадыров, строение № 2 В, здание Коммунальное государственное предприятие на праве хозяйственного ведения "Енбекшиказахская районная больница №1 села Шелек" государственного учреждения "Управление здравоохранения Алматинской области"</w:t>
+      потребительские кооперативы садоводческие товарищество: "Бастау", "Орел".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="638"/>
     <w:bookmarkStart w:name="z652" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Границы избирательного участка: село Шелек, Енбекшиказахская районная больница №1 села Шелек</w:t>
+      118. Избирательный участок № 1037.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="639"/>
     <w:bookmarkStart w:name="z653" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      116.Избирательный участок № 1041.</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Рахатский сельский округ, село Орикти, трасса "Есик-Александровка" 8 км, строение № 4, здание коммунального государственного учреждения "Казахская средняя школа имени Алихано Бокейхана" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="640"/>
     <w:bookmarkStart w:name="z654" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Аватский сельский округ, село Ават, улица Ибдиминова строение № 15 А, здание коммунального государственного учреждения "Средняя школа имени О. Мухаммади" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      Границы избирательного участка: потребительские кооперативы садоводческие общества: "Восход";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="641"/>
     <w:bookmarkStart w:name="z655" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Ават, улицы полностью: Тауелсиздик, Саймасай, Крылов, Бейтбитшилик, Гагарина, Байтерек, Бесагаш, Жетысу, Жибек Жолы, Алмалы, Мансурова, Розыбакиева; </w:t>
+        <w:t>
+      119. Избирательный участок № 1038.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="642"/>
     <w:bookmarkStart w:name="z656" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      садоводческие товарищества: "Багдаршам", "Эдельвейс", "Солнечная поляна", "Алматинское трамвайно-троллейбусное управление".</w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Шелекский сельский округ, село Шелек, улица Бижанова строение № 91, спорт зал здание коммунального государственного учреждения "Средняя школа имени Х. Бижанова" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="643"/>
     <w:bookmarkStart w:name="z657" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      117.Избирательный участок № 1042.</w:t>
+      Границы избирательного участка: село Шелек, улицы полностью, Кольды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="644"/>
     <w:bookmarkStart w:name="z658" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Байтерек, улица Мира строение № 55 А, здание коммунального государственного учреждения "Средняя школа Байтерек" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+        <w:t xml:space="preserve">
+      улица Малай батыра № 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 101 А, 103, 105, 107, 107 А, 109, 111, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 126 А, 126 Б, 127, 128, 129, 130, 131, 132, 132 А, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 146 А, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 182 А, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 198 А, 199, 200, 201, 202, 203, 204, 205, 206, 206 А, 207, 208, 209, 210, 211, 212, 213, 214, 214 А, 215, 216, 216 А, 217, 218, 219, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, 242; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="645"/>
     <w:bookmarkStart w:name="z659" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Байтерек, улицы полностью: Горная, Дачная, Заводская, Комсомольская, Луговая, Новая, Мира, Подстанция, Победы, Транспортная, Цветочная, Южная, Дружбы, Каменистая, Новосельская, Солнечная, Юности; </w:t>
+        <w:t>
+      улица Сыздыкова № 145, 147, 149, 151, 153, 155, 157, 159, 151, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205,206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 225 А, 226, 227, 227 А, 228, 230, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 258 А, 258 Б, 260, 262, 264, 264 А, 266, 268, 270, 272, 274, 276, 278, 278 А, 280;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="646"/>
     <w:bookmarkStart w:name="z660" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      переулок Тенистый; </w:t>
+        <w:t>
+      улица Орынтаева № 35, 35 А, 37, 37 А, 39, 39 А ,40, 40 А, 41, 41 А , 42, 42 А, 43, 44, 44 А, 45, 45 А, 46, 47, 48, 49, 49 А, 50, 50 А, 51, 51 А, 52, 52 А, 53, 54, 55, 55 А, 56, 56 А, 57, 58, 59, 60, 60 А, 61, 62, 62 А, 62 Б, 63, 64, 65, 66, 66 А, 67, 68, 68 А, 69, 69 А, 70,71, 72, 73, 74, 74 Б, 75, 75 А, 76, 76 А, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 94 А, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 106 А, 107, 107 А, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 117 А, 118, 119, 120, 120 А, 121, 122, 123, 124, 125, 125 А, 125 Б, 126, 126 А, 127, 128, 129, 130, 131, 132, 133, 134, 134 А, 135, 136, 137, 139, 141, 143, 144, 145, 146, 148, 149, 150, 152;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="647"/>
     <w:bookmarkStart w:name="z661" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      садоводческие товарищество: "Птицевод", "Тенкара".</w:t>
+        <w:t xml:space="preserve">
+      улица Кенжебаева № 49, 51, 53, 55, 57, 57 А, 58, 59, 60, 61, 62, 63, 64, 64 А, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 82 А, 82 Б, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 115 А, 116, 117, 118, 118 А, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 132, 133, 134, 135, 136, 137, 138, 139, 143; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="648"/>
     <w:bookmarkStart w:name="z662" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      118.Избирательный участок № 1043.</w:t>
+      улица Розыбакиева № 143, 145, 147, 149, 151, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 188 А, 189, 190, 191, 192, 192 А, 193, 194, 195, 196, 197, 198, 198 А, 199, 200, 201, 201 А, 202, 202 А, 203, 204, 205, 206, 207, 208, 209, 210, 212, 214, 216, 218, 220, 222.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="649"/>
     <w:bookmarkStart w:name="z663" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тескенсуский сельский округ, село Тескенсу, улица Калдыбаева строение № 1, зал заседаний здания коммунального государственного учреждения "Средняя школа имени Жамбыла с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      120. Избирательный участок № 1041.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="650"/>
     <w:bookmarkStart w:name="z664" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Границы избирательного участка: село Тескенсу, улицы полностью: Райымбек батыра, Дулатова, Жамбыла, Оразкула, Сейсенбаева, Мырзабекова, Токбаева, Торткуль, Жылангозова, Кенжетаева, Абая; </w:t>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Аватский сельский округ, село Ават, улица Ибдиминова строение № 15 А, здание коммунального государственного учреждения "Средняя школа имени О. Мухаммади" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="651"/>
     <w:bookmarkStart w:name="z665" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Границы избирательного участка: село Ават, улицы полностью: Тауелсиздик, Саймасай, Крылов, Бейтбитшилик, Гагарина, Байтерек, Бесагаш, Жетысу, Жибек Жолы, Алмалы, Мансурова, Розыбакиева;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z666" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      садоводческие товарищества: "Багдаршам", "Эдельвейс", "Солнечная поляна", "Алматинское трамвайно-троллейбусное управление".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z667" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Избирательный участок № 1042.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z668" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Байтерекский сельский округ, село Байтерек, улица Мира строение № 55 А, здание коммунального государственного учреждения "Средняя школа Байтерек" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z669" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Байтерек, улицы полностью: Горная, Дачная, Заводская, Комсомольская, Луговая, Новая, Мира, Подстанция, Победы, Транспортная, Цветочная, Южная, Дружбы, Каменистая, Новосельская, Солнечная, Юности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z670" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переулок Тенистый;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z671" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      садоводческие товарищество: "Птицевод", "Тенкара".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z672" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Избирательный участок № 1043.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z673" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Алматинская область, Енбекшиказахский район, Тескенсуский сельский округ, село Тескенсу, улица Калдыбаева строение № 1, зал заседаний здания коммунального государственного учреждения "Средняя школа имени Жамбыла с дошкольным мини-центром" государственного учреждения "Отдел образования по Енбекшиказахскому району управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z674" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Границы избирательного участка: село Тескенсу, улицы полностью: Райымбек батыра, Дулатова, Жамбыла, Оразкула, Сейсенбаева, Мырзабекова, Токбаева, Торткуль, Жылангозова, Кенжетаева, Абая; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z675" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       переулки: Дулатова, Жылангозова, Оразкула.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>