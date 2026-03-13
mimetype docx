--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ca0796c" w14:textId="ca0796c">
+    <w:p w14:paraId="20152cd" w14:textId="20152cd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,59 +100,53 @@
         </w:rPr>
         <w:t>Об утверждении государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним образованием на 2025-2026 учебный год по Актюбинской области</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата Актюбинской области от 12 сентября 2025 года № 181</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 8-3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -161,202 +155,187 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "Об образовании", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра просвещения Республики Казахстан от 27 августа 2022 года № 381 "Об утверждении Правил размещения государственного образовательного заказа на подготовку кадров на дошкольное воспитание и обучение, среднее образование, дополнительное образование детей и на подготовку кадров с техническим и профессиональным, послесредним образованием с учетом потребностей рынка труда" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 29323) акимат Актюбинской области ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить государственный образовательный заказ на подготовку кадров с техническим и профессиональным, послесредним образованием на 2025-2026 учебный год по Актюбинской области согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственному учреждению "Управление образования Актюбинской области" в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) направление настоящего постановления на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего постановления на интернет-ресурсе акимата Актюбинской области после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее постановление вводится после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -441,68 +420,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Шахаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -536,30152 +497,25743 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение к </w:t>
+              <w:t xml:space="preserve">Приложение к постановлению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">постановлению акимата </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Актюбинской области </w:t>
+              <w:t xml:space="preserve">акимата Актюбинской области </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 сентября 2025 года № 181</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Государственный образовательный заказ на подготовку специалистов с техническим и профессиональным образованием на 2025-2026 учебный год</w:t>
+        <w:t xml:space="preserve"> Государственный образовательный заказ на подготовку кадров с техническим и профессиональным, послесредним образованием на 2025-2026 учебный год по Актюбинской области</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение – в редакции постановления акимата Актюбинской области от 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 306</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код специальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование специальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем государственного образовательного заказа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя стоимость расходов на обучение одного обучающегося за учебный год в городской местности (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя стоимость расходов на обучение одного обучающегося за учебный год в сельской местности (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя стоимость расходов на обучение одного обучающегося за учебный год в зонах экологического бедствия в городах (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средняя стоимость расходов на обучение одного обучающегося за учебный год в зонах экологического бедствия в сельской местности (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01 Образование</w:t>
             </w:r>
-          </w:p>
-[...94 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01120100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дошкольное воспитание и обучение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 414 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460 672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501 587</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 548 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01130200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дополнительное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 414 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460 672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501 587</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 548 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01140100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагогика и методика начального обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 414 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460 672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501 587</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 548 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01140200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Музыкальное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 180 483</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 390 352</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 474 195</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 684 064</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01140500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Физическая культура и спорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 414 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460 672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501 587</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 548 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01140600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагогика и методика преподавания языка и литературы основного среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 414 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460 672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501 587</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 548 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01140700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 414 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460 672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501 587</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 548 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+792</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02 Искусство и гуманитарные науки</w:t>
             </w:r>
-          </w:p>
-[...94 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02110300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Графический и мультимедийный дизайн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02110500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Технология полиграфического и упаковочного производства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02120100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дизайн интерьера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02120200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дизайн одежды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02150100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инструментальное исполнительство (по видам инструментов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 231 599</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 441 468</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 525 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 735 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02150200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Теория музыки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02150300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вокальное искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 231 599</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 441 468</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 525 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 735 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02150400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хоровое дирижирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 231 599</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 441 468</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 525 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 735 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02150500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Актерское искусство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02150900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Социально-культурная деятельность (по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02151000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Народное художественное творчество (по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 231 599</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 441 468</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 525 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 735 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02210100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Исламоведение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 414 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460 672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02310100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Переводческое дело (по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+389</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03 Социальные науки и информации</w:t>
             </w:r>
-          </w:p>
-[...94 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03220100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Библиотечное дело</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 414 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 460 672</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 501 587</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 548 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04 Бизнес, управление и право</w:t>
             </w:r>
-          </w:p>
-[...94 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04110100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Учет и аудит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+184</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04120200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оценка (по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04130100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Менеджмент (по отраслям и областям применения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04140100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маркетинг (по отраслям)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+459</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06 Информационно-коммуникационные технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06120100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вычислительная техника и информационные сети (по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06130100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Программное обеспечение (по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+530</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07 Инженерные, обрабатывающие и строительные отрасли</w:t>
             </w:r>
-          </w:p>
-[...94 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07110400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лабораторная технология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07110500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Технология переработки нефти и газа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07130100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электрооборудование (по видам и отраслям)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07130200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электроснабжение (по отраслям)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07130700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Техническое обслуживание, ремонт и эксплуатация электромеханического оборудования (по видам и отраслям)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+265</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07140100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автоматизация и управление технологическими процессами (по профилю)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+255</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07140300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мехатроника(по отраслям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07140500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цифровая техника (по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07140700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автоматика, телемеханика и управление движением на железнодорожном транспорте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07140900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радиотехника, электроника и телекоммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-556 078</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07150100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технология машиностроения (по видам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07150300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Токарное дело (по видам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07150500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сварочное дело (по видам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-599 330</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07150600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Слесарное дело (по отраслям и видам)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421 909</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468 536</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+509 451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07150700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грузоподъемные машины и транспортеры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-556 078</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07150900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Монтаж и эксплуатация холодильно-компрессорных машин и установок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07160500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эксплуатация, ремонт и техническое обслуживание тягового подвижного состава железных дорог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07160600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эксплуатация, ремонт и техническое обслуживание вагонов и рефрижераторного подвижного состава железных дорог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07161300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техническое обслуживание, ремонт и эксплуатация автомобильного транспорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+345</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07161600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Механизация сельского хозяйства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07210300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хлебопекарное, макаронное и кондитерское производство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07211300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технология производства пищевых продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07221400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мебельное производство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07230100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Швейное производство и моделирование одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07240100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подземная разработка месторождений полезных ископаемых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07240200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маркшейдерское дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07240500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обогащение полезных ископаемых (рудообогащение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07240700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бурение нефтяных и газовых скважин и технология буровых работ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07240900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эксплуатация нефтяных и газовых месторождений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07310100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архитектура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07310200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геодезия и картография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07310300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Землеустройство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07310400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дизайн, реставрация и реконструкция гражданских зданий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07310500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ландшафтный дизайн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07320100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство и эксплуатация зданий и сооружений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07320700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство и эксплуатация автомобильных дорог и аэродромов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07320800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Строительство железных дорог, путь и путевое хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07321100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Монтаж и эксплуатация инженерных систем объектов жилищно-коммунального хозяйства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07321200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Монтаж и эксплуатация оборудования и систем газоснабжения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...282 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3405</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-599 330</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08 Сельское, лесное, рыболовное хозяйство и ветеринария</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...258 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08110500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зоотехния</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421 909</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468 536</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+509 451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+556 078</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...127 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08120100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Садово-парковое хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421 909</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468 536</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+509 451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+556 078</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08210100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лесное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08410100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 421 909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 468 536</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...282 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...282 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09 Здравоохранение и социальное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-556 078</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09110100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоматология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+551 288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+689 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+661 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 545 966</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...258 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09120100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лечебное дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+551 288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+689 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+661 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+826 932</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...127 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09130100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сестринское дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+551 288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+689 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+661 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+826 932</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-1 545 966</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5AB09130101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сестринское дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+768699</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+968873</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+922 439</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 153 049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-826 932</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09130100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сестринское дело (по специальным программам для студентов с особыми образовательными потребностями)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 030 644</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 288 305</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 236 773</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 545 966</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09130200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акушерское дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 551 288</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 689 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 661 546</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 826 932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09140100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лабораторная диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 551 288</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 689 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 661 546</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 826 932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-1 545 966</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09160100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фармация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+551 288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+689 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+661 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+826 932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...282 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+498</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...282 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 Службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-826 932</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10120100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Парикмахерское искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...258 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10130100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гостиничный бизнес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+599 330</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...127 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10130200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация обслуживания в сфере питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+599 330</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10130300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+578</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10220100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Охрана труда и безопасность технологических процессов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10410200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация перевозок и управление движением на железнодорожном транспорте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 511 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10410300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация перевозок и управление движением на автомобильном транспорте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 465 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...282 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+916</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...282 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...625 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого по области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 199</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -30702,55 +26254,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>