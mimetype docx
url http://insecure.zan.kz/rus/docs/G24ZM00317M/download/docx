--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e4ced4c" w14:textId="e4ced4c">
+    <w:p w14:paraId="fcc1198" w14:textId="fcc1198">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -136,67 +136,84 @@
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Чингирлауский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Карагашского сельского округа Чингирлауского района на 2025-2027 годы согласно </w:t>
+      1. Утвердить бюджет Карагашского сельского округа Чингирлауского района на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -215,543 +232,514 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 51 783 тысячи тенге:</w:t>
+      1) доходы – 52 259 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 3 085 тысяч тенге;</w:t>
+      налоговые поступления – 3 346 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 48 698 тысяч тенге;</w:t>
+      поступления трансфертов – 48 913 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 55 936 тысяч тенге;</w:t>
+      2) затраты – 56 412 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -4 153 тысячи тенге;</w:t>
+      5) дефицит (профицит) бюджета – -4 153 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 4 153 тысячи тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 4 153 тысячи тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 4 153 тысячи тенге.</w:t>
+      используемые остатки бюджетных средств – 4 153 тысячи тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Чингирлауского районного маслихата Западно-Казахстанской области от 11.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Чингирлауского районного маслихата Западно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 39-3</w:t>
+        <w:t>№ 42-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Поступления в бюджет Карагашского сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Карагашского сельского округа на 2025 год поступление целевых трансфертов из республиканского бюджета в общей сумме 120 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий – 120 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z35" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1. Учесть в сельском бюджете на 2025 год поступление целевых трансфертов из районного бюджета в общей сумме 1 807 тысяч тенге:</w:t>
+      3-1. Учесть в сельском бюджете на 2025 год поступление целевых трансфертов из районного бюджета в общей сумме 2 022 тысячи тенге:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      на услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа – 607 тысяч тенге;</w:t>
+      на услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа – 822 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на капитальные расходы государственного органа – 1 200 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -773,107 +761,127 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 3-1 в соответствии с решением Чингирлауского районного маслихата Западно-Казахстанской области от 27.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); в редакции решения Чингирлауского районного маслихата Западно-Казахстанской области от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42-7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предусмотреть в бюджете Карагашского сельского округа на 2025 год поступления субвенции, передаваемой из районного бюджета в сумме 46 771 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z26" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1077,94 +1085,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Чингирлауского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 31-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карагашского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Чингирлауского районного маслихата Западно-Казахстанской области от 11.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Чингирлауского районного маслихата Западно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 39-3</w:t>
+        <w:t>№ 42-7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1242,50 +1250,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1328,83 +1337,65 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1447,115 +1438,78 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1598,143 +1552,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1974,51 +1871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 783</w:t>
+52 259</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2183,51 +2080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 085</w:t>
+3 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2392,51 +2289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-900</w:t>
+1 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2601,51 +2498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-900</w:t>
+1 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5527,51 +5424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 698</w:t>
+48 913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5736,51 +5633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 698</w:t>
+48 913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5945,51 +5842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 698</w:t>
+48 913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6036,50 +5933,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6122,83 +6020,65 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6241,115 +6121,78 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6392,143 +6235,86 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6768,51 +6554,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 936</w:t>
+56 412</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6977,51 +6763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 574</w:t>
+50 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7186,51 +6972,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 574</w:t>
+50 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7395,51 +7181,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 574</w:t>
+50 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7604,51 +7390,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 374</w:t>
+48 972</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8022,51 +7808,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 362</w:t>
+6 240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8231,51 +8017,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 362</w:t>
+6 240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8440,51 +8226,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 362</w:t>
+6 240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8858,51 +8644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 262</w:t>
+3 160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9067,51 +8853,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9568,50 +9354,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9654,83 +9441,65 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9773,115 +9542,78 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9924,143 +9656,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11227,50 +10902,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11313,83 +10989,65 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11432,115 +11090,78 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11583,143 +11204,86 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12050,50 +11614,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12136,83 +11701,65 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12255,115 +11802,78 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12406,143 +11916,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14332,50 +13785,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14418,83 +13872,65 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14537,115 +13973,78 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14688,143 +14087,86 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15159,50 +14501,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15245,83 +14588,65 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15364,115 +14689,78 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15515,143 +14803,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16650,68 +15881,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года №31-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карагашского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -31976,68 +31207,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года №31-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карагашского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -47250,55 +46481,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>