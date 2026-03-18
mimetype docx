--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4bc7489" w14:textId="4bc7489">
+    <w:p w14:paraId="2b379a6" w14:textId="2b379a6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -136,67 +136,84 @@
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Чингирлауский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Акшатского сельского округа Чингирлауского района на 2025-2027 годы согласно </w:t>
+      1. Утвердить бюджет Акшатского сельского округа Чингирлауского района на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -215,553 +232,634 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 55 282 тысячи тенге:</w:t>
+      1) доходы – 56 254 тысячи тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 5 460 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 93 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 49 729 тысяч тенге;</w:t>
+      поступления трансфертов – 50 701 тысяча тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 58 585 тысяч тенге;</w:t>
+      2) затраты – 59 557 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 3 303 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 3 303 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 3 303 тысяч тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 3 303 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 3 303 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 3 303 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Чингирлауского районного маслихата Западно-Казахстанской области от 27.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Чингирлауского районного маслихата Западно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-3</w:t>
+        <w:t>№ 42-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Поступления в бюджет Акшатского сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Акшатского сельского округа на 2025 год поступление целевых трансфертов из республиканского бюджета в общей сумме 121 тысяча тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий – 121 тысяча тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Учесть в сельском бюджете на 2025 год поступление целевых трансфертов из районного бюджета в общей сумме 972 тысячи тенге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа – 972 тысячи тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 3-1 в соответствии решением Чингирлауского районного маслихата Западно-Казахстанской области от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предусмотреть в бюджете Акшатского сельского округа на 2025 год поступления субвенции, передаваемой из районного бюджета в сумме 49 608 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z26" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -978,94 +1076,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года №31-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акшатского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1- в редакции решения Чингирлауского районного маслихата Западно-Казахстанской области от 27.03.2025 </w:t>
+      Сноска. Приложение 1- в редакции решения Чингирлауского районного маслихата Западно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-3</w:t>
+        <w:t>№ 42-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1143,50 +1241,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1229,83 +1328,65 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1348,115 +1429,78 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1499,143 +1543,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1875,51 +1862,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 282</w:t>
+56 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5428,51 +5415,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 729</w:t>
+50 701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5637,51 +5624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 729</w:t>
+50 701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5846,51 +5833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 729</w:t>
+50 701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5937,50 +5924,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6023,83 +6011,65 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6142,115 +6112,78 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6293,143 +6226,86 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6669,51 +6545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 585</w:t>
+59 557</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6878,51 +6754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 527</w:t>
+55 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7087,51 +6963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 527</w:t>
+55 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7296,51 +7172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 527</w:t>
+55 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7505,51 +7381,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 527</w:t>
+55 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7714,51 +7590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 058</w:t>
+4 549</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7923,51 +7799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 058</w:t>
+4 549</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8132,51 +8008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 058</w:t>
+4 549</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8341,51 +8217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 417</w:t>
+2 020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8550,51 +8426,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 312</w:t>
+1 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9260,50 +9136,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9346,83 +9223,65 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9465,115 +9324,78 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9616,143 +9438,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10919,50 +10684,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11005,83 +10771,65 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11124,115 +10872,78 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11275,143 +10986,86 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11742,50 +11396,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11828,83 +11483,65 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11947,115 +11584,78 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12098,143 +11698,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14024,50 +13567,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14110,83 +13654,65 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14229,115 +13755,78 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14380,143 +13869,86 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14851,50 +14283,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14937,83 +14370,65 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15056,115 +14471,78 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15207,143 +14585,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16342,68 +15663,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года №31-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акшатского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -31668,68 +30989,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года №31-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акшатского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>