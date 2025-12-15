--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7dce451" w14:textId="7dce451">
+    <w:p w14:paraId="91708c7" w14:textId="91708c7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,51 +252,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 61 479 тысяч тенге:</w:t>
+      1) доходы – 75 074 тысячи тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 5 454 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
@@ -332,71 +332,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 56 025 тысяч тенге;</w:t>
+      поступления трансфертов – 69 620 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 65 459 тысяч тенге; </w:t>
+      2) затраты – 79 054 тысячи тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
@@ -597,61 +597,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-16</w:t>
+        <w:t>№ 31-16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1009,126 +1009,126 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 1 к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к решению Казталовского районного</w:t>
+              <w:t>Казталовского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> маслихата от 25 декабря 2024 года № 26 - 16</w:t>
+              <w:t>от 25 декабря 2024 года № 26 - 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Талдыапанского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-16</w:t>
+        <w:t>№ 31-16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1922,87 +1922,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Доходы</w:t>
-[...35 lines deleted...]
-61 479</w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 074</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5093,51 +5093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 025</w:t>
+69 620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5302,51 +5302,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 025</w:t>
+69 620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5511,51 +5511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 025</w:t>
+69 620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6298,87 +6298,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Затраты</w:t>
-[...35 lines deleted...]
-65 459</w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 054</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6543,51 +6543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 864</w:t>
+60 555</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6752,51 +6752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 864</w:t>
+60 555</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6961,51 +6961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 864</w:t>
+60 555</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7170,51 +7170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 113</w:t>
+34 811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7379,51 +7379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 751</w:t>
+25 744</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8424,51 +8424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 223</w:t>
+18 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8497,187 +8497,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...135 lines deleted...]
-4 860</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8842,51 +8842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 860</w:t>
+1 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8979,123 +8979,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-4 860</w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация сохранения государственного жилищного фонда города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9124,187 +9124,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-12 363</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 364</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9469,51 +9469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 363</w:t>
+5 364</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9606,123 +9606,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-1 437</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 364</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9742,196 +9742,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-4 437</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 163</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9983,373 +9983,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-6 489</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 163</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-300</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 067</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10369,196 +10369,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-300</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10610,337 +10610,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-300</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 952</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Обеспечение функционирования автомобильных дорог в городах районного значения, поселках, селах, сельских округах</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10964,228 +10964,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11205,196 +11205,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11446,337 +11446,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, поселках, селах, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11832,192 +11832,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12069,328 +12073,580 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сумма</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12419,1242 +12675,1161 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Подкласс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Функциональная подгруппа</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -13698,183 +13873,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13935,317 +14024,484 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Программа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14274,639 +14530,468 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Подкласс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14967,151 +15052,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специфика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -15234,51 +15265,647 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 3 980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -47692,55 +48319,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -48066,31 +48693,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>