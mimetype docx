--- v1 (2025-12-15)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="91708c7" w14:textId="91708c7">
+    <w:p w14:paraId="b812b51" w14:textId="b812b51">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -156,67 +156,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Казталовский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Талдыапанского сельского округана 2025 - 2027 годы согласно </w:t>
+      1. Утвердить бюджет Талдыапанского сельского округана 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -235,351 +252,320 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 75 074 тысячи тенге:</w:t>
+      1) доходы – 75 044 тысячи тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 5 454 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 69 620 тысяч тенге;</w:t>
+      поступления трансфертов – 69 590 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      2) затраты – 79 024 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 3 980 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 3 980 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 3 980 тысяч тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 3 980 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -597,88 +583,88 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-16</w:t>
+        <w:t>№ 35-13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Поступления в бюджет Талдыапанского сельского округа на 2025 год формируются в соответствии с Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -693,151 +679,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Казталовского районного маслихата от 20 декабря 2024 года № 25 - 2 "О районном бюджете на 2025 - 2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Учесть в бюджете Талдыапанского сельского округа на 2025 год поступления субвенции, передаваемых из районного бюджета в сумме 33 943 тысячи тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Деньги от реализации товаров и услуг, предоставляемых государственными учреждениями, подведомственных местным исполнительным органам, используются в порядке, определяемом Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и Правительством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Постоянным комиссиям Казталовского районного маслихата поручить ежеквартально заслушивать отчеты администраторов бюджетных программ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z26" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1041,126 +1027,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Казталовского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 26 - 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Талдыапанского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-16</w:t>
+        <w:t>№ 35-13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1226,77 +1210,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1312,110 +1355,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1431,143 +1496,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1582,143 +1597,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1958,51 +1916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75 074</w:t>
+75 044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5056,88 +5014,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-69 620</w:t>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69 590</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5302,51 +5260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69 620</w:t>
+69 590</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5511,51 +5469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69 620</w:t>
+69 590</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5602,77 +5560,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5688,110 +5705,132 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5807,143 +5846,93 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5958,143 +5947,86 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6334,51 +6266,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79 054</w:t>
+79 024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6543,51 +6475,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 555</w:t>
+61 541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6752,51 +6684,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 555</w:t>
+61 541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6961,51 +6893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 555</w:t>
+61 541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7170,51 +7102,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34 811</w:t>
+35 797</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8424,51 +8356,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 127</w:t>
+17 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8633,51 +8565,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 600</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8842,51 +8774,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 600</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9051,51 +8983,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 600</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9887,51 +9819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 163</w:t>
+11 779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10096,51 +10028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 163</w:t>
+11 779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10305,51 +10237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 067</w:t>
+1 683</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10932,51 +10864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11141,51 +11073,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11350,51 +11282,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11559,51 +11491,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12896,77 +12828,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12982,110 +12973,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13101,143 +13114,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13252,143 +13215,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13723,77 +13629,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13809,110 +13774,132 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13928,143 +13915,93 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14079,143 +14016,86 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14751,77 +14631,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14837,110 +14776,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14956,143 +14917,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15107,143 +15018,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16197,77 +16051,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16283,110 +16196,132 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16402,143 +16337,93 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16553,143 +16438,86 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -17024,77 +16852,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17110,110 +16997,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17229,143 +17138,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17380,143 +17239,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -18515,88 +18317,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 26 - 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Талдыапанского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z33" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -33443,88 +33245,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 26 - 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Талдыапанского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z36" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -48319,55 +48121,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>