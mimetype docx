--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ffbd5d1" w14:textId="ffbd5d1">
+    <w:p w14:paraId="26f23c8" w14:textId="26f23c8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,71 +252,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 46 229 тысяч тенге:</w:t>
+      1) доходы – 47 223 тысячи тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 8 460 тысяч тенге;</w:t>
+      налоговые поступления – 9 454 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
@@ -352,51 +352,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 37 769 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 46 376 тысяч тенге; </w:t>
+      2) затраты – 47 370 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
@@ -597,61 +597,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-12</w:t>
+        <w:t>№ 31-12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1009,126 +1009,126 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 1 к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к решению Казталовского районного</w:t>
+              <w:t>Казталовского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> маслихата от 25 декабря 2024 года № 26 - 12</w:t>
+              <w:t>от 25 декабря 2024 года № 26 - 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акпатерского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 31.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-12</w:t>
+        <w:t>№ 31-12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1922,87 +1922,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Доходы</w:t>
-[...35 lines deleted...]
-46 229</w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2167,51 +2167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 460</w:t>
+9 454</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2376,51 +2376,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 500</w:t>
+4 494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2585,51 +2585,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 500</w:t>
+4 494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6298,87 +6298,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Затраты</w:t>
-[...35 lines deleted...]
-46 376</w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 370</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6543,51 +6543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 301</w:t>
+38 622</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6752,51 +6752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 301</w:t>
+38 622</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6961,51 +6961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 301</w:t>
+38 622</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7170,51 +7170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 301</w:t>
+38 622</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7379,51 +7379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 540</w:t>
+8 213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7588,51 +7588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 540</w:t>
+8 213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7797,51 +7797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 540</w:t>
+8 213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8215,51 +8215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 149</w:t>
+6 822</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9220,51 +9220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11075,51 +11075,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Сальдо по операциям с финансовыми активами</w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12312,51 +12312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Дефицит (профицит) бюджета</w:t>
+5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12517,51 +12517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -43303,55 +43303,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>