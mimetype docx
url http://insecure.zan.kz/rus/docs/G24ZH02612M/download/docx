--- v1 (2025-12-14)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="26f23c8" w14:textId="26f23c8">
+    <w:p w14:paraId="a761c51" w14:textId="a761c51">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -156,67 +156,84 @@
         </w:rPr>
         <w:t xml:space="preserve">   Республики   Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Казталовский районный маслихат  РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить бюджет Акпатерского сельского округа на 2025 - 2027 годы согласно </w:t>
+      1. Утвердить бюджет Акпатерского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложениям 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -235,351 +252,320 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 47 223 тысячи тенге:</w:t>
+      1) доходы – 49 263 тысячи тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 9 454 тысячи тенге;</w:t>
+      налоговые поступления – 11 504 тысячи тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 37 769 тысяч тенге;</w:t>
+      поступления трансфертов – 37 759 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      2) затраты – 49 410 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 147 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 147 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 147 тысяч тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 147 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -597,88 +583,88 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-12</w:t>
+        <w:t>№ 35-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Поступления в бюджет Акпатерского сельского округа на 2025 год формируются в соответствии с Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -693,151 +679,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Казталовского районного маслихата от 20 декабря 2024 года №25 - 2 "О районном бюджете на 2025 - 2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Учесть в бюджете Акпатерского сельского округа на 2025 год поступления субвенции, передаваемых из районного бюджета в сумме 27 907 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Деньги от реализации товаров и услуг, предоставляемых государственными учреждениями, подведомственных местным исполнительным органам, используются в порядке, определяемом Бюджетным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Постоянным комиссиям Казталовского районного маслихата поручить ежеквартально заслушивать отчеты администраторов бюджетных программ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z26" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1041,126 +1027,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Казталовского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 26 - 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акпатерского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 18.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Казталовского районного маслихата Западно-Казахстанской области от 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-12</w:t>
+        <w:t>№ 35-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1226,77 +1210,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1312,110 +1355,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1431,143 +1496,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1582,143 +1597,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1958,51 +1916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 223</w:t>
+49 263</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2167,51 +2125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 454</w:t>
+11 504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2376,51 +2334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 494</w:t>
+5 084</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2585,51 +2543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 494</w:t>
+5 084</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2794,51 +2752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 460</w:t>
+5 920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3421,51 +3379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 600</w:t>
+3 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3630,51 +3588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 800</w:t>
+2 460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5056,88 +5014,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-37 769</w:t>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 759</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5302,51 +5260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 769</w:t>
+37 759</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5511,51 +5469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 769</w:t>
+37 759</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5602,77 +5560,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5688,110 +5705,132 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5807,143 +5846,93 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5958,143 +5947,86 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6334,51 +6266,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 370</w:t>
+49 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6543,51 +6475,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 622</w:t>
+40 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6752,51 +6684,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 622</w:t>
+40 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6961,51 +6893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 622</w:t>
+40 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7170,51 +7102,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 622</w:t>
+40 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7379,51 +7311,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 213</w:t>
+8 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7588,51 +7520,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 213</w:t>
+8 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7797,51 +7729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 213</w:t>
+8 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8006,51 +7938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 391</w:t>
+1 891</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8215,51 +8147,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 822</w:t>
+6 812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9552,77 +9484,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9638,110 +9629,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9757,143 +9770,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9908,143 +9871,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10379,77 +10285,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10465,110 +10430,132 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10584,143 +10571,93 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10735,143 +10672,86 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11407,77 +11287,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11493,110 +11432,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11612,143 +11573,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11763,143 +11674,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12853,77 +12707,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12939,110 +12852,132 @@
               <w:t>
 Функциональная подгруппа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13058,143 +12993,93 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13209,143 +13094,86 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13680,77 +13508,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13766,110 +13653,132 @@
               <w:t xml:space="preserve">
 Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13885,143 +13794,93 @@
               <w:t xml:space="preserve">
 Подкласс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14036,143 +13895,86 @@
               <w:t>
 Специфика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15171,88 +14973,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 26 - 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акпатерского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z33" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -29263,88 +29065,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года № 26 - 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Акпатерского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z36" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -43303,55 +43105,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>